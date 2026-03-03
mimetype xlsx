--- v0 (2025-11-30)
+++ v1 (2026-03-03)
@@ -12,434 +12,425 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="clock" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="128">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="125">
   <si>
     <t>#</t>
   </si>
   <si>
-    <t>Имя и фамилия участника</t>
-[...8 lines deleted...]
-    <t>Артём Сосновских</t>
+    <t>Competitor</t>
+  </si>
+  <si>
+    <t>Average</t>
+  </si>
+  <si>
+    <t>Best</t>
+  </si>
+  <si>
+    <t>Artem Sosnovskikh</t>
   </si>
   <si>
     <t>4.29</t>
   </si>
   <si>
     <t>3.70</t>
   </si>
   <si>
-    <t>Лев Брусков</t>
+    <t>Lev Bruskov</t>
   </si>
   <si>
     <t>4.87</t>
   </si>
   <si>
     <t>3.89</t>
   </si>
   <si>
-    <t>Степан Щевелёв</t>
+    <t>Stepan Shchevelev</t>
   </si>
   <si>
     <t>6.55</t>
   </si>
   <si>
     <t>5.25</t>
   </si>
   <si>
-    <t>Платон Кабаков</t>
+    <t>Platon Kabakov</t>
   </si>
   <si>
     <t>6.79</t>
   </si>
   <si>
     <t>5.19</t>
   </si>
   <si>
-    <t>Илья Епифанов</t>
+    <t>Ilya Epifanov</t>
   </si>
   <si>
     <t>7.48</t>
   </si>
   <si>
     <t>6.68</t>
   </si>
   <si>
-    <t>Анна Дуганова</t>
+    <t>Anna Duganova</t>
   </si>
   <si>
     <t>8.97</t>
   </si>
   <si>
     <t>7.39</t>
   </si>
   <si>
-    <t>Арсений Кислицын</t>
+    <t>Tair Dadashev</t>
+  </si>
+  <si>
+    <t>9.16</t>
+  </si>
+  <si>
+    <t>7.27</t>
+  </si>
+  <si>
+    <t>Arseniy Kislitsyn</t>
   </si>
   <si>
     <t>9.30</t>
   </si>
   <si>
     <t>8.18</t>
   </si>
   <si>
-    <t>Даниил Абдулов</t>
+    <t>Daniil Abdulov</t>
   </si>
   <si>
     <t>9.31</t>
   </si>
   <si>
     <t>6.63</t>
   </si>
   <si>
-    <t>Таир Дадашев</t>
-[...8 lines deleted...]
-    <t>Егор Мелкозеров</t>
+    <t>Egor Melkozerov</t>
   </si>
   <si>
     <t>10.58</t>
   </si>
   <si>
     <t>8.22</t>
   </si>
   <si>
-    <t>Алексей Плешков</t>
+    <t>Aleksey Pleshkov</t>
   </si>
   <si>
     <t>11.59</t>
   </si>
   <si>
     <t>9.86</t>
   </si>
   <si>
-    <t>Егор Гущин</t>
+    <t>Egor Gushchin</t>
   </si>
   <si>
     <t>11.72</t>
   </si>
   <si>
-    <t>Владимир Тихоненко</t>
-[...8 lines deleted...]
-    <t>Алексей Ружинский</t>
+    <t>Dmitry Sidorenko</t>
+  </si>
+  <si>
+    <t>14.44</t>
+  </si>
+  <si>
+    <t>8.61</t>
+  </si>
+  <si>
+    <t>Alexey Ruzhinskiy</t>
   </si>
   <si>
     <t>14.70</t>
   </si>
   <si>
     <t>13.35</t>
   </si>
   <si>
-    <t>Данил Большаков</t>
+    <t>Danil Bolshakov</t>
   </si>
   <si>
     <t>14.72</t>
   </si>
   <si>
     <t>12.75</t>
   </si>
   <si>
-    <t>Дмитрий Сидоренко</t>
-[...8 lines deleted...]
-    <t>Владимир Кочергин</t>
+    <t>Vladimir Kochergin</t>
   </si>
   <si>
     <t>16.22</t>
   </si>
   <si>
     <t>13.98</t>
   </si>
   <si>
-    <t>Юлия Дерновая</t>
-[...23 lines deleted...]
-    <t>Антон Лагунов</t>
+    <t>Julia Dernovaya</t>
+  </si>
+  <si>
+    <t>16.27</t>
+  </si>
+  <si>
+    <t>12.74</t>
+  </si>
+  <si>
+    <t>Nikita Lagunov</t>
+  </si>
+  <si>
+    <t>16.47</t>
+  </si>
+  <si>
+    <t>Anton Lagunov</t>
   </si>
   <si>
     <t>18.43</t>
   </si>
   <si>
     <t>15.82</t>
   </si>
   <si>
-    <t>Тимофей Солин</t>
+    <t>Vasily Stasyev</t>
+  </si>
+  <si>
+    <t>18.60</t>
+  </si>
+  <si>
+    <t>16.11</t>
+  </si>
+  <si>
+    <t>Stepan Kobelev</t>
+  </si>
+  <si>
+    <t>18.79</t>
+  </si>
+  <si>
+    <t>16.56</t>
+  </si>
+  <si>
+    <t>Timofej Solin</t>
   </si>
   <si>
     <t>19.41</t>
   </si>
   <si>
     <t>17.56</t>
   </si>
   <si>
-    <t>Артем Свойкин</t>
+    <t>Artem Svoykin</t>
   </si>
   <si>
     <t>20.01</t>
   </si>
   <si>
     <t>15.44</t>
   </si>
   <si>
-    <t>Степан Кобелев</t>
-[...8 lines deleted...]
-    <t>Дмитрий Дуганов</t>
+    <t>Dmitriy Duganov</t>
   </si>
   <si>
     <t>21.49</t>
   </si>
   <si>
     <t>17.66</t>
   </si>
   <si>
-    <t>Ролан Хайретдинов</t>
+    <t>Rolan Khayretdinov</t>
   </si>
   <si>
     <t>21.72</t>
   </si>
   <si>
     <t>18.23</t>
   </si>
   <si>
-    <t>Семён Рудик</t>
-[...2 lines deleted...]
-    <t>22.44</t>
+    <t>Semën Rudik</t>
+  </si>
+  <si>
+    <t>22.38</t>
   </si>
   <si>
     <t>17.95</t>
   </si>
   <si>
-    <t>Тимур Файрушин</t>
+    <t>Timur Fayrushin</t>
   </si>
   <si>
     <t>23.52</t>
   </si>
   <si>
     <t>15.75</t>
   </si>
   <si>
-    <t>Виктор Шумихин</t>
+    <t>Viktor Shumikhin</t>
   </si>
   <si>
     <t>23.64</t>
   </si>
   <si>
     <t>18.20</t>
   </si>
   <si>
-    <t>Матвей Прытков</t>
+    <t>Igor Kilchenko</t>
+  </si>
+  <si>
+    <t>27.57</t>
+  </si>
+  <si>
+    <t>22.65</t>
+  </si>
+  <si>
+    <t>Matvey Prytkov</t>
   </si>
   <si>
     <t>27.94</t>
   </si>
   <si>
     <t>23.72</t>
   </si>
   <si>
-    <t>Илья Струин</t>
+    <t>Ilia Struin</t>
   </si>
   <si>
     <t>28.37</t>
   </si>
   <si>
     <t>23.71</t>
   </si>
   <si>
-    <t>Иван Козлов</t>
+    <t>Ivan Kozlov</t>
   </si>
   <si>
     <t>30.02</t>
   </si>
   <si>
     <t>25.61</t>
   </si>
   <si>
-    <t>Александр Устинов</t>
+    <t>Aleksandr Ustinov</t>
   </si>
   <si>
     <t>30.78</t>
   </si>
   <si>
     <t>25.83</t>
   </si>
   <si>
-    <t>Вадим Пономарев</t>
-[...2 lines deleted...]
-    <t>34.25</t>
+    <t>Saveliy Rylov</t>
+  </si>
+  <si>
+    <t>34.41</t>
+  </si>
+  <si>
+    <t>29.14</t>
+  </si>
+  <si>
+    <t>Rodion Frolov</t>
+  </si>
+  <si>
+    <t>36.95</t>
+  </si>
+  <si>
+    <t>32.58</t>
+  </si>
+  <si>
+    <t>Gleb Ozhgibesov</t>
+  </si>
+  <si>
+    <t>38.35</t>
+  </si>
+  <si>
+    <t>31.42</t>
+  </si>
+  <si>
+    <t>Vadim Ponomarev</t>
   </si>
   <si>
     <t>18.64</t>
   </si>
   <si>
-    <t>Савелий Рылов</t>
-[...35 lines deleted...]
-    <t>Артём Рюмин</t>
+    <t>Artem Ryumin</t>
   </si>
   <si>
     <t>26.84</t>
   </si>
   <si>
-    <t>Степан Дементьев</t>
+    <t>Stepan Dementyev</t>
   </si>
   <si>
     <t>31.43</t>
   </si>
   <si>
-    <t>Арсений Трифонов</t>
+    <t>VARVARA MISHARINA</t>
+  </si>
+  <si>
+    <t>44.26</t>
+  </si>
+  <si>
+    <t>Arseny Trifonov</t>
   </si>
   <si>
     <t>47.29</t>
   </si>
   <si>
-    <t>Павел Бурнышев</t>
+    <t>Pavel Burnyshev</t>
   </si>
   <si>
     <t>48.95</t>
   </si>
   <si>
-    <t>Максим Куликов</t>
+    <t>Maksim Kulikov</t>
   </si>
   <si>
     <t>49.43</t>
   </si>
   <si>
-    <t>Варвара Мишарина</t>
-[...2 lines deleted...]
-    <t>56.72</t>
+    <t>Vladimir Tikhonenko</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -762,53 +753,53 @@
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:D45"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="C45" sqref="C45"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="3.428" bestFit="true" customWidth="true" style="0"/>
-    <col min="2" max="2" width="28.136" bestFit="true" customWidth="true" style="0"/>
+    <col min="2" max="2" width="23.423" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="9.283" bestFit="true" customWidth="true" style="0"/>
-    <col min="4" max="4" width="8.141" bestFit="true" customWidth="true" style="0"/>
+    <col min="4" max="4" width="6.998" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:4">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
         <v>2</v>
       </c>
       <c r="D1" s="1" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="2" spans="1:4">
       <c r="A2">
         <v>1</v>
       </c>
       <c r="B2" t="s">
         <v>4</v>
       </c>
       <c r="C2" s="1" t="s">
         <v>5</v>
@@ -1030,65 +1021,65 @@
     <row r="18" spans="1:4">
       <c r="A18">
         <v>17</v>
       </c>
       <c r="B18" t="s">
         <v>51</v>
       </c>
       <c r="C18" s="1" t="s">
         <v>52</v>
       </c>
       <c r="D18" t="s">
         <v>53</v>
       </c>
     </row>
     <row r="19" spans="1:4">
       <c r="A19">
         <v>18</v>
       </c>
       <c r="B19" t="s">
         <v>54</v>
       </c>
       <c r="C19" s="1" t="s">
         <v>55</v>
       </c>
       <c r="D19" t="s">
-        <v>56</v>
+        <v>43</v>
       </c>
     </row>
     <row r="20" spans="1:4">
       <c r="A20">
         <v>19</v>
       </c>
       <c r="B20" t="s">
+        <v>56</v>
+      </c>
+      <c r="C20" s="1" t="s">
         <v>57</v>
       </c>
-      <c r="C20" s="1" t="s">
+      <c r="D20" t="s">
         <v>58</v>
-      </c>
-[...1 lines deleted...]
-        <v>43</v>
       </c>
     </row>
     <row r="21" spans="1:4">
       <c r="A21">
         <v>20</v>
       </c>
       <c r="B21" t="s">
         <v>59</v>
       </c>
       <c r="C21" s="1" t="s">
         <v>60</v>
       </c>
       <c r="D21" t="s">
         <v>61</v>
       </c>
     </row>
     <row r="22" spans="1:4">
       <c r="A22">
         <v>21</v>
       </c>
       <c r="B22" t="s">
         <v>62</v>
       </c>
       <c r="C22" s="1" t="s">
         <v>63</v>
@@ -1292,142 +1283,132 @@
       <c r="D36" t="s">
         <v>106</v>
       </c>
     </row>
     <row r="37" spans="1:4">
       <c r="A37">
         <v>36</v>
       </c>
       <c r="B37" t="s">
         <v>107</v>
       </c>
       <c r="C37" s="1" t="s">
         <v>108</v>
       </c>
       <c r="D37" t="s">
         <v>109</v>
       </c>
     </row>
     <row r="38" spans="1:4">
       <c r="A38">
         <v>37</v>
       </c>
       <c r="B38" t="s">
         <v>110</v>
       </c>
-      <c r="C38" s="1" t="s">
+      <c r="C38" s="1"/>
+      <c r="D38" t="s">
         <v>111</v>
-      </c>
-[...1 lines deleted...]
-        <v>112</v>
       </c>
     </row>
     <row r="39" spans="1:4">
       <c r="A39">
         <v>38</v>
       </c>
       <c r="B39" t="s">
+        <v>112</v>
+      </c>
+      <c r="C39" s="1"/>
+      <c r="D39" t="s">
         <v>113</v>
-      </c>
-[...4 lines deleted...]
-        <v>115</v>
       </c>
     </row>
     <row r="40" spans="1:4">
       <c r="A40">
         <v>39</v>
       </c>
       <c r="B40" t="s">
-        <v>116</v>
+        <v>114</v>
       </c>
       <c r="C40" s="1"/>
       <c r="D40" t="s">
-        <v>117</v>
+        <v>115</v>
       </c>
     </row>
     <row r="41" spans="1:4">
       <c r="A41">
         <v>40</v>
       </c>
       <c r="B41" t="s">
-        <v>118</v>
+        <v>116</v>
       </c>
       <c r="C41" s="1"/>
       <c r="D41" t="s">
-        <v>119</v>
+        <v>117</v>
       </c>
     </row>
     <row r="42" spans="1:4">
       <c r="A42">
         <v>41</v>
       </c>
       <c r="B42" t="s">
-        <v>120</v>
+        <v>118</v>
       </c>
       <c r="C42" s="1"/>
       <c r="D42" t="s">
-        <v>121</v>
+        <v>119</v>
       </c>
     </row>
     <row r="43" spans="1:4">
       <c r="A43">
         <v>42</v>
       </c>
       <c r="B43" t="s">
-        <v>122</v>
+        <v>120</v>
       </c>
       <c r="C43" s="1"/>
       <c r="D43" t="s">
-        <v>123</v>
+        <v>121</v>
       </c>
     </row>
     <row r="44" spans="1:4">
       <c r="A44">
         <v>43</v>
       </c>
       <c r="B44" t="s">
-        <v>124</v>
+        <v>122</v>
       </c>
       <c r="C44" s="1"/>
       <c r="D44" t="s">
-        <v>125</v>
+        <v>123</v>
       </c>
     </row>
     <row r="45" spans="1:4">
-      <c r="A45">
-[...1 lines deleted...]
-      </c>
       <c r="B45" t="s">
-        <v>126</v>
+        <v>124</v>
       </c>
       <c r="C45" s="1"/>
-      <c r="D45" t="s">
-[...1 lines deleted...]
-      </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">