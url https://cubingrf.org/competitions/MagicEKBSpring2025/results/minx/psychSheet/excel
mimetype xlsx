--- v0 (2025-11-30)
+++ v1 (2026-03-03)
@@ -12,86 +12,86 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="minx" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="97">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="98">
   <si>
     <t>#</t>
   </si>
   <si>
     <t>Имя и фамилия участника</t>
   </si>
   <si>
     <t>Среднее</t>
   </si>
   <si>
     <t>Лучшее</t>
   </si>
   <si>
     <t>Артём Сосновских</t>
   </si>
   <si>
     <t>31.71</t>
   </si>
   <si>
     <t>28.84</t>
   </si>
   <si>
     <t>Дарья Белоногова</t>
   </si>
   <si>
     <t>42.29</t>
   </si>
   <si>
     <t>34.41</t>
   </si>
   <si>
     <t>Анна Дуганова</t>
   </si>
   <si>
-    <t>45.10</t>
+    <t>42.63</t>
   </si>
   <si>
     <t>37.45</t>
   </si>
   <si>
     <t>Иван Ворошилов</t>
   </si>
   <si>
     <t>51.68</t>
   </si>
   <si>
     <t>48.98</t>
   </si>
   <si>
     <t>Тимофей Терещенко</t>
   </si>
   <si>
     <t>1:02.03</t>
   </si>
   <si>
     <t>54.26</t>
   </si>
   <si>
     <t>Дмитрий Сидоренко</t>
   </si>
@@ -122,228 +122,231 @@
   <si>
     <t>Егор Гущин</t>
   </si>
   <si>
     <t>1:21.09</t>
   </si>
   <si>
     <t>1:08.76</t>
   </si>
   <si>
     <t>Лев Брусков</t>
   </si>
   <si>
     <t>1:21.14</t>
   </si>
   <si>
     <t>1:09.18</t>
   </si>
   <si>
     <t>Владимир Тихоненко</t>
   </si>
   <si>
     <t>1:16.70</t>
   </si>
   <si>
+    <t>Платон Кабаков</t>
+  </si>
+  <si>
+    <t>1:25.78</t>
+  </si>
+  <si>
+    <t>1:18.32</t>
+  </si>
+  <si>
     <t>Матвей Прытков</t>
   </si>
   <si>
     <t>1:26.11</t>
   </si>
   <si>
     <t>1:20.98</t>
   </si>
   <si>
     <t>Алексей Плешков</t>
   </si>
   <si>
-    <t>1:29.20</t>
+    <t>1:28.95</t>
   </si>
   <si>
     <t>1:09.50</t>
   </si>
   <si>
     <t>Илья Епифанов</t>
   </si>
   <si>
     <t>1:29.40</t>
   </si>
   <si>
     <t>1:14.40</t>
   </si>
   <si>
     <t>Иван Милый</t>
   </si>
   <si>
     <t>1:30.52</t>
   </si>
   <si>
     <t>1:16.67</t>
   </si>
   <si>
-    <t>Платон Кабаков</t>
-[...7 lines deleted...]
-  <si>
     <t>Степан Щевелёв</t>
   </si>
   <si>
     <t>1:41.14</t>
   </si>
   <si>
     <t>1:30.87</t>
   </si>
   <si>
     <t>Арсений Кислицын</t>
   </si>
   <si>
     <t>1:43.31</t>
   </si>
   <si>
     <t>1:33.92</t>
   </si>
   <si>
     <t>Василий Стасьев</t>
   </si>
   <si>
-    <t>1:49.13</t>
-[...2 lines deleted...]
-    <t>1:33.97</t>
+    <t>1:49.20</t>
+  </si>
+  <si>
+    <t>1:37.27</t>
   </si>
   <si>
     <t>Антон Лагунов</t>
   </si>
   <si>
     <t>1:55.40</t>
   </si>
   <si>
     <t>1:34.22</t>
   </si>
   <si>
     <t>Артем Свойкин</t>
   </si>
   <si>
     <t>2:02.42</t>
   </si>
   <si>
     <t>1:51.30</t>
   </si>
   <si>
     <t>Степан Кобелев</t>
   </si>
   <si>
     <t>2:10.96</t>
   </si>
   <si>
     <t>1:57.00</t>
   </si>
   <si>
+    <t>Софья Габова</t>
+  </si>
+  <si>
+    <t>2:31.11</t>
+  </si>
+  <si>
+    <t>2:15.02</t>
+  </si>
+  <si>
     <t>Семён Рудик</t>
   </si>
   <si>
     <t>2:31.94</t>
   </si>
   <si>
     <t>2:20.00</t>
   </si>
   <si>
     <t>Дмитрий Дуганов</t>
   </si>
   <si>
     <t>2:44.25</t>
   </si>
   <si>
     <t>2:23.76</t>
   </si>
   <si>
     <t>Савелий Рылов</t>
   </si>
   <si>
     <t>2:47.61</t>
   </si>
   <si>
     <t>2:18.34</t>
   </si>
   <si>
     <t>Данил Большаков</t>
   </si>
   <si>
     <t>2:38.44</t>
   </si>
   <si>
-    <t>Софья Габова</t>
-[...4 lines deleted...]
-  <si>
     <t>Амин Ахкамов</t>
   </si>
   <si>
     <t>3:06.36</t>
   </si>
   <si>
     <t>Родион Фролов</t>
   </si>
   <si>
     <t>3:07.14</t>
   </si>
   <si>
     <t>Арсений Трифонов</t>
   </si>
   <si>
     <t>3:14.45</t>
   </si>
   <si>
     <t>Ролан Хайретдинов</t>
   </si>
   <si>
     <t>3:21.14</t>
   </si>
   <si>
+    <t>Николай Кустов</t>
+  </si>
+  <si>
+    <t>3:57.31</t>
+  </si>
+  <si>
     <t>Игорь Кильченко</t>
   </si>
   <si>
     <t>4:10.57</t>
   </si>
   <si>
     <t>Георгий Новосёлов</t>
   </si>
   <si>
     <t>4:16.33</t>
-  </si>
-[...4 lines deleted...]
-    <t>4:29.31</t>
   </si>
   <si>
     <t>Глеб Ожгибесов</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
@@ -1045,154 +1048,156 @@
       <c r="D25" t="s">
         <v>74</v>
       </c>
     </row>
     <row r="26" spans="1:4">
       <c r="A26">
         <v>25</v>
       </c>
       <c r="B26" t="s">
         <v>75</v>
       </c>
       <c r="C26" s="1" t="s">
         <v>76</v>
       </c>
       <c r="D26" t="s">
         <v>77</v>
       </c>
     </row>
     <row r="27" spans="1:4">
       <c r="A27">
         <v>26</v>
       </c>
       <c r="B27" t="s">
         <v>78</v>
       </c>
-      <c r="C27" s="1"/>
+      <c r="C27" s="1" t="s">
+        <v>79</v>
+      </c>
       <c r="D27" t="s">
-        <v>79</v>
+        <v>80</v>
       </c>
     </row>
     <row r="28" spans="1:4">
       <c r="A28">
         <v>27</v>
       </c>
       <c r="B28" t="s">
-        <v>80</v>
+        <v>81</v>
       </c>
       <c r="C28" s="1"/>
       <c r="D28" t="s">
-        <v>81</v>
+        <v>82</v>
       </c>
     </row>
     <row r="29" spans="1:4">
       <c r="A29">
         <v>28</v>
       </c>
       <c r="B29" t="s">
-        <v>82</v>
+        <v>83</v>
       </c>
       <c r="C29" s="1"/>
       <c r="D29" t="s">
-        <v>83</v>
+        <v>84</v>
       </c>
     </row>
     <row r="30" spans="1:4">
       <c r="A30">
         <v>29</v>
       </c>
       <c r="B30" t="s">
-        <v>84</v>
+        <v>85</v>
       </c>
       <c r="C30" s="1"/>
       <c r="D30" t="s">
-        <v>85</v>
+        <v>86</v>
       </c>
     </row>
     <row r="31" spans="1:4">
       <c r="A31">
         <v>30</v>
       </c>
       <c r="B31" t="s">
-        <v>86</v>
+        <v>87</v>
       </c>
       <c r="C31" s="1"/>
       <c r="D31" t="s">
-        <v>87</v>
+        <v>88</v>
       </c>
     </row>
     <row r="32" spans="1:4">
       <c r="A32">
         <v>31</v>
       </c>
       <c r="B32" t="s">
-        <v>88</v>
+        <v>89</v>
       </c>
       <c r="C32" s="1"/>
       <c r="D32" t="s">
-        <v>89</v>
+        <v>90</v>
       </c>
     </row>
     <row r="33" spans="1:4">
       <c r="A33">
         <v>32</v>
       </c>
       <c r="B33" t="s">
-        <v>90</v>
+        <v>91</v>
       </c>
       <c r="C33" s="1"/>
       <c r="D33" t="s">
-        <v>91</v>
+        <v>92</v>
       </c>
     </row>
     <row r="34" spans="1:4">
       <c r="A34">
         <v>33</v>
       </c>
       <c r="B34" t="s">
-        <v>92</v>
+        <v>93</v>
       </c>
       <c r="C34" s="1"/>
       <c r="D34" t="s">
-        <v>93</v>
+        <v>94</v>
       </c>
     </row>
     <row r="35" spans="1:4">
       <c r="A35">
         <v>34</v>
       </c>
       <c r="B35" t="s">
-        <v>94</v>
+        <v>95</v>
       </c>
       <c r="C35" s="1"/>
       <c r="D35" t="s">
-        <v>95</v>
+        <v>96</v>
       </c>
     </row>
     <row r="36" spans="1:4">
       <c r="B36" t="s">
-        <v>96</v>
+        <v>97</v>
       </c>
       <c r="C36" s="1"/>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>