--- v0 (2025-11-30)
+++ v1 (2026-01-15)
@@ -17,462 +17,462 @@
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="skewb" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="141">
   <si>
     <t>#</t>
   </si>
   <si>
-    <t>Competitor</t>
-[...8 lines deleted...]
-    <t>Ilya Epifanov</t>
+    <t>Имя и фамилия участника</t>
+  </si>
+  <si>
+    <t>Среднее</t>
+  </si>
+  <si>
+    <t>Лучшее</t>
+  </si>
+  <si>
+    <t>Илья Епифанов</t>
   </si>
   <si>
     <t>3.84</t>
   </si>
   <si>
     <t>2.09</t>
   </si>
   <si>
-    <t>Timofey Tereshchenko</t>
+    <t>Тимофей Терещенко</t>
   </si>
   <si>
     <t>4.15</t>
   </si>
   <si>
     <t>3.17</t>
   </si>
   <si>
-    <t>Lev Bruskov</t>
+    <t>Лев Брусков</t>
   </si>
   <si>
     <t>4.32</t>
   </si>
   <si>
     <t>2.64</t>
   </si>
   <si>
-    <t>Platon Kabakov</t>
+    <t>Платон Кабаков</t>
   </si>
   <si>
     <t>4.48</t>
   </si>
   <si>
     <t>3.04</t>
   </si>
   <si>
-    <t>Stepan Shchevelev</t>
+    <t>Степан Щевелёв</t>
   </si>
   <si>
     <t>4.59</t>
   </si>
   <si>
     <t>2.38</t>
   </si>
   <si>
-    <t>Daniil Abdulov</t>
+    <t>Даниил Абдулов</t>
   </si>
   <si>
     <t>4.99</t>
   </si>
   <si>
     <t>2.53</t>
   </si>
   <si>
-    <t>Vladimir Tikhonenko</t>
+    <t>Владимир Тихоненко</t>
   </si>
   <si>
     <t>5.01</t>
   </si>
   <si>
     <t>3.16</t>
   </si>
   <si>
-    <t>Artem Sosnovskikh</t>
+    <t>Артём Сосновских</t>
   </si>
   <si>
     <t>5.30</t>
   </si>
   <si>
     <t>3.03</t>
   </si>
   <si>
-    <t>Ivan Milyi</t>
+    <t>Иван Милый</t>
   </si>
   <si>
     <t>5.41</t>
   </si>
   <si>
     <t>3.75</t>
   </si>
   <si>
-    <t>Dmitry Sidorenko</t>
+    <t>Дмитрий Сидоренко</t>
   </si>
   <si>
     <t>6.06</t>
   </si>
   <si>
     <t>3.70</t>
   </si>
   <si>
-    <t>Artem Ryumin</t>
+    <t>Артём Рюмин</t>
   </si>
   <si>
     <t>6.48</t>
   </si>
   <si>
     <t>4.24</t>
   </si>
   <si>
-    <t>Stepan Kobelev</t>
+    <t>Степан Кобелев</t>
   </si>
   <si>
     <t>4.35</t>
   </si>
   <si>
-    <t>Anna Duganova</t>
+    <t>Анна Дуганова</t>
   </si>
   <si>
     <t>7.35</t>
   </si>
   <si>
     <t>4.13</t>
   </si>
   <si>
-    <t>Arseniy Kislitsyn</t>
+    <t>Арсений Кислицын</t>
   </si>
   <si>
     <t>7.37</t>
   </si>
   <si>
     <t>3.48</t>
   </si>
   <si>
-    <t>Egor Gushchin</t>
+    <t>Егор Гущин</t>
   </si>
   <si>
     <t>7.78</t>
   </si>
   <si>
-    <t>Aleksey Pleshkov</t>
+    <t>Алексей Плешков</t>
   </si>
   <si>
     <t>8.70</t>
   </si>
   <si>
     <t>5.80</t>
   </si>
   <si>
-    <t>Artem Svoykin</t>
+    <t>Артем Свойкин</t>
   </si>
   <si>
     <t>8.77</t>
   </si>
   <si>
     <t>6.82</t>
   </si>
   <si>
-    <t>Egor Melkozerov</t>
+    <t>Егор Мелкозеров</t>
   </si>
   <si>
     <t>8.96</t>
   </si>
   <si>
     <t>7.44</t>
   </si>
   <si>
-    <t>Amin Akhkamov</t>
+    <t>Амин Ахкамов</t>
   </si>
   <si>
     <t>9.47</t>
   </si>
   <si>
     <t>6.34</t>
   </si>
   <si>
-    <t>Vasily Stasyev</t>
+    <t>Василий Стасьев</t>
   </si>
   <si>
     <t>10.16</t>
   </si>
   <si>
     <t>5.48</t>
   </si>
   <si>
-    <t>Egor Sashchenko</t>
+    <t>Егор Сащенко</t>
   </si>
   <si>
     <t>10.20</t>
   </si>
   <si>
     <t>8.66</t>
   </si>
   <si>
-    <t>Anton Lagunov</t>
+    <t>Антон Лагунов</t>
   </si>
   <si>
     <t>10.22</t>
   </si>
   <si>
     <t>6.46</t>
   </si>
   <si>
-    <t>Danil Bolshakov</t>
+    <t>Данил Большаков</t>
   </si>
   <si>
     <t>10.45</t>
   </si>
   <si>
     <t>8.23</t>
   </si>
   <si>
-    <t>Matvey Prytkov</t>
+    <t>Матвей Прытков</t>
   </si>
   <si>
     <t>10.92</t>
   </si>
   <si>
     <t>7.30</t>
   </si>
   <si>
-    <t>Nikolay Kotov</t>
+    <t>Николай Котов</t>
   </si>
   <si>
     <t>10.96</t>
   </si>
   <si>
     <t>9.45</t>
   </si>
   <si>
-    <t>Tair Dadashev</t>
+    <t>Таир Дадашев</t>
   </si>
   <si>
     <t>11.46</t>
   </si>
   <si>
     <t>7.63</t>
   </si>
   <si>
-    <t>Vladimir Kochergin</t>
+    <t>Владимир Кочергин</t>
   </si>
   <si>
     <t>13.18</t>
   </si>
   <si>
     <t>9.55</t>
   </si>
   <si>
-    <t>Semën Rudik</t>
+    <t>Семён Рудик</t>
   </si>
   <si>
     <t>13.24</t>
   </si>
   <si>
     <t>6.26</t>
   </si>
   <si>
-    <t>Rodion Frolov</t>
+    <t>Родион Фролов</t>
   </si>
   <si>
     <t>15.40</t>
   </si>
   <si>
     <t>10.15</t>
   </si>
   <si>
-    <t>Dmitriy Duganov</t>
+    <t>Дмитрий Дуганов</t>
   </si>
   <si>
     <t>16.14</t>
   </si>
   <si>
     <t>10.00</t>
   </si>
   <si>
-    <t>Rolan Khayretdinov</t>
+    <t>Ролан Хайретдинов</t>
   </si>
   <si>
     <t>16.65</t>
   </si>
   <si>
     <t>11.67</t>
   </si>
   <si>
-    <t>Julia Dernovaya</t>
+    <t>Юлия Дерновая</t>
   </si>
   <si>
     <t>17.41</t>
   </si>
   <si>
     <t>12.43</t>
   </si>
   <si>
-    <t>Saveliy Rylov</t>
+    <t>Савелий Рылов</t>
   </si>
   <si>
     <t>17.89</t>
   </si>
   <si>
     <t>8.01</t>
   </si>
   <si>
-    <t>Viktor Shumikhin</t>
+    <t>Виктор Шумихин</t>
   </si>
   <si>
     <t>18.98</t>
   </si>
   <si>
     <t>10.09</t>
   </si>
   <si>
-    <t>Stepan Dementyev</t>
+    <t>Степан Дементьев</t>
   </si>
   <si>
     <t>19.34</t>
   </si>
   <si>
     <t>15.69</t>
   </si>
   <si>
-    <t>Denis Ponomarev</t>
+    <t>Денис Пономарев</t>
   </si>
   <si>
     <t>19.45</t>
   </si>
   <si>
     <t>14.78</t>
   </si>
   <si>
-    <t>Igor Kilchenko</t>
+    <t>Игорь Кильченко</t>
   </si>
   <si>
     <t>24.54</t>
   </si>
   <si>
-    <t>Arseny Trifonov</t>
+    <t>Арсений Трифонов</t>
   </si>
   <si>
     <t>25.88</t>
   </si>
   <si>
     <t>14.68</t>
   </si>
   <si>
-    <t>Aleksandr Ustinov</t>
+    <t>Александр Устинов</t>
   </si>
   <si>
     <t>26.18</t>
   </si>
   <si>
     <t>16.52</t>
   </si>
   <si>
-    <t>Pavel Burnyshev</t>
+    <t>Павел Бурнышев</t>
   </si>
   <si>
     <t>27.20</t>
   </si>
   <si>
     <t>15.76</t>
   </si>
   <si>
-    <t>Ivan Kozlov</t>
+    <t>Иван Козлов</t>
   </si>
   <si>
     <t>27.60</t>
   </si>
   <si>
-    <t>Timofej Solin</t>
+    <t>Тимофей Солин</t>
   </si>
   <si>
     <t>28.90</t>
   </si>
   <si>
     <t>19.09</t>
   </si>
   <si>
-    <t>Gleb Ozhgibesov</t>
+    <t>Глеб Ожгибесов</t>
   </si>
   <si>
     <t>29.24</t>
   </si>
   <si>
     <t>18.95</t>
   </si>
   <si>
-    <t>Anton Sherbinin</t>
+    <t>Антон Щербинин</t>
   </si>
   <si>
     <t>31.43</t>
   </si>
   <si>
     <t>22.48</t>
   </si>
   <si>
-    <t>Georgii Novoselov</t>
+    <t>Георгий Новосёлов</t>
   </si>
   <si>
     <t>32.78</t>
   </si>
   <si>
     <t>19.55</t>
   </si>
   <si>
-    <t>VARVARA MISHARINA</t>
+    <t>Варвара Мишарина</t>
   </si>
   <si>
     <t>37.56</t>
   </si>
   <si>
     <t>32.30</t>
   </si>
   <si>
-    <t>Nikolay Kustov</t>
+    <t>Николай Кустов</t>
   </si>
   <si>
     <t>41.15</t>
   </si>
   <si>
     <t>22.36</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
@@ -801,53 +801,53 @@
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:D48"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="C48" sqref="C48"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="3.428" bestFit="true" customWidth="true" style="0"/>
-    <col min="2" max="2" width="24.708" bestFit="true" customWidth="true" style="0"/>
+    <col min="2" max="2" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="9.283" bestFit="true" customWidth="true" style="0"/>
-    <col min="4" max="4" width="6.998" bestFit="true" customWidth="true" style="0"/>
+    <col min="4" max="4" width="8.141" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:4">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
         <v>2</v>
       </c>
       <c r="D1" s="1" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="2" spans="1:4">
       <c r="A2">
         <v>1</v>
       </c>
       <c r="B2" t="s">
         <v>4</v>
       </c>
       <c r="C2" s="1" t="s">
         <v>5</v>