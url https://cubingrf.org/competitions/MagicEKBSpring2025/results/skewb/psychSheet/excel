--- v1 (2026-01-15)
+++ v2 (2026-03-03)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="skewb" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="141">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="142">
   <si>
     <t>#</t>
   </si>
   <si>
     <t>Имя и фамилия участника</t>
   </si>
   <si>
     <t>Среднее</t>
   </si>
   <si>
     <t>Лучшее</t>
   </si>
   <si>
     <t>Илья Епифанов</t>
   </si>
   <si>
     <t>3.84</t>
   </si>
   <si>
     <t>2.09</t>
   </si>
   <si>
     <t>Тимофей Терещенко</t>
   </si>
   <si>
@@ -86,312 +86,324 @@
   <si>
     <t>Степан Щевелёв</t>
   </si>
   <si>
     <t>4.59</t>
   </si>
   <si>
     <t>2.38</t>
   </si>
   <si>
     <t>Даниил Абдулов</t>
   </si>
   <si>
     <t>4.99</t>
   </si>
   <si>
     <t>2.53</t>
   </si>
   <si>
     <t>Владимир Тихоненко</t>
   </si>
   <si>
     <t>5.01</t>
   </si>
   <si>
-    <t>3.16</t>
+    <t>3.91</t>
   </si>
   <si>
     <t>Артём Сосновских</t>
   </si>
   <si>
     <t>5.30</t>
   </si>
   <si>
     <t>3.03</t>
   </si>
   <si>
     <t>Иван Милый</t>
   </si>
   <si>
     <t>5.41</t>
   </si>
   <si>
-    <t>3.75</t>
+    <t>3.95</t>
   </si>
   <si>
     <t>Дмитрий Сидоренко</t>
   </si>
   <si>
-    <t>6.06</t>
+    <t>6.12</t>
   </si>
   <si>
     <t>3.70</t>
   </si>
   <si>
+    <t>Степан Кобелев</t>
+  </si>
+  <si>
+    <t>6.48</t>
+  </si>
+  <si>
+    <t>3.63</t>
+  </si>
+  <si>
     <t>Артём Рюмин</t>
   </si>
   <si>
-    <t>6.48</t>
-[...1 lines deleted...]
-  <si>
     <t>4.24</t>
   </si>
   <si>
-    <t>Степан Кобелев</t>
+    <t>Анна Дуганова</t>
+  </si>
+  <si>
+    <t>7.35</t>
+  </si>
+  <si>
+    <t>4.13</t>
+  </si>
+  <si>
+    <t>Арсений Кислицын</t>
+  </si>
+  <si>
+    <t>7.37</t>
+  </si>
+  <si>
+    <t>3.48</t>
+  </si>
+  <si>
+    <t>Егор Гущин</t>
+  </si>
+  <si>
+    <t>8.16</t>
   </si>
   <si>
     <t>4.35</t>
   </si>
   <si>
-    <t>Анна Дуганова</t>
-[...22 lines deleted...]
-  <si>
     <t>Алексей Плешков</t>
   </si>
   <si>
     <t>8.70</t>
   </si>
   <si>
     <t>5.80</t>
   </si>
   <si>
     <t>Артем Свойкин</t>
   </si>
   <si>
     <t>8.77</t>
   </si>
   <si>
-    <t>6.82</t>
+    <t>6.88</t>
   </si>
   <si>
     <t>Егор Мелкозеров</t>
   </si>
   <si>
     <t>8.96</t>
   </si>
   <si>
+    <t>4.79</t>
+  </si>
+  <si>
+    <t>Николай Котов</t>
+  </si>
+  <si>
+    <t>9.07</t>
+  </si>
+  <si>
+    <t>7.17</t>
+  </si>
+  <si>
+    <t>Таир Дадашев</t>
+  </si>
+  <si>
+    <t>9.15</t>
+  </si>
+  <si>
+    <t>Амин Ахкамов</t>
+  </si>
+  <si>
+    <t>9.47</t>
+  </si>
+  <si>
+    <t>6.34</t>
+  </si>
+  <si>
+    <t>Егор Сащенко</t>
+  </si>
+  <si>
+    <t>10.20</t>
+  </si>
+  <si>
+    <t>8.66</t>
+  </si>
+  <si>
+    <t>Данил Большаков</t>
+  </si>
+  <si>
+    <t>10.45</t>
+  </si>
+  <si>
+    <t>8.23</t>
+  </si>
+  <si>
+    <t>Антон Лагунов</t>
+  </si>
+  <si>
+    <t>10.78</t>
+  </si>
+  <si>
     <t>7.44</t>
   </si>
   <si>
-    <t>Амин Ахкамов</t>
-[...5 lines deleted...]
-    <t>6.34</t>
+    <t>Матвей Прытков</t>
+  </si>
+  <si>
+    <t>10.92</t>
+  </si>
+  <si>
+    <t>7.30</t>
   </si>
   <si>
     <t>Василий Стасьев</t>
   </si>
   <si>
-    <t>10.16</t>
-[...56 lines deleted...]
-    <t>7.63</t>
+    <t>11.37</t>
+  </si>
+  <si>
+    <t>5.63</t>
   </si>
   <si>
     <t>Владимир Кочергин</t>
   </si>
   <si>
     <t>13.18</t>
   </si>
   <si>
     <t>9.55</t>
   </si>
   <si>
     <t>Семён Рудик</t>
   </si>
   <si>
     <t>13.24</t>
   </si>
   <si>
     <t>6.26</t>
   </si>
   <si>
+    <t>Игорь Кильченко</t>
+  </si>
+  <si>
+    <t>14.18</t>
+  </si>
+  <si>
+    <t>10.03</t>
+  </si>
+  <si>
     <t>Родион Фролов</t>
   </si>
   <si>
     <t>15.40</t>
   </si>
   <si>
     <t>10.15</t>
   </si>
   <si>
     <t>Дмитрий Дуганов</t>
   </si>
   <si>
     <t>16.14</t>
   </si>
   <si>
     <t>10.00</t>
   </si>
   <si>
+    <t>Степан Дементьев</t>
+  </si>
+  <si>
+    <t>16.28</t>
+  </si>
+  <si>
+    <t>14.44</t>
+  </si>
+  <si>
     <t>Ролан Хайретдинов</t>
   </si>
   <si>
     <t>16.65</t>
   </si>
   <si>
     <t>11.67</t>
   </si>
   <si>
     <t>Юлия Дерновая</t>
   </si>
   <si>
     <t>17.41</t>
   </si>
   <si>
     <t>12.43</t>
   </si>
   <si>
     <t>Савелий Рылов</t>
   </si>
   <si>
     <t>17.89</t>
   </si>
   <si>
     <t>8.01</t>
   </si>
   <si>
     <t>Виктор Шумихин</t>
   </si>
   <si>
     <t>18.98</t>
   </si>
   <si>
     <t>10.09</t>
   </si>
   <si>
-    <t>Степан Дементьев</t>
-[...7 lines deleted...]
-  <si>
     <t>Денис Пономарев</t>
   </si>
   <si>
     <t>19.45</t>
   </si>
   <si>
     <t>14.78</t>
   </si>
   <si>
-    <t>Игорь Кильченко</t>
-[...2 lines deleted...]
-    <t>24.54</t>
+    <t>Варвара Мишарина</t>
+  </si>
+  <si>
+    <t>20.83</t>
+  </si>
+  <si>
+    <t>12.99</t>
   </si>
   <si>
     <t>Арсений Трифонов</t>
   </si>
   <si>
     <t>25.88</t>
   </si>
   <si>
     <t>14.68</t>
   </si>
   <si>
     <t>Александр Устинов</t>
   </si>
   <si>
     <t>26.18</t>
   </si>
   <si>
     <t>16.52</t>
   </si>
   <si>
     <t>Павел Бурнышев</t>
   </si>
   <si>
     <t>27.20</t>
   </si>
@@ -417,59 +429,50 @@
     <t>Глеб Ожгибесов</t>
   </si>
   <si>
     <t>29.24</t>
   </si>
   <si>
     <t>18.95</t>
   </si>
   <si>
     <t>Антон Щербинин</t>
   </si>
   <si>
     <t>31.43</t>
   </si>
   <si>
     <t>22.48</t>
   </si>
   <si>
     <t>Георгий Новосёлов</t>
   </si>
   <si>
     <t>32.78</t>
   </si>
   <si>
     <t>19.55</t>
-  </si>
-[...7 lines deleted...]
-    <t>32.30</t>
   </si>
   <si>
     <t>Николай Кустов</t>
   </si>
   <si>
     <t>41.15</t>
   </si>
   <si>
     <t>22.36</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -1027,121 +1030,121 @@
     <row r="15" spans="1:4">
       <c r="A15">
         <v>14</v>
       </c>
       <c r="B15" t="s">
         <v>42</v>
       </c>
       <c r="C15" s="1" t="s">
         <v>43</v>
       </c>
       <c r="D15" t="s">
         <v>44</v>
       </c>
     </row>
     <row r="16" spans="1:4">
       <c r="A16">
         <v>15</v>
       </c>
       <c r="B16" t="s">
         <v>45</v>
       </c>
       <c r="C16" s="1" t="s">
         <v>46</v>
       </c>
       <c r="D16" t="s">
-        <v>38</v>
+        <v>47</v>
       </c>
     </row>
     <row r="17" spans="1:4">
       <c r="A17">
         <v>16</v>
       </c>
       <c r="B17" t="s">
-        <v>47</v>
+        <v>48</v>
       </c>
       <c r="C17" s="1" t="s">
-        <v>48</v>
+        <v>49</v>
       </c>
       <c r="D17" t="s">
-        <v>49</v>
+        <v>50</v>
       </c>
     </row>
     <row r="18" spans="1:4">
       <c r="A18">
         <v>17</v>
       </c>
       <c r="B18" t="s">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="C18" s="1" t="s">
-        <v>51</v>
+        <v>52</v>
       </c>
       <c r="D18" t="s">
-        <v>52</v>
+        <v>53</v>
       </c>
     </row>
     <row r="19" spans="1:4">
       <c r="A19">
         <v>18</v>
       </c>
       <c r="B19" t="s">
-        <v>53</v>
+        <v>54</v>
       </c>
       <c r="C19" s="1" t="s">
-        <v>54</v>
+        <v>55</v>
       </c>
       <c r="D19" t="s">
-        <v>55</v>
+        <v>56</v>
       </c>
     </row>
     <row r="20" spans="1:4">
       <c r="A20">
         <v>19</v>
       </c>
       <c r="B20" t="s">
-        <v>56</v>
+        <v>57</v>
       </c>
       <c r="C20" s="1" t="s">
-        <v>57</v>
+        <v>58</v>
       </c>
       <c r="D20" t="s">
-        <v>58</v>
+        <v>59</v>
       </c>
     </row>
     <row r="21" spans="1:4">
       <c r="A21">
         <v>20</v>
       </c>
       <c r="B21" t="s">
-        <v>59</v>
+        <v>60</v>
       </c>
       <c r="C21" s="1" t="s">
-        <v>60</v>
+        <v>61</v>
       </c>
       <c r="D21" t="s">
-        <v>61</v>
+        <v>20</v>
       </c>
     </row>
     <row r="22" spans="1:4">
       <c r="A22">
         <v>21</v>
       </c>
       <c r="B22" t="s">
         <v>62</v>
       </c>
       <c r="C22" s="1" t="s">
         <v>63</v>
       </c>
       <c r="D22" t="s">
         <v>64</v>
       </c>
     </row>
     <row r="23" spans="1:4">
       <c r="A23">
         <v>22</v>
       </c>
       <c r="B23" t="s">
         <v>65</v>
       </c>
       <c r="C23" s="1" t="s">
         <v>66</v>
@@ -1335,191 +1338,191 @@
     <row r="37" spans="1:4">
       <c r="A37">
         <v>36</v>
       </c>
       <c r="B37" t="s">
         <v>107</v>
       </c>
       <c r="C37" s="1" t="s">
         <v>108</v>
       </c>
       <c r="D37" t="s">
         <v>109</v>
       </c>
     </row>
     <row r="38" spans="1:4">
       <c r="A38">
         <v>37</v>
       </c>
       <c r="B38" t="s">
         <v>110</v>
       </c>
       <c r="C38" s="1" t="s">
         <v>111</v>
       </c>
       <c r="D38" t="s">
-        <v>96</v>
+        <v>112</v>
       </c>
     </row>
     <row r="39" spans="1:4">
       <c r="A39">
         <v>38</v>
       </c>
       <c r="B39" t="s">
-        <v>112</v>
+        <v>113</v>
       </c>
       <c r="C39" s="1" t="s">
-        <v>113</v>
+        <v>114</v>
       </c>
       <c r="D39" t="s">
-        <v>114</v>
+        <v>115</v>
       </c>
     </row>
     <row r="40" spans="1:4">
       <c r="A40">
         <v>39</v>
       </c>
       <c r="B40" t="s">
-        <v>115</v>
+        <v>116</v>
       </c>
       <c r="C40" s="1" t="s">
-        <v>116</v>
+        <v>117</v>
       </c>
       <c r="D40" t="s">
-        <v>117</v>
+        <v>118</v>
       </c>
     </row>
     <row r="41" spans="1:4">
       <c r="A41">
         <v>40</v>
       </c>
       <c r="B41" t="s">
-        <v>118</v>
+        <v>119</v>
       </c>
       <c r="C41" s="1" t="s">
-        <v>119</v>
+        <v>120</v>
       </c>
       <c r="D41" t="s">
-        <v>120</v>
+        <v>121</v>
       </c>
     </row>
     <row r="42" spans="1:4">
       <c r="A42">
         <v>41</v>
       </c>
       <c r="B42" t="s">
-        <v>121</v>
+        <v>122</v>
       </c>
       <c r="C42" s="1" t="s">
-        <v>122</v>
+        <v>123</v>
       </c>
       <c r="D42" t="s">
-        <v>108</v>
+        <v>124</v>
       </c>
     </row>
     <row r="43" spans="1:4">
       <c r="A43">
         <v>42</v>
       </c>
       <c r="B43" t="s">
-        <v>123</v>
+        <v>125</v>
       </c>
       <c r="C43" s="1" t="s">
-        <v>124</v>
+        <v>126</v>
       </c>
       <c r="D43" t="s">
-        <v>125</v>
+        <v>111</v>
       </c>
     </row>
     <row r="44" spans="1:4">
       <c r="A44">
         <v>43</v>
       </c>
       <c r="B44" t="s">
-        <v>126</v>
+        <v>127</v>
       </c>
       <c r="C44" s="1" t="s">
-        <v>127</v>
+        <v>128</v>
       </c>
       <c r="D44" t="s">
-        <v>128</v>
+        <v>129</v>
       </c>
     </row>
     <row r="45" spans="1:4">
       <c r="A45">
         <v>44</v>
       </c>
       <c r="B45" t="s">
-        <v>129</v>
+        <v>130</v>
       </c>
       <c r="C45" s="1" t="s">
-        <v>130</v>
+        <v>131</v>
       </c>
       <c r="D45" t="s">
-        <v>131</v>
+        <v>132</v>
       </c>
     </row>
     <row r="46" spans="1:4">
       <c r="A46">
         <v>45</v>
       </c>
       <c r="B46" t="s">
-        <v>132</v>
+        <v>133</v>
       </c>
       <c r="C46" s="1" t="s">
-        <v>133</v>
+        <v>134</v>
       </c>
       <c r="D46" t="s">
-        <v>134</v>
+        <v>135</v>
       </c>
     </row>
     <row r="47" spans="1:4">
       <c r="A47">
         <v>46</v>
       </c>
       <c r="B47" t="s">
-        <v>135</v>
+        <v>136</v>
       </c>
       <c r="C47" s="1" t="s">
-        <v>136</v>
+        <v>137</v>
       </c>
       <c r="D47" t="s">
-        <v>137</v>
+        <v>138</v>
       </c>
     </row>
     <row r="48" spans="1:4">
       <c r="A48">
         <v>47</v>
       </c>
       <c r="B48" t="s">
-        <v>138</v>
+        <v>139</v>
       </c>
       <c r="C48" s="1" t="s">
-        <v>139</v>
+        <v>140</v>
       </c>
       <c r="D48" t="s">
-        <v>140</v>
+        <v>141</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>