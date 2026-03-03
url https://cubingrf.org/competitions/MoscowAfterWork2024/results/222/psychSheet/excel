--- v0 (2026-01-15)
+++ v1 (2026-03-03)
@@ -12,133 +12,133 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="222" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="90">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="91">
   <si>
     <t>#</t>
   </si>
   <si>
     <t>Имя и фамилия участника</t>
   </si>
   <si>
     <t>Среднее</t>
   </si>
   <si>
     <t>Лучшее</t>
   </si>
   <si>
     <t>Андрей Панов</t>
   </si>
   <si>
-    <t>1.58</t>
-[...2 lines deleted...]
-    <t>1.21</t>
+    <t>1.46</t>
+  </si>
+  <si>
+    <t>0.88</t>
   </si>
   <si>
     <t>Артём Куликов</t>
   </si>
   <si>
     <t>1.67</t>
   </si>
   <si>
     <t>0.99</t>
   </si>
   <si>
     <t>Арсений Павлов</t>
   </si>
   <si>
     <t>1.71</t>
   </si>
   <si>
     <t>1.07</t>
   </si>
   <si>
     <t>Платон Кабаков</t>
   </si>
   <si>
     <t>1.88</t>
   </si>
   <si>
     <t>1.39</t>
   </si>
   <si>
     <t>Анатолий Туренко</t>
   </si>
   <si>
-    <t>2.52</t>
+    <t>2.48</t>
   </si>
   <si>
     <t>Андрей Жуков</t>
   </si>
   <si>
     <t>2.56</t>
   </si>
   <si>
     <t>1.49</t>
   </si>
   <si>
+    <t>Николай Подобаев</t>
+  </si>
+  <si>
+    <t>3.09</t>
+  </si>
+  <si>
+    <t>2.19</t>
+  </si>
+  <si>
     <t>Олег Демчук</t>
   </si>
   <si>
     <t>3.31</t>
   </si>
   <si>
     <t>2.15</t>
   </si>
   <si>
-    <t>Николай Подобаев</t>
-[...7 lines deleted...]
-  <si>
     <t>Алексей Сенаторов</t>
   </si>
   <si>
     <t>3.54</t>
   </si>
   <si>
     <t>2.22</t>
   </si>
   <si>
     <t>Тимофей Тюльпаков</t>
   </si>
   <si>
     <t>3.68</t>
   </si>
   <si>
     <t>2.20</t>
   </si>
   <si>
     <t>Дмитрий Колотвин</t>
   </si>
   <si>
     <t>3.70</t>
   </si>
   <si>
     <t>1.87</t>
@@ -188,66 +188,69 @@
   <si>
     <t>Габриэлла Ивахницкая</t>
   </si>
   <si>
     <t>4.97</t>
   </si>
   <si>
     <t>3.14</t>
   </si>
   <si>
     <t>Александр Катюков</t>
   </si>
   <si>
     <t>5.02</t>
   </si>
   <si>
     <t>2.58</t>
   </si>
   <si>
     <t>Александр Смирнов</t>
   </si>
   <si>
     <t>5.55</t>
   </si>
   <si>
+    <t>4.53</t>
+  </si>
+  <si>
     <t>Иван Белик</t>
   </si>
   <si>
     <t>6.08</t>
   </si>
   <si>
     <t>5.10</t>
   </si>
   <si>
     <t>Анастасия Тихенко</t>
   </si>
   <si>
     <t>6.51</t>
   </si>
   <si>
-    <t>2.51</t>
+    <t>4.98</t>
   </si>
   <si>
     <t>Владимир Козлов</t>
   </si>
   <si>
     <t>6.62</t>
   </si>
   <si>
     <t>4.23</t>
   </si>
   <si>
     <t>Дмитрий Ильин</t>
   </si>
   <si>
     <t>7.27</t>
   </si>
   <si>
     <t>5.09</t>
   </si>
   <si>
     <t>Константин Соколов</t>
   </si>
   <si>
     <t>7.56</t>
   </si>
@@ -846,51 +849,51 @@
     <row r="13" spans="1:4">
       <c r="A13">
         <v>12</v>
       </c>
       <c r="B13" t="s">
         <v>36</v>
       </c>
       <c r="C13" s="1" t="s">
         <v>37</v>
       </c>
       <c r="D13" t="s">
         <v>38</v>
       </c>
     </row>
     <row r="14" spans="1:4">
       <c r="A14">
         <v>13</v>
       </c>
       <c r="B14" t="s">
         <v>39</v>
       </c>
       <c r="C14" s="1" t="s">
         <v>40</v>
       </c>
       <c r="D14" t="s">
-        <v>26</v>
+        <v>23</v>
       </c>
     </row>
     <row r="15" spans="1:4">
       <c r="A15">
         <v>14</v>
       </c>
       <c r="B15" t="s">
         <v>41</v>
       </c>
       <c r="C15" s="1" t="s">
         <v>42</v>
       </c>
       <c r="D15" t="s">
         <v>43</v>
       </c>
     </row>
     <row r="16" spans="1:4">
       <c r="A16">
         <v>15</v>
       </c>
       <c r="B16" t="s">
         <v>44</v>
       </c>
       <c r="C16" s="1" t="s">
         <v>45</v>
@@ -930,205 +933,205 @@
     <row r="19" spans="1:4">
       <c r="A19">
         <v>18</v>
       </c>
       <c r="B19" t="s">
         <v>53</v>
       </c>
       <c r="C19" s="1" t="s">
         <v>54</v>
       </c>
       <c r="D19" t="s">
         <v>55</v>
       </c>
     </row>
     <row r="20" spans="1:4">
       <c r="A20">
         <v>19</v>
       </c>
       <c r="B20" t="s">
         <v>56</v>
       </c>
       <c r="C20" s="1" t="s">
         <v>57</v>
       </c>
       <c r="D20" t="s">
-        <v>40</v>
+        <v>58</v>
       </c>
     </row>
     <row r="21" spans="1:4">
       <c r="A21">
         <v>20</v>
       </c>
       <c r="B21" t="s">
-        <v>58</v>
+        <v>59</v>
       </c>
       <c r="C21" s="1" t="s">
-        <v>59</v>
+        <v>60</v>
       </c>
       <c r="D21" t="s">
-        <v>60</v>
+        <v>61</v>
       </c>
     </row>
     <row r="22" spans="1:4">
       <c r="A22">
         <v>21</v>
       </c>
       <c r="B22" t="s">
-        <v>61</v>
+        <v>62</v>
       </c>
       <c r="C22" s="1" t="s">
-        <v>62</v>
+        <v>63</v>
       </c>
       <c r="D22" t="s">
-        <v>63</v>
+        <v>64</v>
       </c>
     </row>
     <row r="23" spans="1:4">
       <c r="A23">
         <v>22</v>
       </c>
       <c r="B23" t="s">
-        <v>64</v>
+        <v>65</v>
       </c>
       <c r="C23" s="1" t="s">
-        <v>65</v>
+        <v>66</v>
       </c>
       <c r="D23" t="s">
-        <v>66</v>
+        <v>67</v>
       </c>
     </row>
     <row r="24" spans="1:4">
       <c r="A24">
         <v>23</v>
       </c>
       <c r="B24" t="s">
-        <v>67</v>
+        <v>68</v>
       </c>
       <c r="C24" s="1" t="s">
-        <v>68</v>
+        <v>69</v>
       </c>
       <c r="D24" t="s">
-        <v>69</v>
+        <v>70</v>
       </c>
     </row>
     <row r="25" spans="1:4">
       <c r="A25">
         <v>24</v>
       </c>
       <c r="B25" t="s">
-        <v>70</v>
+        <v>71</v>
       </c>
       <c r="C25" s="1" t="s">
-        <v>71</v>
+        <v>72</v>
       </c>
       <c r="D25" t="s">
-        <v>72</v>
+        <v>73</v>
       </c>
     </row>
     <row r="26" spans="1:4">
       <c r="A26">
         <v>25</v>
       </c>
       <c r="B26" t="s">
-        <v>73</v>
+        <v>74</v>
       </c>
       <c r="C26" s="1" t="s">
-        <v>74</v>
+        <v>75</v>
       </c>
       <c r="D26" t="s">
-        <v>75</v>
+        <v>76</v>
       </c>
     </row>
     <row r="27" spans="1:4">
       <c r="A27">
         <v>26</v>
       </c>
       <c r="B27" t="s">
-        <v>76</v>
+        <v>77</v>
       </c>
       <c r="C27" s="1" t="s">
-        <v>77</v>
+        <v>78</v>
       </c>
       <c r="D27" t="s">
-        <v>78</v>
+        <v>79</v>
       </c>
     </row>
     <row r="28" spans="1:4">
       <c r="A28">
         <v>27</v>
       </c>
       <c r="B28" t="s">
-        <v>79</v>
+        <v>80</v>
       </c>
       <c r="C28" s="1" t="s">
-        <v>80</v>
+        <v>81</v>
       </c>
       <c r="D28" t="s">
         <v>40</v>
       </c>
     </row>
     <row r="29" spans="1:4">
       <c r="A29">
         <v>28</v>
       </c>
       <c r="B29" t="s">
-        <v>81</v>
+        <v>82</v>
       </c>
       <c r="C29" s="1" t="s">
-        <v>82</v>
+        <v>83</v>
       </c>
       <c r="D29" t="s">
-        <v>83</v>
+        <v>84</v>
       </c>
     </row>
     <row r="30" spans="1:4">
       <c r="A30">
         <v>29</v>
       </c>
       <c r="B30" t="s">
-        <v>84</v>
+        <v>85</v>
       </c>
       <c r="C30" s="1" t="s">
-        <v>85</v>
+        <v>86</v>
       </c>
       <c r="D30" t="s">
-        <v>86</v>
+        <v>87</v>
       </c>
     </row>
     <row r="31" spans="1:4">
       <c r="A31">
         <v>30</v>
       </c>
       <c r="B31" t="s">
-        <v>87</v>
+        <v>88</v>
       </c>
       <c r="C31" s="1" t="s">
-        <v>88</v>
+        <v>89</v>
       </c>
       <c r="D31" t="s">
-        <v>89</v>
+        <v>90</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>