--- v0 (2025-12-01)
+++ v1 (2026-01-15)
@@ -17,330 +17,330 @@
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="333" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="97">
   <si>
     <t>#</t>
   </si>
   <si>
-    <t>Competitor</t>
-[...8 lines deleted...]
-    <t>Anatolii Turenko</t>
+    <t>Имя и фамилия участника</t>
+  </si>
+  <si>
+    <t>Среднее</t>
+  </si>
+  <si>
+    <t>Лучшее</t>
+  </si>
+  <si>
+    <t>Анатолий Туренко</t>
   </si>
   <si>
     <t>6.66</t>
   </si>
   <si>
     <t>4.99</t>
   </si>
   <si>
-    <t>Andrey Panov</t>
+    <t>Андрей Панов</t>
   </si>
   <si>
     <t>7.07</t>
   </si>
   <si>
     <t>5.44</t>
   </si>
   <si>
-    <t>Arsenii Pavlov</t>
+    <t>Арсений Павлов</t>
   </si>
   <si>
     <t>8.00</t>
   </si>
   <si>
     <t>6.10</t>
   </si>
   <si>
-    <t>Artem Kulikov</t>
+    <t>Артём Куликов</t>
   </si>
   <si>
     <t>8.49</t>
   </si>
   <si>
     <t>7.81</t>
   </si>
   <si>
-    <t>Nikolay Podobayev</t>
+    <t>Николай Подобаев</t>
   </si>
   <si>
     <t>9.04</t>
   </si>
   <si>
     <t>7.70</t>
   </si>
   <si>
-    <t>Timofey Tyulpakov</t>
-[...2 lines deleted...]
-    <t>10.61</t>
+    <t>Тимофей Тюльпаков</t>
+  </si>
+  <si>
+    <t>10.27</t>
   </si>
   <si>
     <t>7.68</t>
   </si>
   <si>
-    <t>Platon Kabakov</t>
+    <t>Платон Кабаков</t>
   </si>
   <si>
     <t>10.65</t>
   </si>
   <si>
-    <t>8.12</t>
-[...2 lines deleted...]
-    <t>Andrey Zhukov</t>
+    <t>8.11</t>
+  </si>
+  <si>
+    <t>Андрей Жуков</t>
   </si>
   <si>
     <t>11.11</t>
   </si>
   <si>
     <t>8.62</t>
   </si>
   <si>
-    <t>Oleg Demchuk</t>
+    <t>Олег Демчук</t>
   </si>
   <si>
     <t>11.13</t>
   </si>
   <si>
     <t>8.94</t>
   </si>
   <si>
-    <t>Roman Samvelyan</t>
+    <t>Роман Самвелян</t>
   </si>
   <si>
     <t>11.37</t>
   </si>
   <si>
     <t>10.49</t>
   </si>
   <si>
-    <t>Dmitry Kolotvin</t>
+    <t>Дмитрий Колотвин</t>
   </si>
   <si>
     <t>11.41</t>
   </si>
   <si>
     <t>7.78</t>
   </si>
   <si>
-    <t>Vasilii Nikolashin</t>
+    <t>Василий Николашин</t>
   </si>
   <si>
     <t>11.73</t>
   </si>
   <si>
     <t>9.58</t>
   </si>
   <si>
-    <t>Ilʹya Stogov</t>
+    <t>Илья Стогов</t>
   </si>
   <si>
     <t>12.23</t>
   </si>
   <si>
     <t>10.50</t>
   </si>
   <si>
-    <t>Aleksey Senatorov</t>
+    <t>Алексей Сенаторов</t>
   </si>
   <si>
     <t>12.58</t>
   </si>
   <si>
     <t>10.07</t>
   </si>
   <si>
-    <t>Daria Eliseeva</t>
+    <t>Дарья Елисеева</t>
   </si>
   <si>
     <t>12.77</t>
   </si>
   <si>
     <t>9.84</t>
   </si>
   <si>
-    <t>Matvei Tianutov</t>
+    <t>Матвей Тянутов</t>
   </si>
   <si>
     <t>12.96</t>
   </si>
   <si>
     <t>10.53</t>
   </si>
   <si>
-    <t>Kamil Bogdalov</t>
+    <t>Камиль Богдалов</t>
   </si>
   <si>
     <t>14.07</t>
   </si>
   <si>
     <t>11.14</t>
   </si>
   <si>
-    <t>Kristina Koroleva</t>
+    <t>Кристина Королёва</t>
   </si>
   <si>
     <t>14.76</t>
   </si>
   <si>
     <t>13.33</t>
   </si>
   <si>
-    <t>Anastasia Tikhenko</t>
+    <t>Анастасия Тихенко</t>
   </si>
   <si>
     <t>15.09</t>
   </si>
   <si>
     <t>11.12</t>
   </si>
   <si>
-    <t>Alexander Katyukov</t>
+    <t>Александр Катюков</t>
   </si>
   <si>
     <t>15.16</t>
   </si>
   <si>
     <t>10.01</t>
   </si>
   <si>
-    <t>Denis Fokin</t>
+    <t>Денис Фокин</t>
   </si>
   <si>
     <t>16.06</t>
   </si>
   <si>
     <t>13.11</t>
   </si>
   <si>
-    <t>Konstantin Vasilʹyev</t>
+    <t>Константин Васильев</t>
   </si>
   <si>
     <t>18.50</t>
   </si>
   <si>
     <t>14.86</t>
   </si>
   <si>
-    <t>Nikita Kudriavtsev</t>
+    <t>Никита Кудрявцев</t>
   </si>
   <si>
     <t>18.58</t>
   </si>
   <si>
     <t>14.12</t>
   </si>
   <si>
-    <t>Dmitry Ilin</t>
+    <t>Дмитрий Ильин</t>
   </si>
   <si>
     <t>19.30</t>
   </si>
   <si>
     <t>12.13</t>
   </si>
   <si>
-    <t>Gabriella Ivakhnitskaya</t>
+    <t>Габриэлла Ивахницкая</t>
   </si>
   <si>
     <t>19.95</t>
   </si>
   <si>
     <t>15.88</t>
   </si>
   <si>
-    <t>Ivan Belik</t>
+    <t>Иван Белик</t>
   </si>
   <si>
     <t>20.20</t>
   </si>
   <si>
     <t>16.40</t>
   </si>
   <si>
-    <t>Aleksandr Smirnov</t>
+    <t>Александр Смирнов</t>
   </si>
   <si>
     <t>23.27</t>
   </si>
   <si>
     <t>19.44</t>
   </si>
   <si>
-    <t>Konstantin Sokolov</t>
+    <t>Константин Соколов</t>
   </si>
   <si>
     <t>30.10</t>
   </si>
   <si>
     <t>23.59</t>
   </si>
   <si>
-    <t>Viktor Mukkonen</t>
+    <t>Виктор Мукконен</t>
   </si>
   <si>
     <t>38.69</t>
   </si>
   <si>
     <t>29.31</t>
   </si>
   <si>
-    <t>Nikolai Borisenko</t>
+    <t>Николай Борисенко</t>
   </si>
   <si>
     <t>1:06.27</t>
   </si>
   <si>
     <t>53.60</t>
   </si>
   <si>
-    <t>Adam Melkumov</t>
+    <t>Адам Мелкумов</t>
   </si>
   <si>
     <t>2:09.74</t>
   </si>
   <si>
     <t>1:36.38</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>