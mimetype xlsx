--- v1 (2026-01-15)
+++ v2 (2026-03-03)
@@ -12,134 +12,134 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="333" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="97">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="94">
   <si>
     <t>#</t>
   </si>
   <si>
     <t>Имя и фамилия участника</t>
   </si>
   <si>
     <t>Среднее</t>
   </si>
   <si>
     <t>Лучшее</t>
   </si>
   <si>
     <t>Анатолий Туренко</t>
   </si>
   <si>
-    <t>6.66</t>
+    <t>6.55</t>
   </si>
   <si>
     <t>4.99</t>
   </si>
   <si>
     <t>Андрей Панов</t>
   </si>
   <si>
     <t>7.07</t>
   </si>
   <si>
     <t>5.44</t>
   </si>
   <si>
     <t>Арсений Павлов</t>
   </si>
   <si>
     <t>8.00</t>
   </si>
   <si>
     <t>6.10</t>
   </si>
   <si>
     <t>Артём Куликов</t>
   </si>
   <si>
     <t>8.49</t>
   </si>
   <si>
     <t>7.81</t>
   </si>
   <si>
     <t>Николай Подобаев</t>
   </si>
   <si>
     <t>9.04</t>
   </si>
   <si>
     <t>7.70</t>
   </si>
   <si>
+    <t>Платон Кабаков</t>
+  </si>
+  <si>
+    <t>10.18</t>
+  </si>
+  <si>
+    <t>8.11</t>
+  </si>
+  <si>
     <t>Тимофей Тюльпаков</t>
   </si>
   <si>
     <t>10.27</t>
   </si>
   <si>
     <t>7.68</t>
   </si>
   <si>
-    <t>Платон Кабаков</t>
-[...7 lines deleted...]
-  <si>
     <t>Андрей Жуков</t>
   </si>
   <si>
     <t>11.11</t>
   </si>
   <si>
-    <t>8.62</t>
+    <t>9.51</t>
   </si>
   <si>
     <t>Олег Демчук</t>
   </si>
   <si>
     <t>11.13</t>
   </si>
   <si>
     <t>8.94</t>
   </si>
   <si>
     <t>Роман Самвелян</t>
   </si>
   <si>
     <t>11.37</t>
   </si>
   <si>
     <t>10.49</t>
   </si>
   <si>
     <t>Дмитрий Колотвин</t>
   </si>
   <si>
     <t>11.41</t>
   </si>
@@ -203,150 +203,141 @@
   <si>
     <t>Кристина Королёва</t>
   </si>
   <si>
     <t>14.76</t>
   </si>
   <si>
     <t>13.33</t>
   </si>
   <si>
     <t>Анастасия Тихенко</t>
   </si>
   <si>
     <t>15.09</t>
   </si>
   <si>
     <t>11.12</t>
   </si>
   <si>
     <t>Александр Катюков</t>
   </si>
   <si>
     <t>15.16</t>
   </si>
   <si>
-    <t>10.01</t>
+    <t>12.84</t>
+  </si>
+  <si>
+    <t>Габриэлла Ивахницкая</t>
+  </si>
+  <si>
+    <t>18.14</t>
+  </si>
+  <si>
+    <t>Константин Васильев</t>
+  </si>
+  <si>
+    <t>18.50</t>
+  </si>
+  <si>
+    <t>14.86</t>
+  </si>
+  <si>
+    <t>Никита Кудрявцев</t>
+  </si>
+  <si>
+    <t>18.58</t>
+  </si>
+  <si>
+    <t>14.12</t>
+  </si>
+  <si>
+    <t>Дмитрий Ильин</t>
+  </si>
+  <si>
+    <t>19.30</t>
+  </si>
+  <si>
+    <t>12.13</t>
+  </si>
+  <si>
+    <t>Иван Белик</t>
+  </si>
+  <si>
+    <t>20.20</t>
+  </si>
+  <si>
+    <t>16.40</t>
+  </si>
+  <si>
+    <t>Александр Смирнов</t>
+  </si>
+  <si>
+    <t>23.27</t>
+  </si>
+  <si>
+    <t>19.44</t>
+  </si>
+  <si>
+    <t>Константин Соколов</t>
+  </si>
+  <si>
+    <t>30.10</t>
+  </si>
+  <si>
+    <t>23.59</t>
+  </si>
+  <si>
+    <t>Виктор Мукконен</t>
+  </si>
+  <si>
+    <t>38.69</t>
+  </si>
+  <si>
+    <t>29.31</t>
+  </si>
+  <si>
+    <t>Николай Борисенко</t>
+  </si>
+  <si>
+    <t>1:06.27</t>
+  </si>
+  <si>
+    <t>53.60</t>
+  </si>
+  <si>
+    <t>Адам Мелкумов</t>
+  </si>
+  <si>
+    <t>2:09.74</t>
+  </si>
+  <si>
+    <t>1:36.38</t>
   </si>
   <si>
     <t>Денис Фокин</t>
-  </si>
-[...94 lines deleted...]
-    <t>1:36.38</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -979,192 +970,184 @@
     <row r="21" spans="1:4">
       <c r="A21">
         <v>20</v>
       </c>
       <c r="B21" t="s">
         <v>61</v>
       </c>
       <c r="C21" s="1" t="s">
         <v>62</v>
       </c>
       <c r="D21" t="s">
         <v>63</v>
       </c>
     </row>
     <row r="22" spans="1:4">
       <c r="A22">
         <v>21</v>
       </c>
       <c r="B22" t="s">
         <v>64</v>
       </c>
       <c r="C22" s="1" t="s">
         <v>65</v>
       </c>
       <c r="D22" t="s">
-        <v>66</v>
+        <v>59</v>
       </c>
     </row>
     <row r="23" spans="1:4">
       <c r="A23">
         <v>22</v>
       </c>
       <c r="B23" t="s">
+        <v>66</v>
+      </c>
+      <c r="C23" s="1" t="s">
         <v>67</v>
       </c>
-      <c r="C23" s="1" t="s">
+      <c r="D23" t="s">
         <v>68</v>
-      </c>
-[...1 lines deleted...]
-        <v>69</v>
       </c>
     </row>
     <row r="24" spans="1:4">
       <c r="A24">
         <v>23</v>
       </c>
       <c r="B24" t="s">
+        <v>69</v>
+      </c>
+      <c r="C24" s="1" t="s">
         <v>70</v>
       </c>
-      <c r="C24" s="1" t="s">
+      <c r="D24" t="s">
         <v>71</v>
-      </c>
-[...1 lines deleted...]
-        <v>72</v>
       </c>
     </row>
     <row r="25" spans="1:4">
       <c r="A25">
         <v>24</v>
       </c>
       <c r="B25" t="s">
+        <v>72</v>
+      </c>
+      <c r="C25" s="1" t="s">
         <v>73</v>
       </c>
-      <c r="C25" s="1" t="s">
+      <c r="D25" t="s">
         <v>74</v>
-      </c>
-[...1 lines deleted...]
-        <v>75</v>
       </c>
     </row>
     <row r="26" spans="1:4">
       <c r="A26">
         <v>25</v>
       </c>
       <c r="B26" t="s">
+        <v>75</v>
+      </c>
+      <c r="C26" s="1" t="s">
         <v>76</v>
       </c>
-      <c r="C26" s="1" t="s">
+      <c r="D26" t="s">
         <v>77</v>
-      </c>
-[...1 lines deleted...]
-        <v>78</v>
       </c>
     </row>
     <row r="27" spans="1:4">
       <c r="A27">
         <v>26</v>
       </c>
       <c r="B27" t="s">
+        <v>78</v>
+      </c>
+      <c r="C27" s="1" t="s">
         <v>79</v>
       </c>
-      <c r="C27" s="1" t="s">
+      <c r="D27" t="s">
         <v>80</v>
-      </c>
-[...1 lines deleted...]
-        <v>81</v>
       </c>
     </row>
     <row r="28" spans="1:4">
       <c r="A28">
         <v>27</v>
       </c>
       <c r="B28" t="s">
+        <v>81</v>
+      </c>
+      <c r="C28" s="1" t="s">
         <v>82</v>
       </c>
-      <c r="C28" s="1" t="s">
+      <c r="D28" t="s">
         <v>83</v>
-      </c>
-[...1 lines deleted...]
-        <v>84</v>
       </c>
     </row>
     <row r="29" spans="1:4">
       <c r="A29">
         <v>28</v>
       </c>
       <c r="B29" t="s">
+        <v>84</v>
+      </c>
+      <c r="C29" s="1" t="s">
         <v>85</v>
       </c>
-      <c r="C29" s="1" t="s">
+      <c r="D29" t="s">
         <v>86</v>
-      </c>
-[...1 lines deleted...]
-        <v>87</v>
       </c>
     </row>
     <row r="30" spans="1:4">
       <c r="A30">
         <v>29</v>
       </c>
       <c r="B30" t="s">
+        <v>87</v>
+      </c>
+      <c r="C30" s="1" t="s">
         <v>88</v>
       </c>
-      <c r="C30" s="1" t="s">
+      <c r="D30" t="s">
         <v>89</v>
-      </c>
-[...1 lines deleted...]
-        <v>90</v>
       </c>
     </row>
     <row r="31" spans="1:4">
       <c r="A31">
         <v>30</v>
       </c>
       <c r="B31" t="s">
+        <v>90</v>
+      </c>
+      <c r="C31" s="1" t="s">
         <v>91</v>
       </c>
-      <c r="C31" s="1" t="s">
+      <c r="D31" t="s">
         <v>92</v>
       </c>
-      <c r="D31" t="s">
+    </row>
+    <row r="32" spans="1:4">
+      <c r="B32" t="s">
         <v>93</v>
       </c>
-    </row>
-[...12 lines deleted...]
-      </c>
+      <c r="C32" s="1"/>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">