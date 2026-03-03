--- v0 (2025-11-30)
+++ v1 (2026-03-03)
@@ -50,69 +50,69 @@
   <si>
     <t>Артём Куликов</t>
   </si>
   <si>
     <t>3.11</t>
   </si>
   <si>
     <t>1.66</t>
   </si>
   <si>
     <t>Андрей Панов</t>
   </si>
   <si>
     <t>3.87</t>
   </si>
   <si>
     <t>2.30</t>
   </si>
   <si>
     <t>Андрей Жуков</t>
   </si>
   <si>
     <t>3.98</t>
   </si>
   <si>
-    <t>2.76</t>
+    <t>2.77</t>
+  </si>
+  <si>
+    <t>Платон Кабаков</t>
+  </si>
+  <si>
+    <t>4.48</t>
+  </si>
+  <si>
+    <t>3.04</t>
   </si>
   <si>
     <t>Анатолий Туренко</t>
   </si>
   <si>
-    <t>4.17</t>
-[...11 lines deleted...]
-    <t>3.04</t>
+    <t>4.63</t>
+  </si>
+  <si>
+    <t>2.81</t>
   </si>
   <si>
     <t>Арсений Павлов</t>
   </si>
   <si>
     <t>5.16</t>
   </si>
   <si>
     <t>2.73</t>
   </si>
   <si>
     <t>Александр Катюков</t>
   </si>
   <si>
     <t>5.35</t>
   </si>
   <si>
     <t>2.15</t>
   </si>
   <si>
     <t>Дмитрий Колотвин</t>
   </si>
   <si>
     <t>5.38</t>
   </si>