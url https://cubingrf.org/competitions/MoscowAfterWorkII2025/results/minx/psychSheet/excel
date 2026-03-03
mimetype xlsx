--- v0 (2025-11-30)
+++ v1 (2026-03-03)
@@ -131,51 +131,51 @@
   <si>
     <t>Антон Бережнов</t>
   </si>
   <si>
     <t>1:32.70</t>
   </si>
   <si>
     <t>1:23.47</t>
   </si>
   <si>
     <t>Никита Чесноков</t>
   </si>
   <si>
     <t>1:57.57</t>
   </si>
   <si>
     <t>1:43.88</t>
   </si>
   <si>
     <t>Александр Катюков</t>
   </si>
   <si>
     <t>2:49.84</t>
   </si>
   <si>
-    <t>2:14.39</t>
+    <t>2:39.41</t>
   </si>
   <si>
     <t>Алексей Бережнов</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>