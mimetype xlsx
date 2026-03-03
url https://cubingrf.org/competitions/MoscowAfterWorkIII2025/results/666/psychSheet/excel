--- v0 (2026-01-15)
+++ v1 (2026-03-03)
@@ -38,162 +38,162 @@
   <si>
     <t>#</t>
   </si>
   <si>
     <t>Имя и фамилия участника</t>
   </si>
   <si>
     <t>Среднее</t>
   </si>
   <si>
     <t>Лучшее</t>
   </si>
   <si>
     <t>Олег Аккерман</t>
   </si>
   <si>
     <t>1:45.78</t>
   </si>
   <si>
     <t>1:42.86</t>
   </si>
   <si>
     <t>Андрей Панов</t>
   </si>
   <si>
-    <t>1:48.55</t>
-[...2 lines deleted...]
-    <t>1:44.57</t>
+    <t>1:46.68</t>
+  </si>
+  <si>
+    <t>1:43.51</t>
   </si>
   <si>
     <t>Данила Рябинин</t>
   </si>
   <si>
     <t>1:49.68</t>
   </si>
   <si>
     <t>1:39.58</t>
   </si>
   <si>
     <t>Владислав Мельников</t>
   </si>
   <si>
     <t>1:51.94</t>
   </si>
   <si>
     <t>1:46.19</t>
   </si>
   <si>
+    <t>Георгий Исанов</t>
+  </si>
+  <si>
+    <t>1:53.25</t>
+  </si>
+  <si>
+    <t>1:43.19</t>
+  </si>
+  <si>
     <t>Лев Маслов</t>
   </si>
   <si>
     <t>1:56.83</t>
   </si>
   <si>
     <t>1:50.61</t>
   </si>
   <si>
-    <t>Георгий Исанов</t>
-[...7 lines deleted...]
-  <si>
     <t>Роман Шилов</t>
   </si>
   <si>
     <t>2:01.63</t>
   </si>
   <si>
     <t>1:54.06</t>
   </si>
   <si>
+    <t>Арсений Павлов</t>
+  </si>
+  <si>
+    <t>2:09.88</t>
+  </si>
+  <si>
+    <t>2:06.99</t>
+  </si>
+  <si>
     <t>Александр Кропотов</t>
   </si>
   <si>
     <t>2:23.57</t>
   </si>
   <si>
     <t>2:15.10</t>
   </si>
   <si>
-    <t>Арсений Павлов</t>
-[...7 lines deleted...]
-  <si>
     <t>Александр Герасимов</t>
   </si>
   <si>
     <t>2:27.42</t>
   </si>
   <si>
     <t>2:21.85</t>
   </si>
   <si>
     <t>Андрей Жуков</t>
   </si>
   <si>
     <t>2:45.80</t>
   </si>
   <si>
     <t>2:36.84</t>
   </si>
   <si>
     <t>Никита Чесноков</t>
   </si>
   <si>
     <t>2:52.14</t>
   </si>
   <si>
     <t>2:33.19</t>
   </si>
   <si>
     <t>Егор Корчагин</t>
   </si>
   <si>
     <t>3:00.89</t>
   </si>
   <si>
     <t>2:45.59</t>
   </si>
   <si>
     <t>Александр Катюков</t>
   </si>
   <si>
-    <t>6:07.29</t>
-[...2 lines deleted...]
-    <t>5:29.98</t>
+    <t>5:15.63</t>
+  </si>
+  <si>
+    <t>4:39.45</t>
   </si>
   <si>
     <t>Пётр Шипицин</t>
   </si>
   <si>
     <t>7:32.20</t>
   </si>
   <si>
     <t>5:41.34</t>
   </si>
   <si>
     <t>Анастасия Вергунова</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>