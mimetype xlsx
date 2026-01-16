--- v0 (2025-11-30)
+++ v1 (2026-01-16)
@@ -29,51 +29,51 @@
     <sheet name="skewb" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="82">
   <si>
     <t>#</t>
   </si>
   <si>
     <t>Имя и фамилия участника</t>
   </si>
   <si>
     <t>Среднее</t>
   </si>
   <si>
     <t>Лучшее</t>
   </si>
   <si>
     <t>Екатерина Канева</t>
   </si>
   <si>
-    <t>2.56</t>
+    <t>2.35</t>
   </si>
   <si>
     <t>1.07</t>
   </si>
   <si>
     <t>Артём Куликов</t>
   </si>
   <si>
     <t>3.11</t>
   </si>
   <si>
     <t>1.66</t>
   </si>
   <si>
     <t>Роман Шилов</t>
   </si>
   <si>
     <t>3.13</t>
   </si>
   <si>
     <t>1.87</t>
   </si>
   <si>
     <t>Олег Кремлёв</t>
   </si>
@@ -131,51 +131,51 @@
   <si>
     <t>Арсений Павлов</t>
   </si>
   <si>
     <t>5.16</t>
   </si>
   <si>
     <t>2.73</t>
   </si>
   <si>
     <t>Александр Катюков</t>
   </si>
   <si>
     <t>5.35</t>
   </si>
   <si>
     <t>2.15</t>
   </si>
   <si>
     <t>Андрей Кошелев</t>
   </si>
   <si>
     <t>5.48</t>
   </si>
   <si>
-    <t>4.04</t>
+    <t>3.83</t>
   </si>
   <si>
     <t>Максим Демченко</t>
   </si>
   <si>
     <t>5.53</t>
   </si>
   <si>
     <t>2.44</t>
   </si>
   <si>
     <t>Дарья Елисеева</t>
   </si>
   <si>
     <t>6.17</t>
   </si>
   <si>
     <t>3.42</t>
   </si>
   <si>
     <t>Антон Бережнов</t>
   </si>
   <si>
     <t>6.85</t>
   </si>
@@ -254,54 +254,54 @@
   <si>
     <t>9.68</t>
   </si>
   <si>
     <t>Алексей Бережнов</t>
   </si>
   <si>
     <t>14.10</t>
   </si>
   <si>
     <t>9.15</t>
   </si>
   <si>
     <t>Игорь Петров</t>
   </si>
   <si>
     <t>15.70</t>
   </si>
   <si>
     <t>14.06</t>
   </si>
   <si>
     <t>Евгений Амосов</t>
   </si>
   <si>
-    <t>21.40</t>
-[...2 lines deleted...]
-    <t>15.67</t>
+    <t>19.14</t>
+  </si>
+  <si>
+    <t>12.04</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>