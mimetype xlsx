--- v1 (2026-01-16)
+++ v2 (2026-03-03)
@@ -68,78 +68,78 @@
   <si>
     <t>Роман Шилов</t>
   </si>
   <si>
     <t>3.13</t>
   </si>
   <si>
     <t>1.87</t>
   </si>
   <si>
     <t>Олег Кремлёв</t>
   </si>
   <si>
     <t>3.89</t>
   </si>
   <si>
     <t>2.24</t>
   </si>
   <si>
     <t>Андрей Жуков</t>
   </si>
   <si>
     <t>3.98</t>
   </si>
   <si>
-    <t>2.76</t>
+    <t>2.77</t>
+  </si>
+  <si>
+    <t>Анастасия Майкова</t>
+  </si>
+  <si>
+    <t>4.38</t>
+  </si>
+  <si>
+    <t>2.60</t>
+  </si>
+  <si>
+    <t>Степан Мельников</t>
+  </si>
+  <si>
+    <t>4.43</t>
+  </si>
+  <si>
+    <t>2.83</t>
   </si>
   <si>
     <t>Анатолий Туренко</t>
   </si>
   <si>
-    <t>4.17</t>
-[...20 lines deleted...]
-    <t>2.83</t>
+    <t>4.63</t>
+  </si>
+  <si>
+    <t>2.81</t>
   </si>
   <si>
     <t>Максим Знаменщиков</t>
   </si>
   <si>
     <t>4.75</t>
   </si>
   <si>
     <t>3.02</t>
   </si>
   <si>
     <t>Арсений Павлов</t>
   </si>
   <si>
     <t>5.16</t>
   </si>
   <si>
     <t>2.73</t>
   </si>
   <si>
     <t>Александр Катюков</t>
   </si>
   <si>
     <t>5.35</t>
   </si>
@@ -176,51 +176,51 @@
   <si>
     <t>Антон Бережнов</t>
   </si>
   <si>
     <t>6.85</t>
   </si>
   <si>
     <t>4.49</t>
   </si>
   <si>
     <t>Никита Чесноков</t>
   </si>
   <si>
     <t>7.14</t>
   </si>
   <si>
     <t>4.40</t>
   </si>
   <si>
     <t>Александр Кропотов</t>
   </si>
   <si>
     <t>7.86</t>
   </si>
   <si>
-    <t>6.54</t>
+    <t>5.18</t>
   </si>
   <si>
     <t>Василий Николашин</t>
   </si>
   <si>
     <t>8.24</t>
   </si>
   <si>
     <t>4.66</t>
   </si>
   <si>
     <t>Иван Доманин</t>
   </si>
   <si>
     <t>8.25</t>
   </si>
   <si>
     <t>5.98</t>
   </si>
   <si>
     <t>Спиридон Якунин</t>
   </si>
   <si>
     <t>8.78</t>
   </si>