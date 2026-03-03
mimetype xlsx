--- v0 (2026-01-15)
+++ v1 (2026-03-03)
@@ -29,51 +29,51 @@
     <sheet name="333oh" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="63">
   <si>
     <t>#</t>
   </si>
   <si>
     <t>Имя и фамилия участника</t>
   </si>
   <si>
     <t>Среднее</t>
   </si>
   <si>
     <t>Лучшее</t>
   </si>
   <si>
     <t>Анатолий Туренко</t>
   </si>
   <si>
-    <t>10.75</t>
+    <t>11.70</t>
   </si>
   <si>
     <t>8.87</t>
   </si>
   <si>
     <t>Олег Кремлёв</t>
   </si>
   <si>
     <t>12.25</t>
   </si>
   <si>
     <t>9.52</t>
   </si>
   <si>
     <t>Максим Ильин</t>
   </si>
   <si>
     <t>13.82</t>
   </si>
   <si>
     <t>10.29</t>
   </si>
   <si>
     <t>Лев Маслов</t>
   </si>
@@ -131,78 +131,78 @@
   <si>
     <t>Андрей Кошелев</t>
   </si>
   <si>
     <t>24.28</t>
   </si>
   <si>
     <t>16.95</t>
   </si>
   <si>
     <t>Василий Николашин</t>
   </si>
   <si>
     <t>24.94</t>
   </si>
   <si>
     <t>17.83</t>
   </si>
   <si>
     <t>Карен Заргарян</t>
   </si>
   <si>
     <t>26.34</t>
   </si>
   <si>
-    <t>24.46</t>
+    <t>22.67</t>
   </si>
   <si>
     <t>Никита Чесноков</t>
   </si>
   <si>
     <t>28.50</t>
   </si>
   <si>
     <t>20.05</t>
   </si>
   <si>
     <t>Антон Бережнов</t>
   </si>
   <si>
     <t>28.64</t>
   </si>
   <si>
     <t>23.62</t>
   </si>
   <si>
     <t>Александр Катюков</t>
   </si>
   <si>
     <t>32.01</t>
   </si>
   <si>
-    <t>27.45</t>
+    <t>28.23</t>
   </si>
   <si>
     <t>Кирилл Пригода</t>
   </si>
   <si>
     <t>34.72</t>
   </si>
   <si>
     <t>32.24</t>
   </si>
   <si>
     <t>Александр Дембицкий</t>
   </si>
   <si>
     <t>40.99</t>
   </si>
   <si>
     <t>33.27</t>
   </si>
   <si>
     <t>Алексей Бережнов</t>
   </si>
   <si>
     <t>52.32</t>
   </si>