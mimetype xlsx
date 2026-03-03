--- v0 (2026-01-15)
+++ v1 (2026-03-03)
@@ -26,180 +26,180 @@
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="555" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="55">
   <si>
     <t>#</t>
   </si>
   <si>
     <t>Имя и фамилия участника</t>
   </si>
   <si>
     <t>Среднее</t>
   </si>
   <si>
     <t>Лучшее</t>
   </si>
   <si>
+    <t>Анатолий Туренко</t>
+  </si>
+  <si>
+    <t>52.82</t>
+  </si>
+  <si>
+    <t>46.09</t>
+  </si>
+  <si>
     <t>Андрей Панов</t>
   </si>
   <si>
     <t>53.03</t>
   </si>
   <si>
     <t>48.87</t>
   </si>
   <si>
-    <t>Анатолий Туренко</t>
-[...7 lines deleted...]
-  <si>
     <t>Владислав Мельников</t>
   </si>
   <si>
     <t>54.29</t>
   </si>
   <si>
     <t>48.61</t>
   </si>
   <si>
     <t>Екатерина Канева</t>
   </si>
   <si>
     <t>1:00.78</t>
   </si>
   <si>
-    <t>59.22</t>
+    <t>58.17</t>
   </si>
   <si>
     <t>Александр Докин</t>
   </si>
   <si>
     <t>1:01.12</t>
   </si>
   <si>
     <t>54.00</t>
   </si>
   <si>
     <t>Роман Шилов</t>
   </si>
   <si>
     <t>1:03.07</t>
   </si>
   <si>
     <t>55.39</t>
   </si>
   <si>
     <t>Лев Маслов</t>
   </si>
   <si>
     <t>1:05.50</t>
   </si>
   <si>
     <t>59.74</t>
   </si>
   <si>
     <t>Арсений Павлов</t>
   </si>
   <si>
-    <t>1:09.06</t>
-[...2 lines deleted...]
-    <t>1:02.16</t>
+    <t>1:07.50</t>
+  </si>
+  <si>
+    <t>1:00.94</t>
   </si>
   <si>
     <t>Полина Лаптева</t>
   </si>
   <si>
     <t>1:09.32</t>
   </si>
   <si>
-    <t>1:00.05</t>
+    <t>57.96</t>
   </si>
   <si>
     <t>Артём Курицын</t>
   </si>
   <si>
     <t>1:11.34</t>
   </si>
   <si>
     <t>1:03.90</t>
   </si>
   <si>
+    <t>Дмитрий Тупис</t>
+  </si>
+  <si>
+    <t>1:16.42</t>
+  </si>
+  <si>
+    <t>1:08.33</t>
+  </si>
+  <si>
     <t>Карен Заргарян</t>
   </si>
   <si>
     <t>1:16.70</t>
   </si>
   <si>
     <t>1:09.75</t>
   </si>
   <si>
-    <t>Дмитрий Тупис</t>
-[...7 lines deleted...]
-  <si>
     <t>Никита Чесноков</t>
   </si>
   <si>
     <t>1:24.33</t>
   </si>
   <si>
     <t>1:19.54</t>
   </si>
   <si>
     <t>Андрей Жуков</t>
   </si>
   <si>
     <t>1:27.92</t>
   </si>
   <si>
     <t>1:14.82</t>
   </si>
   <si>
     <t>Ольга Ясакова</t>
   </si>
   <si>
-    <t>1:30.99</t>
+    <t>1:29.76</t>
   </si>
   <si>
     <t>1:15.87</t>
   </si>
   <si>
     <t>Евгений Амосов</t>
   </si>
   <si>
     <t>2:36.99</t>
   </si>
   <si>
     <t>2:26.33</t>
   </si>
   <si>
     <t>Константин Васильев</t>
   </si>
   <si>
     <t>2:38.53</t>
   </si>
   <si>
     <t>2:32.28</t>
   </si>
 </sst>
 </file>
 