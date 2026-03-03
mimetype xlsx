--- v0 (2026-01-15)
+++ v1 (2026-03-03)
@@ -29,162 +29,162 @@
     <sheet name="666" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="49">
   <si>
     <t>#</t>
   </si>
   <si>
     <t>Имя и фамилия участника</t>
   </si>
   <si>
     <t>Среднее</t>
   </si>
   <si>
     <t>Лучшее</t>
   </si>
   <si>
     <t>Андрей Панов</t>
   </si>
   <si>
-    <t>1:48.55</t>
-[...2 lines deleted...]
-    <t>1:44.57</t>
+    <t>1:46.68</t>
+  </si>
+  <si>
+    <t>1:43.51</t>
   </si>
   <si>
     <t>Александр Докин</t>
   </si>
   <si>
     <t>1:51.08</t>
   </si>
   <si>
     <t>1:43.20</t>
   </si>
   <si>
     <t>Владислав Мельников</t>
   </si>
   <si>
     <t>1:51.94</t>
   </si>
   <si>
     <t>1:46.19</t>
   </si>
   <si>
     <t>Анатолий Туренко</t>
   </si>
   <si>
     <t>1:53.20</t>
   </si>
   <si>
     <t>1:47.25</t>
   </si>
   <si>
+    <t>Екатерина Канева</t>
+  </si>
+  <si>
+    <t>1:56.43</t>
+  </si>
+  <si>
+    <t>1:41.07</t>
+  </si>
+  <si>
     <t>Лев Маслов</t>
   </si>
   <si>
     <t>1:56.83</t>
   </si>
   <si>
     <t>1:50.61</t>
   </si>
   <si>
-    <t>Екатерина Канева</t>
-[...7 lines deleted...]
-  <si>
     <t>Роман Шилов</t>
   </si>
   <si>
     <t>2:01.63</t>
   </si>
   <si>
     <t>1:54.06</t>
   </si>
   <si>
+    <t>Арсений Павлов</t>
+  </si>
+  <si>
+    <t>2:09.88</t>
+  </si>
+  <si>
+    <t>2:06.99</t>
+  </si>
+  <si>
     <t>Полина Лаптева</t>
   </si>
   <si>
     <t>2:15.45</t>
   </si>
   <si>
     <t>2:00.70</t>
   </si>
   <si>
-    <t>Арсений Павлов</t>
-[...7 lines deleted...]
-  <si>
     <t>Дмитрий Тупис</t>
   </si>
   <si>
     <t>2:29.30</t>
   </si>
   <si>
     <t>2:15.36</t>
   </si>
   <si>
     <t>Артём Курицын</t>
   </si>
   <si>
     <t>2:31.98</t>
   </si>
   <si>
     <t>2:23.05</t>
   </si>
   <si>
+    <t>Ольга Ясакова</t>
+  </si>
+  <si>
+    <t>2:42.41</t>
+  </si>
+  <si>
+    <t>2:36.82</t>
+  </si>
+  <si>
     <t>Андрей Жуков</t>
   </si>
   <si>
     <t>2:45.80</t>
   </si>
   <si>
     <t>2:36.84</t>
-  </si>
-[...7 lines deleted...]
-    <t>2:39.72</t>
   </si>
   <si>
     <t>Никита Чесноков</t>
   </si>
   <si>
     <t>2:52.14</t>
   </si>
   <si>
     <t>2:33.19</t>
   </si>
   <si>
     <t>Евгений Амосов</t>
   </si>
   <si>
     <t>6:59.07</t>
   </si>
   <si>
     <t>6:15.24</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>