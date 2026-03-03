--- v0 (2026-01-15)
+++ v1 (2026-03-03)
@@ -12,179 +12,173 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="333" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="76">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="74">
   <si>
     <t>#</t>
   </si>
   <si>
     <t>Имя и фамилия участника</t>
   </si>
   <si>
     <t>Среднее</t>
   </si>
   <si>
     <t>Лучшее</t>
   </si>
   <si>
     <t>Олег Кремлёв</t>
   </si>
   <si>
     <t>8.62</t>
   </si>
   <si>
     <t>7.09</t>
   </si>
   <si>
     <t>Азамат Туко</t>
   </si>
   <si>
-    <t>9.50</t>
+    <t>9.73</t>
   </si>
   <si>
     <t>5.65</t>
   </si>
   <si>
     <t>Андрей Маслов</t>
   </si>
   <si>
-    <t>9.64</t>
-[...1 lines deleted...]
-  <si>
     <t>7.61</t>
   </si>
   <si>
     <t>Седа Сукясова</t>
   </si>
   <si>
     <t>10.28</t>
   </si>
   <si>
     <t>9.32</t>
   </si>
   <si>
     <t>Андрей Кошелев</t>
   </si>
   <si>
     <t>10.98</t>
   </si>
   <si>
-    <t>9.13</t>
+    <t>8.52</t>
   </si>
   <si>
     <t>Дмитрий Резяпкин</t>
   </si>
   <si>
     <t>11.21</t>
   </si>
   <si>
     <t>9.38</t>
   </si>
   <si>
     <t>Дмитрий Родин</t>
   </si>
   <si>
     <t>11.27</t>
   </si>
   <si>
     <t>9.36</t>
   </si>
   <si>
     <t>Василий Николашин</t>
   </si>
   <si>
     <t>11.73</t>
   </si>
   <si>
     <t>9.58</t>
   </si>
   <si>
     <t>Антон Бережнов</t>
   </si>
   <si>
     <t>12.00</t>
   </si>
   <si>
-    <t>9.73</t>
+    <t>Карен Заргарян</t>
+  </si>
+  <si>
+    <t>12.92</t>
+  </si>
+  <si>
+    <t>11.69</t>
   </si>
   <si>
     <t>Александр Минко</t>
   </si>
   <si>
-    <t>14.22</t>
-[...11 lines deleted...]
-    <t>13.19</t>
+    <t>13.88</t>
+  </si>
+  <si>
+    <t>11.95</t>
   </si>
   <si>
     <t>Максим Приходько</t>
   </si>
   <si>
     <t>14.89</t>
   </si>
   <si>
     <t>13.45</t>
   </si>
   <si>
     <t>Александр Катюков</t>
   </si>
   <si>
     <t>15.16</t>
   </si>
   <si>
-    <t>10.01</t>
+    <t>12.84</t>
   </si>
   <si>
     <t>Роберт Набиуллин</t>
   </si>
   <si>
     <t>15.19</t>
   </si>
   <si>
     <t>12.88</t>
   </si>
   <si>
     <t>Николай Тензин</t>
   </si>
   <si>
     <t>15.76</t>
   </si>
   <si>
     <t>14.06</t>
   </si>
   <si>
     <t>Александр Дембицкий</t>
   </si>
   <si>
     <t>16.61</t>
   </si>
@@ -661,348 +655,348 @@
         <v>6</v>
       </c>
     </row>
     <row r="3" spans="1:4">
       <c r="A3">
         <v>2</v>
       </c>
       <c r="B3" t="s">
         <v>7</v>
       </c>
       <c r="C3" s="1" t="s">
         <v>8</v>
       </c>
       <c r="D3" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="4" spans="1:4">
       <c r="A4">
         <v>3</v>
       </c>
       <c r="B4" t="s">
         <v>10</v>
       </c>
       <c r="C4" s="1" t="s">
+        <v>8</v>
+      </c>
+      <c r="D4" t="s">
         <v>11</v>
-      </c>
-[...1 lines deleted...]
-        <v>12</v>
       </c>
     </row>
     <row r="5" spans="1:4">
       <c r="A5">
         <v>4</v>
       </c>
       <c r="B5" t="s">
+        <v>12</v>
+      </c>
+      <c r="C5" s="1" t="s">
         <v>13</v>
       </c>
-      <c r="C5" s="1" t="s">
+      <c r="D5" t="s">
         <v>14</v>
-      </c>
-[...1 lines deleted...]
-        <v>15</v>
       </c>
     </row>
     <row r="6" spans="1:4">
       <c r="A6">
         <v>5</v>
       </c>
       <c r="B6" t="s">
+        <v>15</v>
+      </c>
+      <c r="C6" s="1" t="s">
         <v>16</v>
       </c>
-      <c r="C6" s="1" t="s">
+      <c r="D6" t="s">
         <v>17</v>
-      </c>
-[...1 lines deleted...]
-        <v>18</v>
       </c>
     </row>
     <row r="7" spans="1:4">
       <c r="A7">
         <v>6</v>
       </c>
       <c r="B7" t="s">
+        <v>18</v>
+      </c>
+      <c r="C7" s="1" t="s">
         <v>19</v>
       </c>
-      <c r="C7" s="1" t="s">
+      <c r="D7" t="s">
         <v>20</v>
-      </c>
-[...1 lines deleted...]
-        <v>21</v>
       </c>
     </row>
     <row r="8" spans="1:4">
       <c r="A8">
         <v>7</v>
       </c>
       <c r="B8" t="s">
+        <v>21</v>
+      </c>
+      <c r="C8" s="1" t="s">
         <v>22</v>
       </c>
-      <c r="C8" s="1" t="s">
+      <c r="D8" t="s">
         <v>23</v>
-      </c>
-[...1 lines deleted...]
-        <v>24</v>
       </c>
     </row>
     <row r="9" spans="1:4">
       <c r="A9">
         <v>8</v>
       </c>
       <c r="B9" t="s">
+        <v>24</v>
+      </c>
+      <c r="C9" s="1" t="s">
         <v>25</v>
       </c>
-      <c r="C9" s="1" t="s">
+      <c r="D9" t="s">
         <v>26</v>
-      </c>
-[...1 lines deleted...]
-        <v>27</v>
       </c>
     </row>
     <row r="10" spans="1:4">
       <c r="A10">
         <v>9</v>
       </c>
       <c r="B10" t="s">
+        <v>27</v>
+      </c>
+      <c r="C10" s="1" t="s">
         <v>28</v>
       </c>
-      <c r="C10" s="1" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D10" t="s">
-        <v>30</v>
+        <v>8</v>
       </c>
     </row>
     <row r="11" spans="1:4">
       <c r="A11">
         <v>10</v>
       </c>
       <c r="B11" t="s">
+        <v>29</v>
+      </c>
+      <c r="C11" s="1" t="s">
+        <v>30</v>
+      </c>
+      <c r="D11" t="s">
         <v>31</v>
-      </c>
-[...4 lines deleted...]
-        <v>33</v>
       </c>
     </row>
     <row r="12" spans="1:4">
       <c r="A12">
         <v>11</v>
       </c>
       <c r="B12" t="s">
+        <v>32</v>
+      </c>
+      <c r="C12" s="1" t="s">
+        <v>33</v>
+      </c>
+      <c r="D12" t="s">
         <v>34</v>
-      </c>
-[...4 lines deleted...]
-        <v>36</v>
       </c>
     </row>
     <row r="13" spans="1:4">
       <c r="A13">
         <v>12</v>
       </c>
       <c r="B13" t="s">
+        <v>35</v>
+      </c>
+      <c r="C13" s="1" t="s">
+        <v>36</v>
+      </c>
+      <c r="D13" t="s">
         <v>37</v>
-      </c>
-[...4 lines deleted...]
-        <v>39</v>
       </c>
     </row>
     <row r="14" spans="1:4">
       <c r="A14">
         <v>13</v>
       </c>
       <c r="B14" t="s">
+        <v>38</v>
+      </c>
+      <c r="C14" s="1" t="s">
+        <v>39</v>
+      </c>
+      <c r="D14" t="s">
         <v>40</v>
-      </c>
-[...4 lines deleted...]
-        <v>42</v>
       </c>
     </row>
     <row r="15" spans="1:4">
       <c r="A15">
         <v>14</v>
       </c>
       <c r="B15" t="s">
+        <v>41</v>
+      </c>
+      <c r="C15" s="1" t="s">
+        <v>42</v>
+      </c>
+      <c r="D15" t="s">
         <v>43</v>
-      </c>
-[...4 lines deleted...]
-        <v>45</v>
       </c>
     </row>
     <row r="16" spans="1:4">
       <c r="A16">
         <v>15</v>
       </c>
       <c r="B16" t="s">
+        <v>44</v>
+      </c>
+      <c r="C16" s="1" t="s">
+        <v>45</v>
+      </c>
+      <c r="D16" t="s">
         <v>46</v>
-      </c>
-[...4 lines deleted...]
-        <v>48</v>
       </c>
     </row>
     <row r="17" spans="1:4">
       <c r="A17">
         <v>16</v>
       </c>
       <c r="B17" t="s">
+        <v>47</v>
+      </c>
+      <c r="C17" s="1" t="s">
+        <v>48</v>
+      </c>
+      <c r="D17" t="s">
         <v>49</v>
-      </c>
-[...4 lines deleted...]
-        <v>51</v>
       </c>
     </row>
     <row r="18" spans="1:4">
       <c r="A18">
         <v>17</v>
       </c>
       <c r="B18" t="s">
+        <v>50</v>
+      </c>
+      <c r="C18" s="1" t="s">
+        <v>51</v>
+      </c>
+      <c r="D18" t="s">
         <v>52</v>
-      </c>
-[...4 lines deleted...]
-        <v>54</v>
       </c>
     </row>
     <row r="19" spans="1:4">
       <c r="A19">
         <v>18</v>
       </c>
       <c r="B19" t="s">
+        <v>53</v>
+      </c>
+      <c r="C19" s="1" t="s">
+        <v>54</v>
+      </c>
+      <c r="D19" t="s">
         <v>55</v>
-      </c>
-[...4 lines deleted...]
-        <v>57</v>
       </c>
     </row>
     <row r="20" spans="1:4">
       <c r="A20">
         <v>19</v>
       </c>
       <c r="B20" t="s">
+        <v>56</v>
+      </c>
+      <c r="C20" s="1" t="s">
+        <v>57</v>
+      </c>
+      <c r="D20" t="s">
         <v>58</v>
-      </c>
-[...4 lines deleted...]
-        <v>60</v>
       </c>
     </row>
     <row r="21" spans="1:4">
       <c r="A21">
         <v>20</v>
       </c>
       <c r="B21" t="s">
+        <v>59</v>
+      </c>
+      <c r="C21" s="1" t="s">
+        <v>60</v>
+      </c>
+      <c r="D21" t="s">
         <v>61</v>
-      </c>
-[...4 lines deleted...]
-        <v>63</v>
       </c>
     </row>
     <row r="22" spans="1:4">
       <c r="A22">
         <v>21</v>
       </c>
       <c r="B22" t="s">
+        <v>62</v>
+      </c>
+      <c r="C22" s="1" t="s">
+        <v>63</v>
+      </c>
+      <c r="D22" t="s">
         <v>64</v>
-      </c>
-[...4 lines deleted...]
-        <v>66</v>
       </c>
     </row>
     <row r="23" spans="1:4">
       <c r="A23">
         <v>22</v>
       </c>
       <c r="B23" t="s">
+        <v>65</v>
+      </c>
+      <c r="C23" s="1" t="s">
+        <v>66</v>
+      </c>
+      <c r="D23" t="s">
         <v>67</v>
-      </c>
-[...4 lines deleted...]
-        <v>69</v>
       </c>
     </row>
     <row r="24" spans="1:4">
       <c r="A24">
         <v>23</v>
       </c>
       <c r="B24" t="s">
+        <v>68</v>
+      </c>
+      <c r="C24" s="1" t="s">
+        <v>69</v>
+      </c>
+      <c r="D24" t="s">
         <v>70</v>
-      </c>
-[...4 lines deleted...]
-        <v>72</v>
       </c>
     </row>
     <row r="25" spans="1:4">
       <c r="A25">
         <v>24</v>
       </c>
       <c r="B25" t="s">
+        <v>71</v>
+      </c>
+      <c r="C25" s="1" t="s">
+        <v>72</v>
+      </c>
+      <c r="D25" t="s">
         <v>73</v>
-      </c>
-[...4 lines deleted...]
-        <v>75</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>