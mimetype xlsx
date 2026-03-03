--- v0 (2026-01-15)
+++ v1 (2026-03-03)
@@ -50,159 +50,159 @@
   <si>
     <t>Арсений Павлов</t>
   </si>
   <si>
     <t>1.71</t>
   </si>
   <si>
     <t>1.07</t>
   </si>
   <si>
     <t>Платон Кабаков</t>
   </si>
   <si>
     <t>1.88</t>
   </si>
   <si>
     <t>1.39</t>
   </si>
   <si>
     <t>Екатерина Канева</t>
   </si>
   <si>
     <t>1.94</t>
   </si>
   <si>
-    <t>0.60</t>
+    <t>0.90</t>
+  </si>
+  <si>
+    <t>Анатолий Туренко</t>
+  </si>
+  <si>
+    <t>2.48</t>
   </si>
   <si>
     <t>Степан Мельников</t>
   </si>
   <si>
-    <t>2.48</t>
-[...1 lines deleted...]
-  <si>
     <t>2.07</t>
   </si>
   <si>
-    <t>Анатолий Туренко</t>
+    <t>Мартин Николаев</t>
   </si>
   <si>
     <t>2.52</t>
   </si>
   <si>
-    <t>Мартин Николаев</t>
-[...1 lines deleted...]
-  <si>
     <t>1.32</t>
   </si>
   <si>
     <t>Андрей Жуков</t>
   </si>
   <si>
     <t>2.56</t>
   </si>
   <si>
     <t>1.49</t>
   </si>
   <si>
     <t>Роман Шилов</t>
   </si>
   <si>
     <t>3.23</t>
   </si>
   <si>
     <t>1.81</t>
   </si>
   <si>
+    <t>Афанасий Иванов</t>
+  </si>
+  <si>
+    <t>3.26</t>
+  </si>
+  <si>
+    <t>1.54</t>
+  </si>
+  <si>
     <t>Олег Демчук</t>
   </si>
   <si>
     <t>3.31</t>
   </si>
   <si>
     <t>2.15</t>
   </si>
   <si>
-    <t>Афанасий Иванов</t>
-[...7 lines deleted...]
-  <si>
     <t>Анастасия Майкова</t>
   </si>
   <si>
     <t>3.96</t>
   </si>
   <si>
     <t>2.14</t>
   </si>
   <si>
+    <t>Александр Кропотов</t>
+  </si>
+  <si>
+    <t>3.97</t>
+  </si>
+  <si>
     <t>Дарья Елисеева</t>
   </si>
   <si>
     <t>4.19</t>
   </si>
   <si>
     <t>2.29</t>
   </si>
   <si>
-    <t>Александр Кропотов</t>
-[...4 lines deleted...]
-  <si>
     <t>Денис Синюшкин</t>
   </si>
   <si>
     <t>5.03</t>
   </si>
   <si>
     <t>2.99</t>
   </si>
   <si>
     <t>Кирилл Пригода</t>
   </si>
   <si>
     <t>5.04</t>
   </si>
   <si>
     <t>3.63</t>
   </si>
   <si>
     <t>Никита Чесноков</t>
   </si>
   <si>
     <t>5.33</t>
   </si>
   <si>
-    <t>3.25</t>
+    <t>3.22</t>
   </si>
   <si>
     <t>Спиридон Якунин</t>
   </si>
   <si>
     <t>6.31</t>
   </si>
   <si>
     <t>4.45</t>
   </si>
   <si>
     <t>Владимир Козлов</t>
   </si>
   <si>
     <t>6.62</t>
   </si>
   <si>
     <t>4.23</t>
   </si>
   <si>
     <t>Пётр Шипицин</t>
   </si>
   <si>
     <t>6.80</t>
   </si>
@@ -660,76 +660,76 @@
     <row r="4" spans="1:4">
       <c r="A4">
         <v>3</v>
       </c>
       <c r="B4" t="s">
         <v>10</v>
       </c>
       <c r="C4" s="1" t="s">
         <v>11</v>
       </c>
       <c r="D4" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="5" spans="1:4">
       <c r="A5">
         <v>4</v>
       </c>
       <c r="B5" t="s">
         <v>13</v>
       </c>
       <c r="C5" s="1" t="s">
         <v>14</v>
       </c>
       <c r="D5" t="s">
-        <v>15</v>
+        <v>6</v>
       </c>
     </row>
     <row r="6" spans="1:4">
       <c r="A6">
         <v>5</v>
       </c>
       <c r="B6" t="s">
+        <v>15</v>
+      </c>
+      <c r="C6" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="D6" t="s">
         <v>16</v>
-      </c>
-[...4 lines deleted...]
-        <v>6</v>
       </c>
     </row>
     <row r="7" spans="1:4">
       <c r="A7">
         <v>6</v>
       </c>
       <c r="B7" t="s">
+        <v>17</v>
+      </c>
+      <c r="C7" s="1" t="s">
         <v>18</v>
-      </c>
-[...1 lines deleted...]
-        <v>17</v>
       </c>
       <c r="D7" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="8" spans="1:4">
       <c r="A8">
         <v>7</v>
       </c>
       <c r="B8" t="s">
         <v>20</v>
       </c>
       <c r="C8" s="1" t="s">
         <v>21</v>
       </c>
       <c r="D8" t="s">
         <v>22</v>
       </c>
     </row>
     <row r="9" spans="1:4">
       <c r="A9">
         <v>8</v>
       </c>
       <c r="B9" t="s">
         <v>23</v>
@@ -772,65 +772,65 @@
     <row r="12" spans="1:4">
       <c r="A12">
         <v>11</v>
       </c>
       <c r="B12" t="s">
         <v>32</v>
       </c>
       <c r="C12" s="1" t="s">
         <v>33</v>
       </c>
       <c r="D12" t="s">
         <v>34</v>
       </c>
     </row>
     <row r="13" spans="1:4">
       <c r="A13">
         <v>12</v>
       </c>
       <c r="B13" t="s">
         <v>35</v>
       </c>
       <c r="C13" s="1" t="s">
         <v>36</v>
       </c>
       <c r="D13" t="s">
-        <v>37</v>
+        <v>18</v>
       </c>
     </row>
     <row r="14" spans="1:4">
       <c r="A14">
         <v>13</v>
       </c>
       <c r="B14" t="s">
+        <v>37</v>
+      </c>
+      <c r="C14" s="1" t="s">
         <v>38</v>
       </c>
-      <c r="C14" s="1" t="s">
+      <c r="D14" t="s">
         <v>39</v>
-      </c>
-[...1 lines deleted...]
-        <v>17</v>
       </c>
     </row>
     <row r="15" spans="1:4">
       <c r="A15">
         <v>14</v>
       </c>
       <c r="B15" t="s">
         <v>40</v>
       </c>
       <c r="C15" s="1" t="s">
         <v>41</v>
       </c>
       <c r="D15" t="s">
         <v>42</v>
       </c>
     </row>
     <row r="16" spans="1:4">
       <c r="A16">
         <v>15</v>
       </c>
       <c r="B16" t="s">
         <v>43</v>
       </c>
       <c r="C16" s="1" t="s">
         <v>44</v>