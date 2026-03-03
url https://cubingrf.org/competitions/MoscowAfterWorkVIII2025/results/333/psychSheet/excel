--- v0 (2026-01-15)
+++ v1 (2026-03-03)
@@ -29,186 +29,186 @@
     <sheet name="333" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="74">
   <si>
     <t>#</t>
   </si>
   <si>
     <t>Имя и фамилия участника</t>
   </si>
   <si>
     <t>Среднее</t>
   </si>
   <si>
     <t>Лучшее</t>
   </si>
   <si>
     <t>Анатолий Туренко</t>
   </si>
   <si>
-    <t>6.66</t>
+    <t>6.55</t>
   </si>
   <si>
     <t>4.99</t>
   </si>
   <si>
     <t>Екатерина Канева</t>
   </si>
   <si>
     <t>7.93</t>
   </si>
   <si>
     <t>6.60</t>
   </si>
   <si>
     <t>Арсений Павлов</t>
   </si>
   <si>
     <t>8.00</t>
   </si>
   <si>
     <t>6.10</t>
   </si>
   <si>
     <t>Степан Мельников</t>
   </si>
   <si>
     <t>8.72</t>
   </si>
   <si>
     <t>7.24</t>
   </si>
   <si>
     <t>Роман Шилов</t>
   </si>
   <si>
     <t>9.71</t>
   </si>
   <si>
     <t>8.10</t>
   </si>
   <si>
     <t>Мартин Николаев</t>
   </si>
   <si>
     <t>9.85</t>
   </si>
   <si>
     <t>7.95</t>
   </si>
   <si>
+    <t>Платон Кабаков</t>
+  </si>
+  <si>
+    <t>10.18</t>
+  </si>
+  <si>
+    <t>8.11</t>
+  </si>
+  <si>
     <t>Анастасия Майкова</t>
   </si>
   <si>
     <t>10.33</t>
   </si>
   <si>
     <t>7.91</t>
   </si>
   <si>
-    <t>Платон Кабаков</t>
-[...5 lines deleted...]
-    <t>8.11</t>
+    <t>Александр Кропотов</t>
+  </si>
+  <si>
+    <t>10.42</t>
+  </si>
+  <si>
+    <t>7.05</t>
   </si>
   <si>
     <t>Андрей Жуков</t>
   </si>
   <si>
     <t>11.11</t>
   </si>
   <si>
-    <t>8.62</t>
+    <t>9.51</t>
   </si>
   <si>
     <t>Олег Демчук</t>
   </si>
   <si>
     <t>11.13</t>
   </si>
   <si>
     <t>8.94</t>
   </si>
   <si>
-    <t>Александр Кропотов</t>
-[...7 lines deleted...]
-  <si>
     <t>Денис Синюшкин</t>
   </si>
   <si>
     <t>12.39</t>
   </si>
   <si>
     <t>11.00</t>
   </si>
   <si>
     <t>Дарья Елисеева</t>
   </si>
   <si>
     <t>12.77</t>
   </si>
   <si>
     <t>9.84</t>
   </si>
   <si>
     <t>Афанасий Иванов</t>
   </si>
   <si>
     <t>14.22</t>
   </si>
   <si>
     <t>12.00</t>
   </si>
   <si>
     <t>Никита Чесноков</t>
   </si>
   <si>
-    <t>15.02</t>
+    <t>14.47</t>
   </si>
   <si>
     <t>12.54</t>
   </si>
   <si>
     <t>Артемий Клигер</t>
   </si>
   <si>
-    <t>17.61</t>
+    <t>17.77</t>
   </si>
   <si>
     <t>9.82</t>
   </si>
   <si>
     <t>Владимир Козлов</t>
   </si>
   <si>
     <t>18.11</t>
   </si>
   <si>
     <t>16.24</t>
   </si>
   <si>
     <t>Кирилл Пригода</t>
   </si>
   <si>
     <t>18.23</t>
   </si>
   <si>
     <t>14.18</t>
   </si>
   <si>
     <t>Евгений Амосов</t>
   </si>