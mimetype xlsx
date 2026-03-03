--- v0 (2026-01-15)
+++ v1 (2026-03-03)
@@ -32,105 +32,105 @@
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="67">
   <si>
     <t>#</t>
   </si>
   <si>
     <t>Имя и фамилия участника</t>
   </si>
   <si>
     <t>Среднее</t>
   </si>
   <si>
     <t>Лучшее</t>
   </si>
   <si>
     <t>Александр Кропотов</t>
   </si>
   <si>
     <t>2.82</t>
   </si>
   <si>
-    <t>2.10</t>
+    <t>2.09</t>
+  </si>
+  <si>
+    <t>Афанасий Иванов</t>
+  </si>
+  <si>
+    <t>3.11</t>
+  </si>
+  <si>
+    <t>2.31</t>
+  </si>
+  <si>
+    <t>Роман Шилов</t>
+  </si>
+  <si>
+    <t>3.13</t>
+  </si>
+  <si>
+    <t>1.81</t>
+  </si>
+  <si>
+    <t>Степан Мельников</t>
+  </si>
+  <si>
+    <t>3.20</t>
+  </si>
+  <si>
+    <t>2.63</t>
+  </si>
+  <si>
+    <t>Екатерина Канева</t>
+  </si>
+  <si>
+    <t>3.38</t>
+  </si>
+  <si>
+    <t>1.86</t>
+  </si>
+  <si>
+    <t>Арсений Павлов</t>
+  </si>
+  <si>
+    <t>3.63</t>
+  </si>
+  <si>
+    <t>2.65</t>
   </si>
   <si>
     <t>Анатолий Туренко</t>
   </si>
   <si>
-    <t>3.06</t>
-[...47 lines deleted...]
-    <t>2.65</t>
+    <t>3.72</t>
+  </si>
+  <si>
+    <t>2.17</t>
   </si>
   <si>
     <t>Платон Кабаков</t>
   </si>
   <si>
     <t>3.85</t>
   </si>
   <si>
     <t>2.44</t>
   </si>
   <si>
     <t>Мартин Николаев</t>
   </si>
   <si>
     <t>4.46</t>
   </si>
   <si>
     <t>3.28</t>
   </si>
   <si>
     <t>Андрей Жуков</t>
   </si>
   <si>
     <t>4.87</t>
   </si>
@@ -140,111 +140,111 @@
   <si>
     <t>Денис Синюшкин</t>
   </si>
   <si>
     <t>5.54</t>
   </si>
   <si>
     <t>4.21</t>
   </si>
   <si>
     <t>Дарья Елисеева</t>
   </si>
   <si>
     <t>5.69</t>
   </si>
   <si>
     <t>2.76</t>
   </si>
   <si>
     <t>Анастасия Майкова</t>
   </si>
   <si>
     <t>6.26</t>
   </si>
   <si>
-    <t>4.78</t>
+    <t>4.24</t>
   </si>
   <si>
     <t>Кирилл Пригода</t>
   </si>
   <si>
     <t>7.36</t>
   </si>
   <si>
     <t>Никита Чесноков</t>
   </si>
   <si>
     <t>7.46</t>
   </si>
   <si>
     <t>5.39</t>
   </si>
   <si>
     <t>Пётр Шипицин</t>
   </si>
   <si>
     <t>8.30</t>
   </si>
   <si>
     <t>3.60</t>
   </si>
   <si>
     <t>Владимир Козлов</t>
   </si>
   <si>
     <t>9.09</t>
   </si>
   <si>
     <t>3.86</t>
   </si>
   <si>
     <t>Олег Демчук</t>
   </si>
   <si>
     <t>9.54</t>
   </si>
   <si>
     <t>5.58</t>
   </si>
   <si>
+    <t>Елена Гусева</t>
+  </si>
+  <si>
+    <t>13.86</t>
+  </si>
+  <si>
+    <t>8.40</t>
+  </si>
+  <si>
     <t>Евгений Амосов</t>
   </si>
   <si>
     <t>15.91</t>
   </si>
   <si>
     <t>10.20</t>
-  </si>
-[...7 lines deleted...]
-    <t>8.40</t>
   </si>
   <si>
     <t>Александр Долгих</t>
   </si>
   <si>
     <t>18.24</t>
   </si>
   <si>
     <t>16.47</t>
   </si>
   <si>
     <t>Спиридон Якунин</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>