--- v0 (2025-11-30)
+++ v1 (2026-03-03)
@@ -12,512 +12,515 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="333oh" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="154">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="155">
   <si>
     <t>#</t>
   </si>
   <si>
-    <t>Competitor</t>
-[...11 lines deleted...]
-    <t>10.75</t>
+    <t>Имя и фамилия участника</t>
+  </si>
+  <si>
+    <t>Среднее</t>
+  </si>
+  <si>
+    <t>Лучшее</t>
+  </si>
+  <si>
+    <t>Анатолий Туренко</t>
+  </si>
+  <si>
+    <t>11.70</t>
   </si>
   <si>
     <t>8.87</t>
   </si>
   <si>
-    <t>Alexander Bashutkin</t>
-[...8 lines deleted...]
-    <t>Andrey Panov</t>
+    <t>Андрей Панов</t>
   </si>
   <si>
     <t>12.67</t>
   </si>
   <si>
-    <t>10.82</t>
-[...2 lines deleted...]
-    <t>Nikita Popkov</t>
+    <t>10.78</t>
+  </si>
+  <si>
+    <t>Александр Башуткин</t>
+  </si>
+  <si>
+    <t>13.13</t>
+  </si>
+  <si>
+    <t>10.90</t>
+  </si>
+  <si>
+    <t>Никита Попков</t>
   </si>
   <si>
     <t>13.81</t>
   </si>
   <si>
-    <t>9.14</t>
-[...2 lines deleted...]
-    <t>Maxim Ilin</t>
+    <t>10.35</t>
+  </si>
+  <si>
+    <t>Максим Ильин</t>
   </si>
   <si>
     <t>13.82</t>
   </si>
   <si>
     <t>10.29</t>
   </si>
   <si>
-    <t>Lev Maslov</t>
+    <t>Лев Маслов</t>
   </si>
   <si>
     <t>14.42</t>
   </si>
   <si>
     <t>10.25</t>
   </si>
   <si>
-    <t>Vladislav Kozhin</t>
-[...2 lines deleted...]
-    <t>15.49</t>
+    <t>Владимир Филин</t>
+  </si>
+  <si>
+    <t>15.46</t>
+  </si>
+  <si>
+    <t>12.39</t>
+  </si>
+  <si>
+    <t>Владислав Кожин</t>
+  </si>
+  <si>
+    <t>15.64</t>
   </si>
   <si>
     <t>11.47</t>
   </si>
   <si>
-    <t>Arsenii Pavlov</t>
+    <t>Арсений Павлов</t>
   </si>
   <si>
     <t>15.87</t>
   </si>
   <si>
     <t>11.92</t>
   </si>
   <si>
-    <t>Vladimir Filin</t>
-[...8 lines deleted...]
-    <t>Dmitry Nagirnyak</t>
+    <t>Дмитрий Нагирняк</t>
   </si>
   <si>
     <t>16.14</t>
   </si>
   <si>
     <t>12.84</t>
   </si>
   <si>
-    <t>Erik Shakirov</t>
+    <t>Эрик Шакиров</t>
   </si>
   <si>
     <t>16.28</t>
   </si>
   <si>
-    <t>14.52</t>
-[...5 lines deleted...]
-    <t>17.09</t>
+    <t>15.16</t>
+  </si>
+  <si>
+    <t>Тимофей Тюльпаков</t>
+  </si>
+  <si>
+    <t>16.41</t>
   </si>
   <si>
     <t>12.58</t>
   </si>
   <si>
-    <t>Vladimir Fedorov</t>
-[...2 lines deleted...]
-    <t>17.36</t>
+    <t>Владимир Фёдоров</t>
+  </si>
+  <si>
+    <t>17.88</t>
   </si>
   <si>
     <t>15.06</t>
   </si>
   <si>
-    <t>Maxim Znamenshchikov</t>
+    <t>Максим Знаменщиков</t>
   </si>
   <si>
     <t>18.15</t>
   </si>
   <si>
     <t>12.91</t>
   </si>
   <si>
-    <t>Daniil Tambovtsev</t>
+    <t>Даниил Тамбовцев</t>
   </si>
   <si>
     <t>18.22</t>
   </si>
   <si>
     <t>14.24</t>
   </si>
   <si>
-    <t>Roman Shilov</t>
+    <t>Вадим Сухарев</t>
+  </si>
+  <si>
+    <t>18.79</t>
+  </si>
+  <si>
+    <t>14.64</t>
+  </si>
+  <si>
+    <t>Роман Шилов</t>
   </si>
   <si>
     <t>18.97</t>
   </si>
   <si>
     <t>15.59</t>
   </si>
   <si>
-    <t>Ivan Oleinikov</t>
+    <t>Иван Олейников</t>
   </si>
   <si>
     <t>19.21</t>
   </si>
   <si>
-    <t>Stepan Melnikov</t>
+    <t>Степан Мельников</t>
   </si>
   <si>
     <t>19.37</t>
   </si>
   <si>
     <t>16.82</t>
   </si>
   <si>
-    <t>Mikhail Govgolenko</t>
+    <t>Михаил Говголенко</t>
   </si>
   <si>
     <t>19.41</t>
   </si>
   <si>
     <t>17.17</t>
   </si>
   <si>
-    <t>Roman Samvelyan</t>
+    <t>Роман Самвелян</t>
   </si>
   <si>
     <t>19.97</t>
   </si>
   <si>
     <t>16.68</t>
   </si>
   <si>
-    <t>Dmitry Kolotvin</t>
+    <t>Дмитрий Колотвин</t>
   </si>
   <si>
     <t>20.62</t>
   </si>
   <si>
     <t>18.95</t>
   </si>
   <si>
-    <t>Vadim Sukharev</t>
-[...8 lines deleted...]
-    <t>Dmitriy Rezyapkin</t>
+    <t>Дмитрий Резяпкин</t>
   </si>
   <si>
     <t>20.79</t>
   </si>
   <si>
     <t>14.98</t>
   </si>
   <si>
-    <t>Platon Kabakov</t>
+    <t>Платон Кабаков</t>
   </si>
   <si>
     <t>20.96</t>
   </si>
   <si>
     <t>15.01</t>
   </si>
   <si>
-    <t>Aleksandr Dokin</t>
+    <t>Александр Докин</t>
   </si>
   <si>
     <t>21.06</t>
   </si>
   <si>
     <t>18.19</t>
   </si>
   <si>
-    <t>Igor Tarabrin</t>
+    <t>Игорь Тарабрин</t>
   </si>
   <si>
     <t>21.68</t>
   </si>
   <si>
-    <t>17.43</t>
-[...2 lines deleted...]
-    <t>Andrey Zhukov</t>
+    <t>17.90</t>
+  </si>
+  <si>
+    <t>Андрей Жуков</t>
   </si>
   <si>
     <t>21.81</t>
   </si>
   <si>
     <t>16.96</t>
   </si>
   <si>
-    <t>Aleksandr Kropotov</t>
-[...2 lines deleted...]
-    <t>23.15</t>
+    <t>Александр Кропотов</t>
+  </si>
+  <si>
+    <t>22.39</t>
   </si>
   <si>
     <t>14.55</t>
   </si>
   <si>
-    <t>Dmitry Galkin</t>
+    <t>Дмитрий Галкин</t>
   </si>
   <si>
     <t>23.32</t>
   </si>
   <si>
     <t>19.68</t>
   </si>
   <si>
-    <t>Andrey Kohhelev</t>
+    <t>Андрей Кошелев</t>
   </si>
   <si>
     <t>24.28</t>
   </si>
   <si>
     <t>16.95</t>
   </si>
   <si>
-    <t>Vladislav Botvinko</t>
+    <t>Денис Синюшкин</t>
+  </si>
+  <si>
+    <t>25.26</t>
+  </si>
+  <si>
+    <t>18.82</t>
+  </si>
+  <si>
+    <t>Владислав Ботвинко</t>
   </si>
   <si>
     <t>27.84</t>
   </si>
   <si>
     <t>23.11</t>
   </si>
   <si>
-    <t>Ivan Sergeev</t>
+    <t>Иван Сергеев</t>
   </si>
   <si>
     <t>28.19</t>
   </si>
   <si>
     <t>26.45</t>
   </si>
   <si>
-    <t>Nikita Chesnokov</t>
+    <t>Никита Чесноков</t>
   </si>
   <si>
     <t>28.50</t>
   </si>
   <si>
     <t>20.05</t>
   </si>
   <si>
-    <t>Afanasy Ivanov</t>
+    <t>Афанасий Иванов</t>
   </si>
   <si>
     <t>30.15</t>
   </si>
   <si>
     <t>24.71</t>
   </si>
   <si>
-    <t>Alexander Katyukov</t>
+    <t>Александр Катюков</t>
   </si>
   <si>
     <t>32.01</t>
   </si>
   <si>
-    <t>27.45</t>
-[...2 lines deleted...]
-    <t>Daria Eliseeva</t>
+    <t>28.23</t>
+  </si>
+  <si>
+    <t>Роберт Набиуллин</t>
+  </si>
+  <si>
+    <t>32.28</t>
+  </si>
+  <si>
+    <t>29.55</t>
+  </si>
+  <si>
+    <t>Дарья Елисеева</t>
   </si>
   <si>
     <t>32.58</t>
   </si>
   <si>
     <t>23.85</t>
   </si>
   <si>
-    <t>Dmitry Rodin</t>
+    <t>Дмитрий Родин</t>
   </si>
   <si>
     <t>32.87</t>
   </si>
   <si>
     <t>27.18</t>
   </si>
   <si>
-    <t>Aleksey Senatorov</t>
+    <t>Алексей Сенаторов</t>
   </si>
   <si>
     <t>33.21</t>
   </si>
   <si>
     <t>28.20</t>
   </si>
   <si>
-    <t>Georgiy Golosov</t>
+    <t>Георгий Голосов</t>
   </si>
   <si>
     <t>34.02</t>
   </si>
   <si>
     <t>27.54</t>
   </si>
   <si>
-    <t>Kirill Prigoda</t>
+    <t>Кирилл Пригода</t>
   </si>
   <si>
     <t>34.72</t>
   </si>
   <si>
     <t>32.24</t>
   </si>
   <si>
-    <t>Denis Sinyushkin</t>
-[...17 lines deleted...]
-    <t>Kristina Koroleva</t>
+    <t>Михаил Кулешов</t>
+  </si>
+  <si>
+    <t>38.02</t>
+  </si>
+  <si>
+    <t>31.55</t>
+  </si>
+  <si>
+    <t>Кристина Королёва</t>
   </si>
   <si>
     <t>40.86</t>
   </si>
   <si>
     <t>36.72</t>
   </si>
   <si>
-    <t>Mihail Mochalov</t>
+    <t>Михаил Мочалов</t>
   </si>
   <si>
     <t>44.69</t>
   </si>
   <si>
     <t>25.50</t>
   </si>
   <si>
-    <t>Lev Kopeykin</t>
+    <t>Лев Копейкин</t>
   </si>
   <si>
     <t>45.66</t>
   </si>
   <si>
     <t>30.32</t>
   </si>
   <si>
-    <t>Sofiia Khegai</t>
+    <t>София Хегай</t>
   </si>
   <si>
     <t>52.01</t>
   </si>
   <si>
     <t>45.00</t>
   </si>
   <si>
-    <t>Dmitrii Kamashev</t>
+    <t>Дмитрий Камашев</t>
   </si>
   <si>
     <t>47.97</t>
   </si>
   <si>
-    <t>Mikhail Kuleshov</t>
-[...5 lines deleted...]
-    <t>Olʹga Kun</t>
+    <t>Анастасия Хлапонина</t>
+  </si>
+  <si>
+    <t>1:06.99</t>
+  </si>
+  <si>
+    <t>Ольга Кун</t>
   </si>
   <si>
     <t>1:07.48</t>
   </si>
   <si>
-    <t>Anastasia Khlaponina</t>
-[...5 lines deleted...]
-    <t>Lukerʹya Lavrentʹyeva</t>
+    <t>Лукерья Лаврентьева</t>
   </si>
   <si>
     <t>1:16.53</t>
   </si>
   <si>
-    <t>Elizaveta Breeva</t>
-[...5 lines deleted...]
-    <t>Polina Praskovina</t>
+    <t>Елизавета Бреева</t>
+  </si>
+  <si>
+    <t>Максим Шевченко</t>
+  </si>
+  <si>
+    <t>Полина Прасковина</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -840,51 +843,51 @@
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:D55"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="C55" sqref="C55"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="3.428" bestFit="true" customWidth="true" style="0"/>
-    <col min="2" max="2" width="25.851" bestFit="true" customWidth="true" style="0"/>
+    <col min="2" max="2" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="9.283" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:4">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
         <v>2</v>
       </c>
       <c r="D1" s="1" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="2" spans="1:4">
       <c r="A2">
         <v>1</v>
       </c>
       <c r="B2" t="s">
         <v>4</v>
       </c>
@@ -1094,65 +1097,65 @@
     <row r="17" spans="1:4">
       <c r="A17">
         <v>16</v>
       </c>
       <c r="B17" t="s">
         <v>49</v>
       </c>
       <c r="C17" s="1" t="s">
         <v>50</v>
       </c>
       <c r="D17" t="s">
         <v>51</v>
       </c>
     </row>
     <row r="18" spans="1:4">
       <c r="A18">
         <v>17</v>
       </c>
       <c r="B18" t="s">
         <v>52</v>
       </c>
       <c r="C18" s="1" t="s">
         <v>53</v>
       </c>
       <c r="D18" t="s">
-        <v>14</v>
+        <v>54</v>
       </c>
     </row>
     <row r="19" spans="1:4">
       <c r="A19">
         <v>18</v>
       </c>
       <c r="B19" t="s">
-        <v>54</v>
+        <v>55</v>
       </c>
       <c r="C19" s="1" t="s">
-        <v>55</v>
+        <v>56</v>
       </c>
       <c r="D19" t="s">
-        <v>56</v>
+        <v>14</v>
       </c>
     </row>
     <row r="20" spans="1:4">
       <c r="A20">
         <v>19</v>
       </c>
       <c r="B20" t="s">
         <v>57</v>
       </c>
       <c r="C20" s="1" t="s">
         <v>58</v>
       </c>
       <c r="D20" t="s">
         <v>59</v>
       </c>
     </row>
     <row r="21" spans="1:4">
       <c r="A21">
         <v>20</v>
       </c>
       <c r="B21" t="s">
         <v>60</v>
       </c>
       <c r="C21" s="1" t="s">
         <v>61</v>
@@ -1510,118 +1513,120 @@
       <c r="D46" t="s">
         <v>137</v>
       </c>
     </row>
     <row r="47" spans="1:4">
       <c r="A47">
         <v>46</v>
       </c>
       <c r="B47" t="s">
         <v>138</v>
       </c>
       <c r="C47" s="1" t="s">
         <v>139</v>
       </c>
       <c r="D47" t="s">
         <v>140</v>
       </c>
     </row>
     <row r="48" spans="1:4">
       <c r="A48">
         <v>47</v>
       </c>
       <c r="B48" t="s">
         <v>141</v>
       </c>
-      <c r="C48" s="1"/>
+      <c r="C48" s="1" t="s">
+        <v>142</v>
+      </c>
       <c r="D48" t="s">
-        <v>142</v>
+        <v>143</v>
       </c>
     </row>
     <row r="49" spans="1:4">
       <c r="A49">
         <v>48</v>
       </c>
       <c r="B49" t="s">
-        <v>143</v>
+        <v>144</v>
       </c>
       <c r="C49" s="1"/>
       <c r="D49" t="s">
-        <v>144</v>
+        <v>145</v>
       </c>
     </row>
     <row r="50" spans="1:4">
       <c r="A50">
         <v>49</v>
       </c>
       <c r="B50" t="s">
-        <v>145</v>
+        <v>146</v>
       </c>
       <c r="C50" s="1"/>
       <c r="D50" t="s">
-        <v>146</v>
+        <v>147</v>
       </c>
     </row>
     <row r="51" spans="1:4">
       <c r="A51">
         <v>50</v>
       </c>
       <c r="B51" t="s">
-        <v>147</v>
+        <v>148</v>
       </c>
       <c r="C51" s="1"/>
       <c r="D51" t="s">
-        <v>148</v>
+        <v>149</v>
       </c>
     </row>
     <row r="52" spans="1:4">
       <c r="A52">
         <v>51</v>
       </c>
       <c r="B52" t="s">
-        <v>149</v>
+        <v>150</v>
       </c>
       <c r="C52" s="1"/>
       <c r="D52" t="s">
-        <v>150</v>
+        <v>151</v>
       </c>
     </row>
     <row r="53" spans="1:4">
       <c r="B53" t="s">
-        <v>151</v>
+        <v>152</v>
       </c>
       <c r="C53" s="1"/>
     </row>
     <row r="54" spans="1:4">
       <c r="B54" t="s">
-        <v>152</v>
+        <v>153</v>
       </c>
       <c r="C54" s="1"/>
     </row>
     <row r="55" spans="1:4">
       <c r="B55" t="s">
-        <v>153</v>
+        <v>154</v>
       </c>
       <c r="C55" s="1"/>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>