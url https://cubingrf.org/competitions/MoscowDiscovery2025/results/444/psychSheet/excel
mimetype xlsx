--- v0 (2025-11-30)
+++ v1 (2026-03-03)
@@ -12,527 +12,533 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="444" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="159">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="161">
   <si>
     <t>#</t>
   </si>
   <si>
-    <t>Competitor</t>
-[...8 lines deleted...]
-    <t>Alexander Bashutkin</t>
+    <t>Имя и фамилия участника</t>
+  </si>
+  <si>
+    <t>Среднее</t>
+  </si>
+  <si>
+    <t>Лучшее</t>
+  </si>
+  <si>
+    <t>Александр Башуткин</t>
   </si>
   <si>
     <t>24.99</t>
   </si>
   <si>
     <t>22.31</t>
   </si>
   <si>
-    <t>Anatolii Turenko</t>
-[...2 lines deleted...]
-    <t>27.95</t>
+    <t>Анатолий Туренко</t>
+  </si>
+  <si>
+    <t>26.51</t>
   </si>
   <si>
     <t>22.52</t>
   </si>
   <si>
-    <t>Andrey Panov</t>
+    <t>Андрей Панов</t>
   </si>
   <si>
     <t>29.49</t>
   </si>
   <si>
     <t>26.24</t>
   </si>
   <si>
-    <t>Nikita Popkov</t>
+    <t>Никита Попков</t>
   </si>
   <si>
     <t>31.07</t>
   </si>
   <si>
-    <t>26.58</t>
-[...2 lines deleted...]
-    <t>Arsenii Pavlov</t>
+    <t>27.36</t>
+  </si>
+  <si>
+    <t>Арсений Павлов</t>
   </si>
   <si>
     <t>32.99</t>
   </si>
   <si>
     <t>27.07</t>
   </si>
   <si>
-    <t>Aleksandr Dokin</t>
+    <t>Александр Докин</t>
   </si>
   <si>
     <t>33.11</t>
   </si>
   <si>
     <t>27.22</t>
   </si>
   <si>
-    <t>Dmitry Nagirnyak</t>
+    <t>Дмитрий Нагирняк</t>
   </si>
   <si>
     <t>29.33</t>
   </si>
   <si>
-    <t>Maxim Ilin</t>
+    <t>Екатерина Канева</t>
+  </si>
+  <si>
+    <t>33.96</t>
+  </si>
+  <si>
+    <t>29.15</t>
+  </si>
+  <si>
+    <t>Максим Ильин</t>
   </si>
   <si>
     <t>34.49</t>
   </si>
   <si>
     <t>28.19</t>
   </si>
   <si>
-    <t>Roman Shilov</t>
+    <t>Роман Шилов</t>
   </si>
   <si>
     <t>34.53</t>
   </si>
   <si>
     <t>31.25</t>
   </si>
   <si>
-    <t>Ekaterina Kaneva</t>
-[...8 lines deleted...]
-    <t>Dmitry Galkin</t>
+    <t>Дмитрий Галкин</t>
   </si>
   <si>
     <t>35.00</t>
   </si>
   <si>
     <t>31.62</t>
   </si>
   <si>
-    <t>Igor Tarabrin</t>
+    <t>Игорь Тарабрин</t>
   </si>
   <si>
     <t>35.02</t>
   </si>
   <si>
     <t>30.50</t>
   </si>
   <si>
-    <t>Maxim Znamenshchikov</t>
+    <t>Вадим Сухарев</t>
+  </si>
+  <si>
+    <t>35.27</t>
+  </si>
+  <si>
+    <t>33.55</t>
+  </si>
+  <si>
+    <t>Максим Знаменщиков</t>
   </si>
   <si>
     <t>35.73</t>
   </si>
   <si>
     <t>30.98</t>
   </si>
   <si>
-    <t>Daniil Tambovtsev</t>
+    <t>Даниил Тамбовцев</t>
   </si>
   <si>
     <t>36.27</t>
   </si>
   <si>
     <t>31.80</t>
   </si>
   <si>
-    <t>Lev Maslov</t>
+    <t>Лев Маслов</t>
   </si>
   <si>
     <t>36.89</t>
   </si>
   <si>
     <t>30.19</t>
   </si>
   <si>
-    <t>Vadim Sukharev</t>
-[...29 lines deleted...]
-    <t>38.55</t>
+    <t>Александр Кропотов</t>
+  </si>
+  <si>
+    <t>37.24</t>
+  </si>
+  <si>
+    <t>26.91</t>
+  </si>
+  <si>
+    <t>Владислав Кожин</t>
+  </si>
+  <si>
+    <t>39.01</t>
+  </si>
+  <si>
+    <t>35.89</t>
+  </si>
+  <si>
+    <t>Владимир Фёдоров</t>
+  </si>
+  <si>
+    <t>40.28</t>
+  </si>
+  <si>
+    <t>34.71</t>
+  </si>
+  <si>
+    <t>Иван Олейников</t>
+  </si>
+  <si>
+    <t>40.82</t>
+  </si>
+  <si>
+    <t>33.02</t>
+  </si>
+  <si>
+    <t>Максим Шевченко</t>
+  </si>
+  <si>
+    <t>41.03</t>
+  </si>
+  <si>
+    <t>37.60</t>
+  </si>
+  <si>
+    <t>Эрик Шакиров</t>
+  </si>
+  <si>
+    <t>41.35</t>
   </si>
   <si>
     <t>35.25</t>
   </si>
   <si>
-    <t>Maxim Shevchenko</t>
-[...26 lines deleted...]
-    <t>Andrey Kohhelev</t>
+    <t>Владимир Филин</t>
+  </si>
+  <si>
+    <t>41.90</t>
+  </si>
+  <si>
+    <t>35.01</t>
+  </si>
+  <si>
+    <t>Андрей Кошелев</t>
   </si>
   <si>
     <t>42.48</t>
   </si>
   <si>
-    <t>39.65</t>
-[...14 lines deleted...]
-    <t>44.72</t>
+    <t>33.84</t>
+  </si>
+  <si>
+    <t>Андрей Жуков</t>
+  </si>
+  <si>
+    <t>45.13</t>
   </si>
   <si>
     <t>39.19</t>
   </si>
   <si>
-    <t>Timofey Tyulpakov</t>
+    <t>Никита Чесноков</t>
+  </si>
+  <si>
+    <t>46.07</t>
+  </si>
+  <si>
+    <t>38.63</t>
+  </si>
+  <si>
+    <t>Тимофей Тюльпаков</t>
   </si>
   <si>
     <t>46.43</t>
   </si>
   <si>
     <t>37.23</t>
   </si>
   <si>
-    <t>Dmitriy Rezyapkin</t>
+    <t>Дмитрий Резяпкин</t>
   </si>
   <si>
     <t>49.34</t>
   </si>
   <si>
     <t>41.93</t>
   </si>
   <si>
-    <t>Platon Kabakov</t>
+    <t>Платон Кабаков</t>
   </si>
   <si>
     <t>49.97</t>
   </si>
   <si>
     <t>39.05</t>
   </si>
   <si>
-    <t>Nikita Chesnokov</t>
-[...8 lines deleted...]
-    <t>Mikhail Govgolenko</t>
+    <t>Михаил Говголенко</t>
   </si>
   <si>
     <t>52.33</t>
   </si>
   <si>
     <t>46.95</t>
   </si>
   <si>
-    <t>Olga Yasakova</t>
+    <t>Ольга Ясакова</t>
   </si>
   <si>
     <t>52.41</t>
   </si>
   <si>
-    <t>44.66</t>
-[...2 lines deleted...]
-    <t>Ivan Sergeev</t>
+    <t>42.85</t>
+  </si>
+  <si>
+    <t>Иван Сергеев</t>
   </si>
   <si>
     <t>53.94</t>
   </si>
   <si>
     <t>52.63</t>
   </si>
   <si>
-    <t>Dmitry Kolotvin</t>
+    <t>Дмитрий Колотвин</t>
   </si>
   <si>
     <t>54.87</t>
   </si>
   <si>
     <t>49.58</t>
   </si>
   <si>
-    <t>Stepan Melnikov</t>
+    <t>Степан Мельников</t>
   </si>
   <si>
     <t>56.45</t>
   </si>
   <si>
     <t>50.63</t>
   </si>
   <si>
-    <t>Vladislav Botvinko</t>
+    <t>Владислав Ботвинко</t>
   </si>
   <si>
     <t>56.67</t>
   </si>
   <si>
     <t>49.09</t>
   </si>
   <si>
-    <t>Aleksey Senatorov</t>
+    <t>Алексей Сенаторов</t>
   </si>
   <si>
     <t>57.70</t>
   </si>
   <si>
     <t>49.96</t>
   </si>
   <si>
-    <t>Georgiy Golosov</t>
+    <t>Георгий Голосов</t>
   </si>
   <si>
     <t>59.96</t>
   </si>
   <si>
     <t>47.43</t>
   </si>
   <si>
-    <t>Daria Eliseeva</t>
-[...8 lines deleted...]
-    <t>Alexander Katyukov</t>
+    <t>Дарья Елисеева</t>
+  </si>
+  <si>
+    <t>1:01.64</t>
+  </si>
+  <si>
+    <t>48.67</t>
+  </si>
+  <si>
+    <t>Александр Катюков</t>
   </si>
   <si>
     <t>1:08.62</t>
   </si>
   <si>
     <t>1:04.92</t>
   </si>
   <si>
-    <t>Roman Samvelyan</t>
+    <t>Денис Синюшкин</t>
+  </si>
+  <si>
+    <t>1:08.78</t>
+  </si>
+  <si>
+    <t>1:05.47</t>
+  </si>
+  <si>
+    <t>Роман Самвелян</t>
   </si>
   <si>
     <t>1:08.94</t>
   </si>
   <si>
     <t>1:00.57</t>
   </si>
   <si>
-    <t>Afanasy Ivanov</t>
+    <t>Роберт Набиуллин</t>
+  </si>
+  <si>
+    <t>1:10.96</t>
+  </si>
+  <si>
+    <t>1:01.96</t>
+  </si>
+  <si>
+    <t>Афанасий Иванов</t>
   </si>
   <si>
     <t>1:13.88</t>
   </si>
   <si>
-    <t>1:01.68</t>
-[...2 lines deleted...]
-    <t>Kristina Koroleva</t>
+    <t>59.16</t>
+  </si>
+  <si>
+    <t>Кристина Королёва</t>
   </si>
   <si>
     <t>1:33.81</t>
   </si>
   <si>
     <t>1:15.31</t>
   </si>
   <si>
-    <t>Aleksandr Cheban</t>
+    <t>Александр Чебан</t>
   </si>
   <si>
     <t>1:56.80</t>
   </si>
   <si>
     <t>1:45.58</t>
   </si>
   <si>
-    <t>Kirill Prigoda</t>
+    <t>Кирилл Пригода</t>
   </si>
   <si>
     <t>1:19.21</t>
   </si>
   <si>
-    <t>Denis Sinyushkin</t>
-[...5 lines deleted...]
-    <t>Sofiia Khegai</t>
+    <t>София Хегай</t>
   </si>
   <si>
     <t>1:29.78</t>
   </si>
   <si>
-    <t>Petr Shipitsin</t>
+    <t>Пётр Шипицин</t>
   </si>
   <si>
     <t>1:35.25</t>
   </si>
   <si>
-    <t>Albert Hajrov</t>
+    <t>Альберт Хайров</t>
   </si>
   <si>
     <t>1:43.80</t>
   </si>
   <si>
-    <t>Mihail Mochalov</t>
+    <t>Михаил Мочалов</t>
   </si>
   <si>
     <t>1:50.76</t>
   </si>
   <si>
-    <t>Robert Nabiullin</t>
-[...5 lines deleted...]
-    <t>Olʹga Kun</t>
+    <t>Ольга Кун</t>
   </si>
   <si>
     <t>1:56.56</t>
   </si>
   <si>
-    <t>Anastasia Khlaponina</t>
+    <t>Анастасия Хлапонина</t>
   </si>
   <si>
     <t>2:00.23</t>
   </si>
   <si>
-    <t>Andrey Cherepanov</t>
+    <t>Андрей Черепанов</t>
   </si>
   <si>
     <t>2:05.22</t>
   </si>
   <si>
-    <t>Elizaveta Breeva</t>
-[...17 lines deleted...]
-    <t>Polina Titova</t>
+    <t>Елизавета Бреева</t>
+  </si>
+  <si>
+    <t>Елисей Акименков</t>
+  </si>
+  <si>
+    <t>Иван Шинкин</t>
+  </si>
+  <si>
+    <t>Константин Злобин</t>
+  </si>
+  <si>
+    <t>Михаил Жерновков</t>
+  </si>
+  <si>
+    <t>Никита Фролов</t>
+  </si>
+  <si>
+    <t>Полина Титова</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -855,51 +861,51 @@
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:D61"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="C61" sqref="C61"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="3.428" bestFit="true" customWidth="true" style="0"/>
-    <col min="2" max="2" width="24.708" bestFit="true" customWidth="true" style="0"/>
+    <col min="2" max="2" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="9.283" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:4">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
         <v>2</v>
       </c>
       <c r="D1" s="1" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="2" spans="1:4">
       <c r="A2">
         <v>1</v>
       </c>
       <c r="B2" t="s">
         <v>4</v>
       </c>
@@ -1483,202 +1489,206 @@
       <c r="D43" t="s">
         <v>128</v>
       </c>
     </row>
     <row r="44" spans="1:4">
       <c r="A44">
         <v>43</v>
       </c>
       <c r="B44" t="s">
         <v>129</v>
       </c>
       <c r="C44" s="1" t="s">
         <v>130</v>
       </c>
       <c r="D44" t="s">
         <v>131</v>
       </c>
     </row>
     <row r="45" spans="1:4">
       <c r="A45">
         <v>44</v>
       </c>
       <c r="B45" t="s">
         <v>132</v>
       </c>
-      <c r="C45" s="1"/>
+      <c r="C45" s="1" t="s">
+        <v>133</v>
+      </c>
       <c r="D45" t="s">
-        <v>133</v>
+        <v>134</v>
       </c>
     </row>
     <row r="46" spans="1:4">
       <c r="A46">
         <v>45</v>
       </c>
       <c r="B46" t="s">
-        <v>134</v>
-[...1 lines deleted...]
-      <c r="C46" s="1"/>
+        <v>135</v>
+      </c>
+      <c r="C46" s="1" t="s">
+        <v>136</v>
+      </c>
       <c r="D46" t="s">
-        <v>135</v>
+        <v>137</v>
       </c>
     </row>
     <row r="47" spans="1:4">
       <c r="A47">
         <v>46</v>
       </c>
       <c r="B47" t="s">
-        <v>136</v>
+        <v>138</v>
       </c>
       <c r="C47" s="1"/>
       <c r="D47" t="s">
-        <v>137</v>
+        <v>139</v>
       </c>
     </row>
     <row r="48" spans="1:4">
       <c r="A48">
         <v>47</v>
       </c>
       <c r="B48" t="s">
-        <v>138</v>
+        <v>140</v>
       </c>
       <c r="C48" s="1"/>
       <c r="D48" t="s">
-        <v>139</v>
+        <v>141</v>
       </c>
     </row>
     <row r="49" spans="1:4">
       <c r="A49">
         <v>48</v>
       </c>
       <c r="B49" t="s">
-        <v>140</v>
+        <v>142</v>
       </c>
       <c r="C49" s="1"/>
       <c r="D49" t="s">
-        <v>141</v>
+        <v>143</v>
       </c>
     </row>
     <row r="50" spans="1:4">
       <c r="A50">
         <v>49</v>
       </c>
       <c r="B50" t="s">
-        <v>142</v>
+        <v>144</v>
       </c>
       <c r="C50" s="1"/>
       <c r="D50" t="s">
-        <v>143</v>
+        <v>145</v>
       </c>
     </row>
     <row r="51" spans="1:4">
       <c r="A51">
         <v>50</v>
       </c>
       <c r="B51" t="s">
-        <v>144</v>
+        <v>146</v>
       </c>
       <c r="C51" s="1"/>
       <c r="D51" t="s">
-        <v>145</v>
+        <v>147</v>
       </c>
     </row>
     <row r="52" spans="1:4">
       <c r="A52">
         <v>51</v>
       </c>
       <c r="B52" t="s">
-        <v>146</v>
+        <v>148</v>
       </c>
       <c r="C52" s="1"/>
       <c r="D52" t="s">
-        <v>147</v>
+        <v>149</v>
       </c>
     </row>
     <row r="53" spans="1:4">
       <c r="A53">
         <v>52</v>
       </c>
       <c r="B53" t="s">
-        <v>148</v>
+        <v>150</v>
       </c>
       <c r="C53" s="1"/>
       <c r="D53" t="s">
-        <v>149</v>
+        <v>151</v>
       </c>
     </row>
     <row r="54" spans="1:4">
       <c r="A54">
         <v>53</v>
       </c>
       <c r="B54" t="s">
-        <v>150</v>
+        <v>152</v>
       </c>
       <c r="C54" s="1"/>
       <c r="D54" t="s">
-        <v>151</v>
+        <v>153</v>
       </c>
     </row>
     <row r="55" spans="1:4">
       <c r="B55" t="s">
-        <v>152</v>
+        <v>154</v>
       </c>
       <c r="C55" s="1"/>
     </row>
     <row r="56" spans="1:4">
       <c r="B56" t="s">
-        <v>153</v>
+        <v>155</v>
       </c>
       <c r="C56" s="1"/>
     </row>
     <row r="57" spans="1:4">
       <c r="B57" t="s">
-        <v>154</v>
+        <v>156</v>
       </c>
       <c r="C57" s="1"/>
     </row>
     <row r="58" spans="1:4">
       <c r="B58" t="s">
-        <v>155</v>
+        <v>157</v>
       </c>
       <c r="C58" s="1"/>
     </row>
     <row r="59" spans="1:4">
       <c r="B59" t="s">
-        <v>156</v>
+        <v>158</v>
       </c>
       <c r="C59" s="1"/>
     </row>
     <row r="60" spans="1:4">
       <c r="B60" t="s">
-        <v>157</v>
+        <v>159</v>
       </c>
       <c r="C60" s="1"/>
     </row>
     <row r="61" spans="1:4">
       <c r="B61" t="s">
-        <v>158</v>
+        <v>160</v>
       </c>
       <c r="C61" s="1"/>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>