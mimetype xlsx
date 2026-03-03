--- v0 (2025-11-30)
+++ v1 (2026-03-03)
@@ -12,401 +12,404 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="555" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="117">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="118">
   <si>
     <t>#</t>
   </si>
   <si>
-    <t>Competitor</t>
-[...8 lines deleted...]
-    <t>Alexander Bashutkin</t>
+    <t>Имя и фамилия участника</t>
+  </si>
+  <si>
+    <t>Среднее</t>
+  </si>
+  <si>
+    <t>Лучшее</t>
+  </si>
+  <si>
+    <t>Александр Башуткин</t>
   </si>
   <si>
     <t>44.99</t>
   </si>
   <si>
     <t>38.08</t>
   </si>
   <si>
-    <t>Andrey Panov</t>
+    <t>Анатолий Туренко</t>
+  </si>
+  <si>
+    <t>52.82</t>
+  </si>
+  <si>
+    <t>46.09</t>
+  </si>
+  <si>
+    <t>Андрей Панов</t>
   </si>
   <si>
     <t>53.03</t>
   </si>
   <si>
     <t>48.87</t>
   </si>
   <si>
-    <t>Anatolii Turenko</t>
-[...17 lines deleted...]
-    <t>Maxim Ilin</t>
+    <t>Максим Ильин</t>
   </si>
   <si>
     <t>58.94</t>
   </si>
   <si>
     <t>54.76</t>
   </si>
   <si>
-    <t>Aleksandr Dokin</t>
+    <t>Никита Попков</t>
+  </si>
+  <si>
+    <t>1:00.12</t>
+  </si>
+  <si>
+    <t>49.14</t>
+  </si>
+  <si>
+    <t>Екатерина Канева</t>
+  </si>
+  <si>
+    <t>1:00.78</t>
+  </si>
+  <si>
+    <t>58.17</t>
+  </si>
+  <si>
+    <t>Александр Докин</t>
   </si>
   <si>
     <t>1:01.12</t>
   </si>
   <si>
     <t>54.00</t>
   </si>
   <si>
-    <t>Roman Shilov</t>
+    <t>Роман Шилов</t>
   </si>
   <si>
     <t>1:03.07</t>
   </si>
   <si>
     <t>55.39</t>
   </si>
   <si>
-    <t>Lev Maslov</t>
+    <t>Вадим Сухарев</t>
+  </si>
+  <si>
+    <t>1:05.43</t>
+  </si>
+  <si>
+    <t>59.43</t>
+  </si>
+  <si>
+    <t>Лев Маслов</t>
   </si>
   <si>
     <t>1:05.50</t>
   </si>
   <si>
     <t>59.74</t>
   </si>
   <si>
-    <t>Ekaterina Kaneva</t>
-[...8 lines deleted...]
-    <t>Maxim Shevchenko</t>
+    <t>Максим Шевченко</t>
   </si>
   <si>
     <t>1:06.92</t>
   </si>
   <si>
     <t>1:04.36</t>
   </si>
   <si>
-    <t>Vadim Sukharev</t>
-[...17 lines deleted...]
-    <t>Daniil Tambovtsev</t>
+    <t>Арсений Павлов</t>
+  </si>
+  <si>
+    <t>1:07.50</t>
+  </si>
+  <si>
+    <t>1:00.94</t>
+  </si>
+  <si>
+    <t>Александр Кропотов</t>
+  </si>
+  <si>
+    <t>1:09.66</t>
+  </si>
+  <si>
+    <t>1:05.86</t>
+  </si>
+  <si>
+    <t>Даниил Тамбовцев</t>
   </si>
   <si>
     <t>1:10.82</t>
   </si>
   <si>
     <t>1:03.16</t>
   </si>
   <si>
-    <t>Vladislav Kozhin</t>
-[...8 lines deleted...]
-    <t>Maxim Znamenshchikov</t>
+    <t>Максим Знаменщиков</t>
   </si>
   <si>
     <t>1:13.09</t>
   </si>
   <si>
     <t>1:08.00</t>
   </si>
   <si>
-    <t>Igor Tarabrin</t>
+    <t>Игорь Тарабрин</t>
   </si>
   <si>
     <t>1:17.36</t>
   </si>
   <si>
     <t>1:09.46</t>
   </si>
   <si>
-    <t>Dmitry Nagirnyak</t>
+    <t>Дмитрий Нагирняк</t>
   </si>
   <si>
     <t>1:17.68</t>
   </si>
   <si>
     <t>1:11.67</t>
   </si>
   <si>
-    <t>Aleksandr Kropotov</t>
-[...8 lines deleted...]
-    <t>Erik Shakirov</t>
+    <t>Владислав Кожин</t>
+  </si>
+  <si>
+    <t>1:18.93</t>
+  </si>
+  <si>
+    <t>1:12.48</t>
+  </si>
+  <si>
+    <t>Эрик Шакиров</t>
   </si>
   <si>
     <t>1:21.45</t>
   </si>
   <si>
     <t>1:13.60</t>
   </si>
   <si>
-    <t>Andrey Zhukov</t>
+    <t>Никита Чесноков</t>
+  </si>
+  <si>
+    <t>1:24.33</t>
+  </si>
+  <si>
+    <t>1:19.54</t>
+  </si>
+  <si>
+    <t>Андрей Жуков</t>
   </si>
   <si>
     <t>1:27.92</t>
   </si>
   <si>
     <t>1:14.82</t>
   </si>
   <si>
-    <t>Olga Yasakova</t>
-[...2 lines deleted...]
-    <t>1:30.99</t>
+    <t>Андрей Кошелев</t>
+  </si>
+  <si>
+    <t>1:28.86</t>
+  </si>
+  <si>
+    <t>1:20.53</t>
+  </si>
+  <si>
+    <t>Ольга Ясакова</t>
+  </si>
+  <si>
+    <t>1:29.76</t>
   </si>
   <si>
     <t>1:15.87</t>
   </si>
   <si>
-    <t>Nikita Chesnokov</t>
-[...17 lines deleted...]
-    <t>Ivan Sergeev</t>
+    <t>Владимир Филин</t>
+  </si>
+  <si>
+    <t>1:32.98</t>
+  </si>
+  <si>
+    <t>1:25.03</t>
+  </si>
+  <si>
+    <t>Иван Сергеев</t>
   </si>
   <si>
     <t>1:41.22</t>
   </si>
   <si>
     <t>1:36.14</t>
   </si>
   <si>
-    <t>Platon Kabakov</t>
+    <t>Платон Кабаков</t>
   </si>
   <si>
     <t>1:46.97</t>
   </si>
   <si>
     <t>1:38.45</t>
   </si>
   <si>
-    <t>Timofey Tyulpakov</t>
+    <t>Тимофей Тюльпаков</t>
   </si>
   <si>
     <t>1:47.02</t>
   </si>
   <si>
     <t>1:44.71</t>
   </si>
   <si>
-    <t>Vladimir Filin</t>
-[...8 lines deleted...]
-    <t>Dmitriy Rezyapkin</t>
+    <t>Дмитрий Резяпкин</t>
   </si>
   <si>
     <t>2:07.67</t>
   </si>
   <si>
     <t>1:55.37</t>
   </si>
   <si>
-    <t>Daria Eliseeva</t>
-[...2 lines deleted...]
-    <t>2:11.42</t>
+    <t>Дарья Елисеева</t>
+  </si>
+  <si>
+    <t>2:11.72</t>
   </si>
   <si>
     <t>1:53.17</t>
   </si>
   <si>
-    <t>Dmitry Rodin</t>
+    <t>Дмитрий Родин</t>
   </si>
   <si>
     <t>2:15.07</t>
   </si>
   <si>
     <t>1:50.17</t>
   </si>
   <si>
-    <t>Kirill Prigoda</t>
+    <t>Кирилл Пригода</t>
   </si>
   <si>
     <t>2:19.57</t>
   </si>
   <si>
     <t>2:13.42</t>
   </si>
   <si>
-    <t>Alexander Katyukov</t>
+    <t>Александр Катюков</t>
   </si>
   <si>
     <t>2:33.39</t>
   </si>
   <si>
     <t>2:02.92</t>
   </si>
   <si>
-    <t>Mikhail Govgolenko</t>
+    <t>Михаил Говголенко</t>
   </si>
   <si>
     <t>2:11.36</t>
   </si>
   <si>
-    <t>Ivan Oleinikov</t>
+    <t>Иван Олейников</t>
   </si>
   <si>
     <t>2:18.18</t>
   </si>
   <si>
-    <t>Georgiy Golosov</t>
+    <t>Роберт Набиуллин</t>
+  </si>
+  <si>
+    <t>2:19.06</t>
+  </si>
+  <si>
+    <t>Георгий Голосов</t>
   </si>
   <si>
     <t>2:24.91</t>
   </si>
   <si>
-    <t>Kristina Koroleva</t>
+    <t>Кристина Королёва</t>
   </si>
   <si>
     <t>2:44.65</t>
   </si>
   <si>
-    <t>Vladislav Botvinko</t>
+    <t>Владислав Ботвинко</t>
   </si>
   <si>
     <t>2:44.87</t>
   </si>
   <si>
-    <t>Dmitry Galkin</t>
-[...17 lines deleted...]
-    <t>Sofiia Khegai</t>
+    <t>Дмитрий Галкин</t>
+  </si>
+  <si>
+    <t>Дмитрий Камашев</t>
+  </si>
+  <si>
+    <t>Елизавета Бреева</t>
+  </si>
+  <si>
+    <t>Михаил Жерновков</t>
+  </si>
+  <si>
+    <t>Роман Самвелян</t>
+  </si>
+  <si>
+    <t>София Хегай</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -729,51 +732,51 @@
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:D45"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="C45" sqref="C45"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="3.428" bestFit="true" customWidth="true" style="0"/>
-    <col min="2" max="2" width="24.708" bestFit="true" customWidth="true" style="0"/>
+    <col min="2" max="2" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="9.283" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:4">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
         <v>2</v>
       </c>
       <c r="D1" s="1" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="2" spans="1:4">
       <c r="A2">
         <v>1</v>
       </c>
       <c r="B2" t="s">
         <v>4</v>
       </c>
@@ -1257,88 +1260,94 @@
     <row r="37" spans="1:4">
       <c r="A37">
         <v>36</v>
       </c>
       <c r="B37" t="s">
         <v>106</v>
       </c>
       <c r="C37" s="1"/>
       <c r="D37" t="s">
         <v>107</v>
       </c>
     </row>
     <row r="38" spans="1:4">
       <c r="A38">
         <v>37</v>
       </c>
       <c r="B38" t="s">
         <v>108</v>
       </c>
       <c r="C38" s="1"/>
       <c r="D38" t="s">
         <v>109</v>
       </c>
     </row>
     <row r="39" spans="1:4">
+      <c r="A39">
+        <v>38</v>
+      </c>
       <c r="B39" t="s">
         <v>110</v>
       </c>
       <c r="C39" s="1"/>
+      <c r="D39" t="s">
+        <v>111</v>
+      </c>
     </row>
     <row r="40" spans="1:4">
       <c r="B40" t="s">
-        <v>111</v>
+        <v>112</v>
       </c>
       <c r="C40" s="1"/>
     </row>
     <row r="41" spans="1:4">
       <c r="B41" t="s">
-        <v>112</v>
+        <v>113</v>
       </c>
       <c r="C41" s="1"/>
     </row>
     <row r="42" spans="1:4">
       <c r="B42" t="s">
-        <v>113</v>
+        <v>114</v>
       </c>
       <c r="C42" s="1"/>
     </row>
     <row r="43" spans="1:4">
       <c r="B43" t="s">
-        <v>114</v>
+        <v>115</v>
       </c>
       <c r="C43" s="1"/>
     </row>
     <row r="44" spans="1:4">
       <c r="B44" t="s">
-        <v>115</v>
+        <v>116</v>
       </c>
       <c r="C44" s="1"/>
     </row>
     <row r="45" spans="1:4">
       <c r="B45" t="s">
-        <v>116</v>
+        <v>117</v>
       </c>
       <c r="C45" s="1"/>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>