--- v0 (2026-01-15)
+++ v1 (2026-03-03)
@@ -12,671 +12,665 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="pyram" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="208">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="206">
   <si>
     <t>#</t>
   </si>
   <si>
     <t>Имя и фамилия участника</t>
   </si>
   <si>
     <t>Среднее</t>
   </si>
   <si>
     <t>Лучшее</t>
   </si>
   <si>
+    <t>Александр Кропотов</t>
+  </si>
+  <si>
+    <t>2.82</t>
+  </si>
+  <si>
+    <t>2.09</t>
+  </si>
+  <si>
     <t>Александр Башуткин</t>
   </si>
   <si>
+    <t>3.00</t>
+  </si>
+  <si>
+    <t>1.53</t>
+  </si>
+  <si>
+    <t>Максим Знаменщиков</t>
+  </si>
+  <si>
+    <t>1.99</t>
+  </si>
+  <si>
+    <t>Владимир Филин</t>
+  </si>
+  <si>
+    <t>3.09</t>
+  </si>
+  <si>
+    <t>1.41</t>
+  </si>
+  <si>
+    <t>Афанасий Иванов</t>
+  </si>
+  <si>
+    <t>3.11</t>
+  </si>
+  <si>
     <t>2.31</t>
   </si>
   <si>
-    <t>1.18</t>
-[...17 lines deleted...]
-    <t>1.99</t>
+    <t>Роман Шилов</t>
+  </si>
+  <si>
+    <t>3.13</t>
+  </si>
+  <si>
+    <t>1.81</t>
+  </si>
+  <si>
+    <t>Степан Мельников</t>
+  </si>
+  <si>
+    <t>3.20</t>
+  </si>
+  <si>
+    <t>2.63</t>
+  </si>
+  <si>
+    <t>Андрей Панов</t>
+  </si>
+  <si>
+    <t>3.52</t>
+  </si>
+  <si>
+    <t>2.40</t>
+  </si>
+  <si>
+    <t>Арсений Павлов</t>
+  </si>
+  <si>
+    <t>3.63</t>
+  </si>
+  <si>
+    <t>2.65</t>
   </si>
   <si>
     <t>Анатолий Туренко</t>
   </si>
   <si>
-    <t>3.06</t>
-[...35 lines deleted...]
-    <t>2.63</t>
+    <t>3.72</t>
+  </si>
+  <si>
+    <t>2.17</t>
+  </si>
+  <si>
+    <t>Иван Олейников</t>
+  </si>
+  <si>
+    <t>3.83</t>
+  </si>
+  <si>
+    <t>2.45</t>
+  </si>
+  <si>
+    <t>Платон Кабаков</t>
+  </si>
+  <si>
+    <t>3.85</t>
+  </si>
+  <si>
+    <t>2.44</t>
   </si>
   <si>
     <t>Владимир Фёдоров</t>
   </si>
   <si>
-    <t>3.46</t>
-[...38 lines deleted...]
-    <t>2.44</t>
+    <t>3.92</t>
+  </si>
+  <si>
+    <t>2.87</t>
+  </si>
+  <si>
+    <t>Дмитрий Родин</t>
+  </si>
+  <si>
+    <t>4.17</t>
+  </si>
+  <si>
+    <t>2.77</t>
   </si>
   <si>
     <t>Максим Ильин</t>
   </si>
   <si>
-    <t>3.93</t>
-[...11 lines deleted...]
-    <t>2.77</t>
+    <t>4.38</t>
+  </si>
+  <si>
+    <t>3.12</t>
+  </si>
+  <si>
+    <t>Вадим Сухарев</t>
+  </si>
+  <si>
+    <t>4.51</t>
+  </si>
+  <si>
+    <t>3.31</t>
+  </si>
+  <si>
+    <t>Александр Докин</t>
+  </si>
+  <si>
+    <t>4.80</t>
+  </si>
+  <si>
+    <t>1.80</t>
+  </si>
+  <si>
+    <t>Андрей Жуков</t>
+  </si>
+  <si>
+    <t>4.87</t>
+  </si>
+  <si>
+    <t>2.66</t>
+  </si>
+  <si>
+    <t>Андрей Кошелев</t>
+  </si>
+  <si>
+    <t>5.20</t>
+  </si>
+  <si>
+    <t>2.97</t>
+  </si>
+  <si>
+    <t>Дмитрий Нагирняк</t>
+  </si>
+  <si>
+    <t>5.21</t>
+  </si>
+  <si>
+    <t>3.02</t>
+  </si>
+  <si>
+    <t>Дмитрий Галкин</t>
+  </si>
+  <si>
+    <t>5.26</t>
+  </si>
+  <si>
+    <t>3.53</t>
+  </si>
+  <si>
+    <t>Дмитрий Колотвин</t>
+  </si>
+  <si>
+    <t>3.91</t>
+  </si>
+  <si>
+    <t>Денис Синюшкин</t>
+  </si>
+  <si>
+    <t>5.54</t>
+  </si>
+  <si>
+    <t>4.21</t>
+  </si>
+  <si>
+    <t>Дарья Елисеева</t>
+  </si>
+  <si>
+    <t>5.69</t>
+  </si>
+  <si>
+    <t>2.76</t>
+  </si>
+  <si>
+    <t>Даниил Тамбовцев</t>
+  </si>
+  <si>
+    <t>5.71</t>
+  </si>
+  <si>
+    <t>3.51</t>
+  </si>
+  <si>
+    <t>Алексей Сенаторов</t>
+  </si>
+  <si>
+    <t>5.92</t>
+  </si>
+  <si>
+    <t>3.88</t>
+  </si>
+  <si>
+    <t>Лев Маслов</t>
+  </si>
+  <si>
+    <t>6.05</t>
+  </si>
+  <si>
+    <t>4.33</t>
   </si>
   <si>
     <t>Владислав Кожин</t>
   </si>
   <si>
-    <t>4.49</t>
-[...104 lines deleted...]
-    <t>4.33</t>
+    <t>6.25</t>
+  </si>
+  <si>
+    <t>5.65</t>
+  </si>
+  <si>
+    <t>Тимофей Тюльпаков</t>
+  </si>
+  <si>
+    <t>6.36</t>
+  </si>
+  <si>
+    <t>Кристина Королёва</t>
+  </si>
+  <si>
+    <t>6.38</t>
+  </si>
+  <si>
+    <t>4.64</t>
   </si>
   <si>
     <t>Михаил Говголенко</t>
   </si>
   <si>
-    <t>6.15</t>
-[...2 lines deleted...]
-    <t>3.73</t>
+    <t>6.41</t>
+  </si>
+  <si>
+    <t>3.78</t>
+  </si>
+  <si>
+    <t>Владислав Ботвинко</t>
+  </si>
+  <si>
+    <t>7.14</t>
+  </si>
+  <si>
+    <t>5.03</t>
+  </si>
+  <si>
+    <t>Кирилл Пригода</t>
+  </si>
+  <si>
+    <t>7.36</t>
+  </si>
+  <si>
+    <t>Никита Чесноков</t>
+  </si>
+  <si>
+    <t>7.46</t>
+  </si>
+  <si>
+    <t>5.39</t>
+  </si>
+  <si>
+    <t>Николай Пшеничников</t>
+  </si>
+  <si>
+    <t>7.47</t>
+  </si>
+  <si>
+    <t>5.30</t>
+  </si>
+  <si>
+    <t>Роман Самвелян</t>
+  </si>
+  <si>
+    <t>8.17</t>
+  </si>
+  <si>
+    <t>5.77</t>
+  </si>
+  <si>
+    <t>Иван Сергеев</t>
+  </si>
+  <si>
+    <t>8.19</t>
+  </si>
+  <si>
+    <t>5.98</t>
+  </si>
+  <si>
+    <t>Пётр Шипицин</t>
+  </si>
+  <si>
+    <t>8.30</t>
+  </si>
+  <si>
+    <t>3.60</t>
+  </si>
+  <si>
+    <t>Александр Катюков</t>
+  </si>
+  <si>
+    <t>8.69</t>
+  </si>
+  <si>
+    <t>4.58</t>
+  </si>
+  <si>
+    <t>Георгий Голосов</t>
+  </si>
+  <si>
+    <t>8.82</t>
+  </si>
+  <si>
+    <t>5.13</t>
+  </si>
+  <si>
+    <t>Ольга Ясакова</t>
+  </si>
+  <si>
+    <t>9.14</t>
+  </si>
+  <si>
+    <t>6.31</t>
+  </si>
+  <si>
+    <t>Михаил Лосев</t>
+  </si>
+  <si>
+    <t>9.69</t>
+  </si>
+  <si>
+    <t>4.97</t>
+  </si>
+  <si>
+    <t>София Хегай</t>
+  </si>
+  <si>
+    <t>9.96</t>
+  </si>
+  <si>
+    <t>7.76</t>
+  </si>
+  <si>
+    <t>Елисей Акименков</t>
+  </si>
+  <si>
+    <t>10.05</t>
+  </si>
+  <si>
+    <t>Дмитрий Резяпкин</t>
+  </si>
+  <si>
+    <t>10.28</t>
+  </si>
+  <si>
+    <t>6.30</t>
+  </si>
+  <si>
+    <t>Андрей Черепанов</t>
+  </si>
+  <si>
+    <t>10.38</t>
+  </si>
+  <si>
+    <t>9.03</t>
+  </si>
+  <si>
+    <t>Михаил Мочалов</t>
+  </si>
+  <si>
+    <t>10.41</t>
+  </si>
+  <si>
+    <t>6.46</t>
+  </si>
+  <si>
+    <t>Роберт Набиуллин</t>
+  </si>
+  <si>
+    <t>10.71</t>
+  </si>
+  <si>
+    <t>8.34</t>
+  </si>
+  <si>
+    <t>Мария Подчуфарова</t>
+  </si>
+  <si>
+    <t>11.04</t>
+  </si>
+  <si>
+    <t>7.87</t>
+  </si>
+  <si>
+    <t>Вячеслав Трушков</t>
+  </si>
+  <si>
+    <t>11.90</t>
+  </si>
+  <si>
+    <t>6.74</t>
+  </si>
+  <si>
+    <t>Альберт Хайров</t>
+  </si>
+  <si>
+    <t>12.02</t>
+  </si>
+  <si>
+    <t>9.23</t>
+  </si>
+  <si>
+    <t>Анастасия Хлапонина</t>
+  </si>
+  <si>
+    <t>12.25</t>
+  </si>
+  <si>
+    <t>8.08</t>
+  </si>
+  <si>
+    <t>Александр Чебан</t>
+  </si>
+  <si>
+    <t>12.64</t>
+  </si>
+  <si>
+    <t>8.68</t>
+  </si>
+  <si>
+    <t>Александр Щербаков</t>
+  </si>
+  <si>
+    <t>13.77</t>
+  </si>
+  <si>
+    <t>9.28</t>
+  </si>
+  <si>
+    <t>Лукерья Лаврентьева</t>
+  </si>
+  <si>
+    <t>13.97</t>
+  </si>
+  <si>
+    <t>12.31</t>
+  </si>
+  <si>
+    <t>Ольга Кун</t>
+  </si>
+  <si>
+    <t>14.39</t>
+  </si>
+  <si>
+    <t>8.32</t>
+  </si>
+  <si>
+    <t>Иван Шинкин</t>
+  </si>
+  <si>
+    <t>16.47</t>
+  </si>
+  <si>
+    <t>12.93</t>
+  </si>
+  <si>
+    <t>Наталья Жукова</t>
+  </si>
+  <si>
+    <t>16.98</t>
+  </si>
+  <si>
+    <t>Татьяна Григоровская</t>
+  </si>
+  <si>
+    <t>17.49</t>
+  </si>
+  <si>
+    <t>11.83</t>
+  </si>
+  <si>
+    <t>Яромир Тиунов</t>
+  </si>
+  <si>
+    <t>18.23</t>
+  </si>
+  <si>
+    <t>9.87</t>
+  </si>
+  <si>
+    <t>Таисия Семенихина</t>
+  </si>
+  <si>
+    <t>19.68</t>
+  </si>
+  <si>
+    <t>13.14</t>
+  </si>
+  <si>
+    <t>Камиля Хайрова</t>
+  </si>
+  <si>
+    <t>20.48</t>
+  </si>
+  <si>
+    <t>14.03</t>
+  </si>
+  <si>
+    <t>Варвара Семенихина</t>
+  </si>
+  <si>
+    <t>22.61</t>
+  </si>
+  <si>
+    <t>17.83</t>
+  </si>
+  <si>
+    <t>Роман Романенко</t>
+  </si>
+  <si>
+    <t>24.11</t>
+  </si>
+  <si>
+    <t>14.63</t>
+  </si>
+  <si>
+    <t>Полина Прасковина</t>
+  </si>
+  <si>
+    <t>25.59</t>
+  </si>
+  <si>
+    <t>14.67</t>
+  </si>
+  <si>
+    <t>Михаил Жерновков</t>
+  </si>
+  <si>
+    <t>29.13</t>
+  </si>
+  <si>
+    <t>18.50</t>
+  </si>
+  <si>
+    <t>Давид Иванов</t>
+  </si>
+  <si>
+    <t>31.58</t>
+  </si>
+  <si>
+    <t>22.34</t>
+  </si>
+  <si>
+    <t>Мария Саулина</t>
+  </si>
+  <si>
+    <t>33.58</t>
+  </si>
+  <si>
+    <t>25.56</t>
+  </si>
+  <si>
+    <t>Артём Брехманис</t>
+  </si>
+  <si>
+    <t>Елизавета Бреева</t>
   </si>
   <si>
     <t>Игорь Тарабрин</t>
-  </si>
-[...352 lines deleted...]
-    <t>Елизавета Бреева</t>
   </si>
   <si>
     <t>Никита Фролов</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
@@ -1057,96 +1051,96 @@
         <v>6</v>
       </c>
     </row>
     <row r="3" spans="1:4">
       <c r="A3">
         <v>2</v>
       </c>
       <c r="B3" t="s">
         <v>7</v>
       </c>
       <c r="C3" s="1" t="s">
         <v>8</v>
       </c>
       <c r="D3" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="4" spans="1:4">
       <c r="A4">
         <v>3</v>
       </c>
       <c r="B4" t="s">
         <v>10</v>
       </c>
       <c r="C4" s="1" t="s">
+        <v>8</v>
+      </c>
+      <c r="D4" t="s">
         <v>11</v>
-      </c>
-[...1 lines deleted...]
-        <v>12</v>
       </c>
     </row>
     <row r="5" spans="1:4">
       <c r="A5">
         <v>4</v>
       </c>
       <c r="B5" t="s">
+        <v>12</v>
+      </c>
+      <c r="C5" s="1" t="s">
         <v>13</v>
       </c>
-      <c r="C5" s="1" t="s">
+      <c r="D5" t="s">
         <v>14</v>
-      </c>
-[...1 lines deleted...]
-        <v>15</v>
       </c>
     </row>
     <row r="6" spans="1:4">
       <c r="A6">
         <v>5</v>
       </c>
       <c r="B6" t="s">
+        <v>15</v>
+      </c>
+      <c r="C6" s="1" t="s">
         <v>16</v>
       </c>
-      <c r="C6" s="1" t="s">
+      <c r="D6" t="s">
         <v>17</v>
-      </c>
-[...1 lines deleted...]
-        <v>18</v>
       </c>
     </row>
     <row r="7" spans="1:4">
       <c r="A7">
         <v>6</v>
       </c>
       <c r="B7" t="s">
+        <v>18</v>
+      </c>
+      <c r="C7" s="1" t="s">
         <v>19</v>
       </c>
-      <c r="C7" s="1" t="s">
+      <c r="D7" t="s">
         <v>20</v>
-      </c>
-[...1 lines deleted...]
-        <v>5</v>
       </c>
     </row>
     <row r="8" spans="1:4">
       <c r="A8">
         <v>7</v>
       </c>
       <c r="B8" t="s">
         <v>21</v>
       </c>
       <c r="C8" s="1" t="s">
         <v>22</v>
       </c>
       <c r="D8" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="9" spans="1:4">
       <c r="A9">
         <v>8</v>
       </c>
       <c r="B9" t="s">
         <v>24</v>
       </c>
       <c r="C9" s="1" t="s">
         <v>25</v>
@@ -1323,65 +1317,65 @@
         <v>62</v>
       </c>
     </row>
     <row r="22" spans="1:4">
       <c r="A22">
         <v>21</v>
       </c>
       <c r="B22" t="s">
         <v>63</v>
       </c>
       <c r="C22" s="1" t="s">
         <v>64</v>
       </c>
       <c r="D22" t="s">
         <v>65</v>
       </c>
     </row>
     <row r="23" spans="1:4">
       <c r="A23">
         <v>22</v>
       </c>
       <c r="B23" t="s">
         <v>66</v>
       </c>
       <c r="C23" s="1" t="s">
+        <v>64</v>
+      </c>
+      <c r="D23" t="s">
         <v>67</v>
-      </c>
-[...1 lines deleted...]
-        <v>68</v>
       </c>
     </row>
     <row r="24" spans="1:4">
       <c r="A24">
         <v>23</v>
       </c>
       <c r="B24" t="s">
+        <v>68</v>
+      </c>
+      <c r="C24" s="1" t="s">
         <v>69</v>
-      </c>
-[...1 lines deleted...]
-        <v>67</v>
       </c>
       <c r="D24" t="s">
         <v>70</v>
       </c>
     </row>
     <row r="25" spans="1:4">
       <c r="A25">
         <v>24</v>
       </c>
       <c r="B25" t="s">
         <v>71</v>
       </c>
       <c r="C25" s="1" t="s">
         <v>72</v>
       </c>
       <c r="D25" t="s">
         <v>73</v>
       </c>
     </row>
     <row r="26" spans="1:4">
       <c r="A26">
         <v>25</v>
       </c>
       <c r="B26" t="s">
         <v>74</v>
@@ -1396,79 +1390,79 @@
     <row r="27" spans="1:4">
       <c r="A27">
         <v>26</v>
       </c>
       <c r="B27" t="s">
         <v>77</v>
       </c>
       <c r="C27" s="1" t="s">
         <v>78</v>
       </c>
       <c r="D27" t="s">
         <v>79</v>
       </c>
     </row>
     <row r="28" spans="1:4">
       <c r="A28">
         <v>27</v>
       </c>
       <c r="B28" t="s">
         <v>80</v>
       </c>
       <c r="C28" s="1" t="s">
         <v>81</v>
       </c>
       <c r="D28" t="s">
-        <v>53</v>
+        <v>82</v>
       </c>
     </row>
     <row r="29" spans="1:4">
       <c r="A29">
         <v>28</v>
       </c>
       <c r="B29" t="s">
-        <v>82</v>
+        <v>83</v>
       </c>
       <c r="C29" s="1" t="s">
-        <v>83</v>
+        <v>84</v>
       </c>
       <c r="D29" t="s">
-        <v>84</v>
+        <v>85</v>
       </c>
     </row>
     <row r="30" spans="1:4">
       <c r="A30">
         <v>29</v>
       </c>
       <c r="B30" t="s">
-        <v>85</v>
+        <v>86</v>
       </c>
       <c r="C30" s="1" t="s">
-        <v>86</v>
+        <v>87</v>
       </c>
       <c r="D30" t="s">
-        <v>87</v>
+        <v>31</v>
       </c>
     </row>
     <row r="31" spans="1:4">
       <c r="A31">
         <v>30</v>
       </c>
       <c r="B31" t="s">
         <v>88</v>
       </c>
       <c r="C31" s="1" t="s">
         <v>89</v>
       </c>
       <c r="D31" t="s">
         <v>90</v>
       </c>
     </row>
     <row r="32" spans="1:4">
       <c r="A32">
         <v>31</v>
       </c>
       <c r="B32" t="s">
         <v>91</v>
       </c>
       <c r="C32" s="1" t="s">
         <v>92</v>
@@ -1480,79 +1474,79 @@
     <row r="33" spans="1:4">
       <c r="A33">
         <v>32</v>
       </c>
       <c r="B33" t="s">
         <v>94</v>
       </c>
       <c r="C33" s="1" t="s">
         <v>95</v>
       </c>
       <c r="D33" t="s">
         <v>96</v>
       </c>
     </row>
     <row r="34" spans="1:4">
       <c r="A34">
         <v>33</v>
       </c>
       <c r="B34" t="s">
         <v>97</v>
       </c>
       <c r="C34" s="1" t="s">
         <v>98</v>
       </c>
       <c r="D34" t="s">
-        <v>99</v>
+        <v>72</v>
       </c>
     </row>
     <row r="35" spans="1:4">
       <c r="A35">
         <v>34</v>
       </c>
       <c r="B35" t="s">
+        <v>99</v>
+      </c>
+      <c r="C35" s="1" t="s">
         <v>100</v>
       </c>
-      <c r="C35" s="1" t="s">
+      <c r="D35" t="s">
         <v>101</v>
-      </c>
-[...1 lines deleted...]
-        <v>102</v>
       </c>
     </row>
     <row r="36" spans="1:4">
       <c r="A36">
         <v>35</v>
       </c>
       <c r="B36" t="s">
+        <v>102</v>
+      </c>
+      <c r="C36" s="1" t="s">
         <v>103</v>
       </c>
-      <c r="C36" s="1" t="s">
+      <c r="D36" t="s">
         <v>104</v>
-      </c>
-[...1 lines deleted...]
-        <v>75</v>
       </c>
     </row>
     <row r="37" spans="1:4">
       <c r="A37">
         <v>36</v>
       </c>
       <c r="B37" t="s">
         <v>105</v>
       </c>
       <c r="C37" s="1" t="s">
         <v>106</v>
       </c>
       <c r="D37" t="s">
         <v>107</v>
       </c>
     </row>
     <row r="38" spans="1:4">
       <c r="A38">
         <v>37</v>
       </c>
       <c r="B38" t="s">
         <v>108</v>
       </c>
       <c r="C38" s="1" t="s">
         <v>109</v>
@@ -1634,65 +1628,65 @@
     <row r="44" spans="1:4">
       <c r="A44">
         <v>43</v>
       </c>
       <c r="B44" t="s">
         <v>126</v>
       </c>
       <c r="C44" s="1" t="s">
         <v>127</v>
       </c>
       <c r="D44" t="s">
         <v>128</v>
       </c>
     </row>
     <row r="45" spans="1:4">
       <c r="A45">
         <v>44</v>
       </c>
       <c r="B45" t="s">
         <v>129</v>
       </c>
       <c r="C45" s="1" t="s">
         <v>130</v>
       </c>
       <c r="D45" t="s">
-        <v>131</v>
+        <v>101</v>
       </c>
     </row>
     <row r="46" spans="1:4">
       <c r="A46">
         <v>45</v>
       </c>
       <c r="B46" t="s">
+        <v>131</v>
+      </c>
+      <c r="C46" s="1" t="s">
         <v>132</v>
       </c>
-      <c r="C46" s="1" t="s">
+      <c r="D46" t="s">
         <v>133</v>
-      </c>
-[...1 lines deleted...]
-        <v>107</v>
       </c>
     </row>
     <row r="47" spans="1:4">
       <c r="A47">
         <v>46</v>
       </c>
       <c r="B47" t="s">
         <v>134</v>
       </c>
       <c r="C47" s="1" t="s">
         <v>135</v>
       </c>
       <c r="D47" t="s">
         <v>136</v>
       </c>
     </row>
     <row r="48" spans="1:4">
       <c r="A48">
         <v>47</v>
       </c>
       <c r="B48" t="s">
         <v>137</v>
       </c>
       <c r="C48" s="1" t="s">
         <v>138</v>
@@ -1830,65 +1824,65 @@
     <row r="58" spans="1:4">
       <c r="A58">
         <v>57</v>
       </c>
       <c r="B58" t="s">
         <v>167</v>
       </c>
       <c r="C58" s="1" t="s">
         <v>168</v>
       </c>
       <c r="D58" t="s">
         <v>169</v>
       </c>
     </row>
     <row r="59" spans="1:4">
       <c r="A59">
         <v>58</v>
       </c>
       <c r="B59" t="s">
         <v>170</v>
       </c>
       <c r="C59" s="1" t="s">
         <v>171</v>
       </c>
       <c r="D59" t="s">
-        <v>172</v>
+        <v>145</v>
       </c>
     </row>
     <row r="60" spans="1:4">
       <c r="A60">
         <v>59</v>
       </c>
       <c r="B60" t="s">
+        <v>172</v>
+      </c>
+      <c r="C60" s="1" t="s">
         <v>173</v>
       </c>
-      <c r="C60" s="1" t="s">
+      <c r="D60" t="s">
         <v>174</v>
-      </c>
-[...1 lines deleted...]
-        <v>148</v>
       </c>
     </row>
     <row r="61" spans="1:4">
       <c r="A61">
         <v>60</v>
       </c>
       <c r="B61" t="s">
         <v>175</v>
       </c>
       <c r="C61" s="1" t="s">
         <v>176</v>
       </c>
       <c r="D61" t="s">
         <v>177</v>
       </c>
     </row>
     <row r="62" spans="1:4">
       <c r="A62">
         <v>61</v>
       </c>
       <c r="B62" t="s">
         <v>178</v>
       </c>
       <c r="C62" s="1" t="s">
         <v>179</v>
@@ -1974,78 +1968,70 @@
       <c r="B68" t="s">
         <v>196</v>
       </c>
       <c r="C68" s="1" t="s">
         <v>197</v>
       </c>
       <c r="D68" t="s">
         <v>198</v>
       </c>
     </row>
     <row r="69" spans="1:4">
       <c r="A69">
         <v>68</v>
       </c>
       <c r="B69" t="s">
         <v>199</v>
       </c>
       <c r="C69" s="1" t="s">
         <v>200</v>
       </c>
       <c r="D69" t="s">
         <v>201</v>
       </c>
     </row>
     <row r="70" spans="1:4">
-      <c r="A70">
-[...1 lines deleted...]
-      </c>
       <c r="B70" t="s">
         <v>202</v>
       </c>
-      <c r="C70" s="1" t="s">
-[...4 lines deleted...]
-      </c>
+      <c r="C70" s="1"/>
     </row>
     <row r="71" spans="1:4">
       <c r="B71" t="s">
-        <v>205</v>
+        <v>203</v>
       </c>
       <c r="C71" s="1"/>
     </row>
     <row r="72" spans="1:4">
       <c r="B72" t="s">
-        <v>206</v>
+        <v>204</v>
       </c>
       <c r="C72" s="1"/>
     </row>
     <row r="73" spans="1:4">
       <c r="B73" t="s">
-        <v>207</v>
+        <v>205</v>
       </c>
       <c r="C73" s="1"/>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>