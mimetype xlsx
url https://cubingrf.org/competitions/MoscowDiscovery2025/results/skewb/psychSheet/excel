--- v0 (2025-11-30)
+++ v1 (2026-01-15)
@@ -12,145 +12,145 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="skewb" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="172">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="173">
   <si>
     <t>#</t>
   </si>
   <si>
     <t>Имя и фамилия участника</t>
   </si>
   <si>
     <t>Среднее</t>
   </si>
   <si>
     <t>Лучшее</t>
   </si>
   <si>
     <t>Владимир Филин</t>
   </si>
   <si>
     <t>2.33</t>
   </si>
   <si>
     <t>1.03</t>
   </si>
   <si>
     <t>Екатерина Канева</t>
   </si>
   <si>
-    <t>2.56</t>
+    <t>2.35</t>
   </si>
   <si>
     <t>1.07</t>
   </si>
   <si>
     <t>Владислав Кожин</t>
   </si>
   <si>
     <t>2.93</t>
   </si>
   <si>
     <t>1.31</t>
   </si>
   <si>
     <t>Роман Шилов</t>
   </si>
   <si>
     <t>3.13</t>
   </si>
   <si>
     <t>1.87</t>
   </si>
   <si>
     <t>Александр Башуткин</t>
   </si>
   <si>
     <t>3.63</t>
   </si>
   <si>
     <t>2.17</t>
   </si>
   <si>
     <t>Максим Ильин</t>
   </si>
   <si>
     <t>3.82</t>
   </si>
   <si>
     <t>1.82</t>
   </si>
   <si>
+    <t>Денис Синюшкин</t>
+  </si>
+  <si>
+    <t>3.84</t>
+  </si>
+  <si>
+    <t>2.26</t>
+  </si>
+  <si>
     <t>Андрей Панов</t>
   </si>
   <si>
     <t>3.87</t>
   </si>
   <si>
     <t>2.30</t>
   </si>
   <si>
     <t>Андрей Жуков</t>
   </si>
   <si>
     <t>3.98</t>
   </si>
   <si>
     <t>2.76</t>
   </si>
   <si>
-    <t>Денис Синюшкин</t>
-[...7 lines deleted...]
-  <si>
     <t>Анатолий Туренко</t>
   </si>
   <si>
     <t>4.17</t>
   </si>
   <si>
     <t>2.64</t>
   </si>
   <si>
     <t>Степан Мельников</t>
   </si>
   <si>
     <t>4.43</t>
   </si>
   <si>
     <t>2.83</t>
   </si>
   <si>
     <t>Платон Кабаков</t>
   </si>
   <si>
     <t>4.48</t>
   </si>
   <si>
     <t>3.04</t>
@@ -182,51 +182,51 @@
   <si>
     <t>Александр Катюков</t>
   </si>
   <si>
     <t>5.35</t>
   </si>
   <si>
     <t>2.15</t>
   </si>
   <si>
     <t>Дмитрий Колотвин</t>
   </si>
   <si>
     <t>5.38</t>
   </si>
   <si>
     <t>2.72</t>
   </si>
   <si>
     <t>Андрей Кошелев</t>
   </si>
   <si>
     <t>5.48</t>
   </si>
   <si>
-    <t>4.04</t>
+    <t>3.83</t>
   </si>
   <si>
     <t>Александр Докин</t>
   </si>
   <si>
     <t>5.53</t>
   </si>
   <si>
     <t>3.47</t>
   </si>
   <si>
     <t>Афанасий Иванов</t>
   </si>
   <si>
     <t>5.92</t>
   </si>
   <si>
     <t>Дарья Елисеева</t>
   </si>
   <si>
     <t>6.17</t>
   </si>
   <si>
     <t>3.42</t>
   </si>
@@ -383,51 +383,54 @@
   <si>
     <t>7.37</t>
   </si>
   <si>
     <t>Иван Олейников</t>
   </si>
   <si>
     <t>13.32</t>
   </si>
   <si>
     <t>11.58</t>
   </si>
   <si>
     <t>Владислав Ботвинко</t>
   </si>
   <si>
     <t>13.51</t>
   </si>
   <si>
     <t>6.45</t>
   </si>
   <si>
     <t>Роберт Набиуллин</t>
   </si>
   <si>
-    <t>14.57</t>
+    <t>13.90</t>
+  </si>
+  <si>
+    <t>9.43</t>
   </si>
   <si>
     <t>Андрей Черепанов</t>
   </si>
   <si>
     <t>14.65</t>
   </si>
   <si>
     <t>11.27</t>
   </si>
   <si>
     <t>Иван Шинкин</t>
   </si>
   <si>
     <t>15.72</t>
   </si>
   <si>
     <t>7.00</t>
   </si>
   <si>
     <t>Альберт Хайров</t>
   </si>
   <si>
     <t>16.09</t>
   </si>
@@ -1484,278 +1487,278 @@
     <row r="41" spans="1:4">
       <c r="A41">
         <v>40</v>
       </c>
       <c r="B41" t="s">
         <v>119</v>
       </c>
       <c r="C41" s="1" t="s">
         <v>120</v>
       </c>
       <c r="D41" t="s">
         <v>121</v>
       </c>
     </row>
     <row r="42" spans="1:4">
       <c r="A42">
         <v>41</v>
       </c>
       <c r="B42" t="s">
         <v>122</v>
       </c>
       <c r="C42" s="1" t="s">
         <v>123</v>
       </c>
       <c r="D42" t="s">
-        <v>108</v>
+        <v>124</v>
       </c>
     </row>
     <row r="43" spans="1:4">
       <c r="A43">
         <v>42</v>
       </c>
       <c r="B43" t="s">
-        <v>124</v>
+        <v>125</v>
       </c>
       <c r="C43" s="1" t="s">
-        <v>125</v>
+        <v>126</v>
       </c>
       <c r="D43" t="s">
-        <v>126</v>
+        <v>127</v>
       </c>
     </row>
     <row r="44" spans="1:4">
       <c r="A44">
         <v>43</v>
       </c>
       <c r="B44" t="s">
-        <v>127</v>
+        <v>128</v>
       </c>
       <c r="C44" s="1" t="s">
-        <v>128</v>
+        <v>129</v>
       </c>
       <c r="D44" t="s">
-        <v>129</v>
+        <v>130</v>
       </c>
     </row>
     <row r="45" spans="1:4">
       <c r="A45">
         <v>44</v>
       </c>
       <c r="B45" t="s">
-        <v>130</v>
+        <v>131</v>
       </c>
       <c r="C45" s="1" t="s">
-        <v>131</v>
+        <v>132</v>
       </c>
       <c r="D45" t="s">
-        <v>132</v>
+        <v>133</v>
       </c>
     </row>
     <row r="46" spans="1:4">
       <c r="A46">
         <v>45</v>
       </c>
       <c r="B46" t="s">
-        <v>133</v>
+        <v>134</v>
       </c>
       <c r="C46" s="1" t="s">
-        <v>134</v>
+        <v>135</v>
       </c>
       <c r="D46" t="s">
-        <v>135</v>
+        <v>136</v>
       </c>
     </row>
     <row r="47" spans="1:4">
       <c r="A47">
         <v>46</v>
       </c>
       <c r="B47" t="s">
-        <v>136</v>
+        <v>137</v>
       </c>
       <c r="C47" s="1" t="s">
-        <v>137</v>
+        <v>138</v>
       </c>
       <c r="D47" t="s">
-        <v>138</v>
+        <v>139</v>
       </c>
     </row>
     <row r="48" spans="1:4">
       <c r="A48">
         <v>47</v>
       </c>
       <c r="B48" t="s">
-        <v>139</v>
+        <v>140</v>
       </c>
       <c r="C48" s="1" t="s">
-        <v>140</v>
+        <v>141</v>
       </c>
       <c r="D48" t="s">
-        <v>141</v>
+        <v>142</v>
       </c>
     </row>
     <row r="49" spans="1:4">
       <c r="A49">
         <v>48</v>
       </c>
       <c r="B49" t="s">
-        <v>142</v>
+        <v>143</v>
       </c>
       <c r="C49" s="1" t="s">
-        <v>143</v>
+        <v>144</v>
       </c>
       <c r="D49" t="s">
-        <v>144</v>
+        <v>145</v>
       </c>
     </row>
     <row r="50" spans="1:4">
       <c r="A50">
         <v>49</v>
       </c>
       <c r="B50" t="s">
-        <v>145</v>
+        <v>146</v>
       </c>
       <c r="C50" s="1" t="s">
-        <v>146</v>
+        <v>147</v>
       </c>
       <c r="D50" t="s">
-        <v>147</v>
+        <v>148</v>
       </c>
     </row>
     <row r="51" spans="1:4">
       <c r="A51">
         <v>50</v>
       </c>
       <c r="B51" t="s">
-        <v>148</v>
+        <v>149</v>
       </c>
       <c r="C51" s="1" t="s">
-        <v>149</v>
+        <v>150</v>
       </c>
       <c r="D51" t="s">
-        <v>150</v>
+        <v>151</v>
       </c>
     </row>
     <row r="52" spans="1:4">
       <c r="A52">
         <v>51</v>
       </c>
       <c r="B52" t="s">
-        <v>151</v>
+        <v>152</v>
       </c>
       <c r="C52" s="1" t="s">
-        <v>152</v>
+        <v>153</v>
       </c>
       <c r="D52" t="s">
-        <v>153</v>
+        <v>154</v>
       </c>
     </row>
     <row r="53" spans="1:4">
       <c r="A53">
         <v>52</v>
       </c>
       <c r="B53" t="s">
-        <v>154</v>
+        <v>155</v>
       </c>
       <c r="C53" s="1" t="s">
-        <v>155</v>
+        <v>156</v>
       </c>
       <c r="D53" t="s">
-        <v>156</v>
+        <v>157</v>
       </c>
     </row>
     <row r="54" spans="1:4">
       <c r="A54">
         <v>53</v>
       </c>
       <c r="B54" t="s">
-        <v>157</v>
+        <v>158</v>
       </c>
       <c r="C54" s="1" t="s">
-        <v>158</v>
+        <v>159</v>
       </c>
       <c r="D54" t="s">
-        <v>159</v>
+        <v>160</v>
       </c>
     </row>
     <row r="55" spans="1:4">
       <c r="A55">
         <v>54</v>
       </c>
       <c r="B55" t="s">
-        <v>160</v>
+        <v>161</v>
       </c>
       <c r="C55" s="1" t="s">
-        <v>161</v>
+        <v>162</v>
       </c>
       <c r="D55" t="s">
-        <v>162</v>
+        <v>163</v>
       </c>
     </row>
     <row r="56" spans="1:4">
       <c r="A56">
         <v>55</v>
       </c>
       <c r="B56" t="s">
-        <v>163</v>
+        <v>164</v>
       </c>
       <c r="C56" s="1" t="s">
-        <v>164</v>
+        <v>165</v>
       </c>
       <c r="D56" t="s">
-        <v>165</v>
+        <v>166</v>
       </c>
     </row>
     <row r="57" spans="1:4">
       <c r="A57">
         <v>56</v>
       </c>
       <c r="B57" t="s">
-        <v>166</v>
+        <v>167</v>
       </c>
       <c r="C57" s="1" t="s">
-        <v>167</v>
+        <v>168</v>
       </c>
       <c r="D57" t="s">
-        <v>168</v>
+        <v>169</v>
       </c>
     </row>
     <row r="58" spans="1:4">
       <c r="B58" t="s">
-        <v>169</v>
+        <v>170</v>
       </c>
       <c r="C58" s="1"/>
     </row>
     <row r="59" spans="1:4">
       <c r="B59" t="s">
-        <v>170</v>
+        <v>171</v>
       </c>
       <c r="C59" s="1"/>
     </row>
     <row r="60" spans="1:4">
       <c r="B60" t="s">
-        <v>171</v>
+        <v>172</v>
       </c>
       <c r="C60" s="1"/>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>