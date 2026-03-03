--- v1 (2026-01-15)
+++ v2 (2026-03-03)
@@ -12,569 +12,563 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="skewb" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="173">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="171">
   <si>
     <t>#</t>
   </si>
   <si>
-    <t>Имя и фамилия участника</t>
-[...8 lines deleted...]
-    <t>Владимир Филин</t>
+    <t>Competitor</t>
+  </si>
+  <si>
+    <t>Average</t>
+  </si>
+  <si>
+    <t>Best</t>
+  </si>
+  <si>
+    <t>Vladimir Filin</t>
   </si>
   <si>
     <t>2.33</t>
   </si>
   <si>
     <t>1.03</t>
   </si>
   <si>
-    <t>Екатерина Канева</t>
+    <t>Ekaterina Kaneva</t>
   </si>
   <si>
     <t>2.35</t>
   </si>
   <si>
     <t>1.07</t>
   </si>
   <si>
-    <t>Владислав Кожин</t>
-[...2 lines deleted...]
-    <t>2.93</t>
+    <t>Roman Shilov</t>
+  </si>
+  <si>
+    <t>3.13</t>
+  </si>
+  <si>
+    <t>1.87</t>
+  </si>
+  <si>
+    <t>Vladislav Kozhin</t>
+  </si>
+  <si>
+    <t>3.30</t>
   </si>
   <si>
     <t>1.31</t>
   </si>
   <si>
-    <t>Роман Шилов</t>
-[...8 lines deleted...]
-    <t>Александр Башуткин</t>
+    <t>Alexander Bashutkin</t>
   </si>
   <si>
     <t>3.63</t>
   </si>
   <si>
-    <t>2.17</t>
-[...2 lines deleted...]
-    <t>Максим Ильин</t>
+    <t>2.64</t>
+  </si>
+  <si>
+    <t>Maxim Ilin</t>
   </si>
   <si>
     <t>3.82</t>
   </si>
   <si>
-    <t>1.82</t>
-[...2 lines deleted...]
-    <t>Денис Синюшкин</t>
+    <t>1.93</t>
+  </si>
+  <si>
+    <t>Denis Sinyushkin</t>
   </si>
   <si>
     <t>3.84</t>
   </si>
   <si>
     <t>2.26</t>
   </si>
   <si>
-    <t>Андрей Панов</t>
+    <t>Andrey Panov</t>
   </si>
   <si>
     <t>3.87</t>
   </si>
   <si>
     <t>2.30</t>
   </si>
   <si>
-    <t>Андрей Жуков</t>
+    <t>Andrey Zhukov</t>
   </si>
   <si>
     <t>3.98</t>
   </si>
   <si>
-    <t>2.76</t>
-[...11 lines deleted...]
-    <t>Степан Мельников</t>
+    <t>2.77</t>
+  </si>
+  <si>
+    <t>Stepan Melnikov</t>
   </si>
   <si>
     <t>4.43</t>
   </si>
   <si>
     <t>2.83</t>
   </si>
   <si>
-    <t>Платон Кабаков</t>
+    <t>Platon Kabakov</t>
   </si>
   <si>
     <t>4.48</t>
   </si>
   <si>
     <t>3.04</t>
   </si>
   <si>
-    <t>Максим Знаменщиков</t>
+    <t>Anatolii Turenko</t>
+  </si>
+  <si>
+    <t>4.63</t>
+  </si>
+  <si>
+    <t>2.81</t>
+  </si>
+  <si>
+    <t>Maxim Znamenshchikov</t>
   </si>
   <si>
     <t>4.75</t>
   </si>
   <si>
     <t>3.02</t>
   </si>
   <si>
-    <t>Вадим Сухарев</t>
+    <t>Vadim Sukharev</t>
   </si>
   <si>
     <t>4.89</t>
   </si>
   <si>
-    <t>Арсений Павлов</t>
+    <t>Arsenii Pavlov</t>
   </si>
   <si>
     <t>5.16</t>
   </si>
   <si>
     <t>2.73</t>
   </si>
   <si>
-    <t>Александр Катюков</t>
+    <t>Alexander Katyukov</t>
   </si>
   <si>
     <t>5.35</t>
   </si>
   <si>
     <t>2.15</t>
   </si>
   <si>
-    <t>Дмитрий Колотвин</t>
+    <t>Dmitry Kolotvin</t>
   </si>
   <si>
     <t>5.38</t>
   </si>
   <si>
     <t>2.72</t>
   </si>
   <si>
-    <t>Андрей Кошелев</t>
+    <t>Andrey Kohhelev</t>
   </si>
   <si>
     <t>5.48</t>
   </si>
   <si>
     <t>3.83</t>
   </si>
   <si>
-    <t>Александр Докин</t>
+    <t>Aleksandr Dokin</t>
   </si>
   <si>
     <t>5.53</t>
   </si>
   <si>
     <t>3.47</t>
   </si>
   <si>
-    <t>Афанасий Иванов</t>
+    <t>Afanasy Ivanov</t>
   </si>
   <si>
     <t>5.92</t>
   </si>
   <si>
-    <t>Дарья Елисеева</t>
+    <t>Daria Eliseeva</t>
   </si>
   <si>
     <t>6.17</t>
   </si>
   <si>
     <t>3.42</t>
   </si>
   <si>
-    <t>Даниил Тамбовцев</t>
+    <t>Daniil Tambovtsev</t>
   </si>
   <si>
     <t>6.44</t>
   </si>
   <si>
     <t>3.68</t>
   </si>
   <si>
-    <t>Дмитрий Нагирняк</t>
+    <t>Dmitry Nagirnyak</t>
   </si>
   <si>
     <t>6.51</t>
   </si>
   <si>
     <t>4.23</t>
   </si>
   <si>
-    <t>Роман Самвелян</t>
+    <t>Roman Samvelyan</t>
   </si>
   <si>
     <t>6.61</t>
   </si>
   <si>
     <t>3.38</t>
   </si>
   <si>
-    <t>Никита Чесноков</t>
+    <t>Nikita Chesnokov</t>
   </si>
   <si>
     <t>7.14</t>
   </si>
   <si>
     <t>4.40</t>
   </si>
   <si>
-    <t>Тимофей Тюльпаков</t>
+    <t>Timofey Tyulpakov</t>
   </si>
   <si>
     <t>7.46</t>
   </si>
   <si>
     <t>3.32</t>
   </si>
   <si>
-    <t>Пётр Шипицин</t>
+    <t>Petr Shipitsin</t>
   </si>
   <si>
     <t>7.48</t>
   </si>
   <si>
     <t>5.55</t>
   </si>
   <si>
-    <t>Михаил Говголенко</t>
+    <t>Mikhail Govgolenko</t>
   </si>
   <si>
     <t>7.76</t>
   </si>
   <si>
     <t>3.40</t>
   </si>
   <si>
-    <t>Александр Кропотов</t>
+    <t>Aleksandr Kropotov</t>
   </si>
   <si>
     <t>7.86</t>
   </si>
   <si>
-    <t>6.54</t>
-[...2 lines deleted...]
-    <t>Дмитрий Родин</t>
+    <t>5.18</t>
+  </si>
+  <si>
+    <t>Dmitry Rodin</t>
   </si>
   <si>
     <t>8.96</t>
   </si>
   <si>
     <t>4.49</t>
   </si>
   <si>
-    <t>Александр Чебан</t>
+    <t>Aleksandr Cheban</t>
   </si>
   <si>
     <t>9.33</t>
   </si>
   <si>
     <t>4.77</t>
   </si>
   <si>
-    <t>Елисей Акименков</t>
+    <t>Elisey Akimenkov</t>
   </si>
   <si>
     <t>10.02</t>
   </si>
   <si>
     <t>7.54</t>
   </si>
   <si>
-    <t>Игорь Тарабрин</t>
-[...8 lines deleted...]
-    <t>Кирилл Пригода</t>
+    <t>Kirill Prigoda</t>
   </si>
   <si>
     <t>11.11</t>
   </si>
   <si>
     <t>7.08</t>
   </si>
   <si>
-    <t>Алексей Сенаторов</t>
+    <t>Aleksey Senatorov</t>
   </si>
   <si>
     <t>11.60</t>
   </si>
   <si>
     <t>4.44</t>
   </si>
   <si>
-    <t>Михаил Мочалов</t>
+    <t>Mihail Mochalov</t>
   </si>
   <si>
     <t>11.68</t>
   </si>
   <si>
     <t>6.37</t>
   </si>
   <si>
-    <t>Дмитрий Галкин</t>
-[...8 lines deleted...]
-    <t>Кристина Королёва</t>
+    <t>Kristina Koroleva</t>
   </si>
   <si>
     <t>13.25</t>
   </si>
   <si>
     <t>7.37</t>
   </si>
   <si>
-    <t>Иван Олейников</t>
+    <t>Ivan Oleinikov</t>
   </si>
   <si>
     <t>13.32</t>
   </si>
   <si>
     <t>11.58</t>
   </si>
   <si>
-    <t>Владислав Ботвинко</t>
+    <t>Vladislav Botvinko</t>
   </si>
   <si>
     <t>13.51</t>
   </si>
   <si>
     <t>6.45</t>
   </si>
   <si>
-    <t>Роберт Набиуллин</t>
+    <t>Dmitry Galkin</t>
+  </si>
+  <si>
+    <t>13.71</t>
+  </si>
+  <si>
+    <t>10.98</t>
+  </si>
+  <si>
+    <t>Robert Nabiullin</t>
   </si>
   <si>
     <t>13.90</t>
   </si>
   <si>
     <t>9.43</t>
   </si>
   <si>
-    <t>Андрей Черепанов</t>
+    <t>Andrey Cherepanov</t>
   </si>
   <si>
     <t>14.65</t>
   </si>
   <si>
     <t>11.27</t>
   </si>
   <si>
-    <t>Иван Шинкин</t>
+    <t>Ivan Shinkin</t>
   </si>
   <si>
     <t>15.72</t>
   </si>
   <si>
     <t>7.00</t>
   </si>
   <si>
-    <t>Альберт Хайров</t>
+    <t>Albert Hajrov</t>
   </si>
   <si>
     <t>16.09</t>
   </si>
   <si>
     <t>12.42</t>
   </si>
   <si>
-    <t>София Хегай</t>
+    <t>Sofiia Khegai</t>
   </si>
   <si>
     <t>16.18</t>
   </si>
   <si>
     <t>12.89</t>
   </si>
   <si>
-    <t>Татьяна Григоровская</t>
+    <t>Tatyana Grigorovskaya</t>
   </si>
   <si>
     <t>17.56</t>
   </si>
   <si>
     <t>11.88</t>
   </si>
   <si>
-    <t>Наталья Жукова</t>
+    <t>Natalʹya Zhukova</t>
   </si>
   <si>
     <t>17.63</t>
   </si>
   <si>
     <t>12.64</t>
   </si>
   <si>
-    <t>Дмитрий Резяпкин</t>
+    <t>Dmitriy Rezyapkin</t>
   </si>
   <si>
     <t>17.66</t>
   </si>
   <si>
     <t>15.54</t>
   </si>
   <si>
-    <t>Анастасия Хлапонина</t>
+    <t>Anastasia Khlaponina</t>
   </si>
   <si>
     <t>18.55</t>
   </si>
   <si>
     <t>13.67</t>
   </si>
   <si>
-    <t>Мария Подчуфарова</t>
+    <t>Mariya Podchufarova</t>
   </si>
   <si>
     <t>18.67</t>
   </si>
   <si>
     <t>14.59</t>
   </si>
   <si>
-    <t>Елизавета Бреева</t>
+    <t>Elizaveta Breeva</t>
   </si>
   <si>
     <t>21.15</t>
   </si>
   <si>
     <t>15.45</t>
   </si>
   <si>
-    <t>Александр Щербаков</t>
+    <t>Aleksandr Shcherbakov</t>
   </si>
   <si>
     <t>21.51</t>
   </si>
   <si>
     <t>16.90</t>
   </si>
   <si>
-    <t>Лукерья Лаврентьева</t>
+    <t>Lukerʹya Lavrentʹyeva</t>
   </si>
   <si>
     <t>30.28</t>
   </si>
   <si>
     <t>23.56</t>
   </si>
   <si>
-    <t>Таисия Семенихина</t>
+    <t>Taisiya Semenikhina</t>
   </si>
   <si>
     <t>32.49</t>
   </si>
   <si>
     <t>21.09</t>
   </si>
   <si>
-    <t>Артём Брехманис</t>
+    <t>Artyom Brekhmanis</t>
   </si>
   <si>
     <t>32.91</t>
   </si>
   <si>
     <t>23.68</t>
   </si>
   <si>
-    <t>Полина Прасковина</t>
+    <t>Polina Praskovina</t>
   </si>
   <si>
     <t>46.51</t>
   </si>
   <si>
     <t>24.04</t>
   </si>
   <si>
-    <t>Давид Иванов</t>
-[...5 lines deleted...]
-    <t>Михаил Жерновков</t>
+    <t>David Ivanov</t>
+  </si>
+  <si>
+    <t>Igor Tarabrin</t>
+  </si>
+  <si>
+    <t>Mariia Saulina</t>
+  </si>
+  <si>
+    <t>Mikhail Zhernovkov</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -897,53 +891,53 @@
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:D60"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="C60" sqref="C60"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="3.428" bestFit="true" customWidth="true" style="0"/>
-    <col min="2" max="2" width="28.136" bestFit="true" customWidth="true" style="0"/>
+    <col min="2" max="2" width="25.851" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="9.283" bestFit="true" customWidth="true" style="0"/>
-    <col min="4" max="4" width="8.141" bestFit="true" customWidth="true" style="0"/>
+    <col min="4" max="4" width="6.998" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:4">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
         <v>2</v>
       </c>
       <c r="D1" s="1" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="2" spans="1:4">
       <c r="A2">
         <v>1</v>
       </c>
       <c r="B2" t="s">
         <v>4</v>
       </c>
       <c r="C2" s="1" t="s">
         <v>5</v>
@@ -1109,51 +1103,51 @@
     <row r="14" spans="1:4">
       <c r="A14">
         <v>13</v>
       </c>
       <c r="B14" t="s">
         <v>40</v>
       </c>
       <c r="C14" s="1" t="s">
         <v>41</v>
       </c>
       <c r="D14" t="s">
         <v>42</v>
       </c>
     </row>
     <row r="15" spans="1:4">
       <c r="A15">
         <v>14</v>
       </c>
       <c r="B15" t="s">
         <v>43</v>
       </c>
       <c r="C15" s="1" t="s">
         <v>44</v>
       </c>
       <c r="D15" t="s">
-        <v>39</v>
+        <v>36</v>
       </c>
     </row>
     <row r="16" spans="1:4">
       <c r="A16">
         <v>15</v>
       </c>
       <c r="B16" t="s">
         <v>45</v>
       </c>
       <c r="C16" s="1" t="s">
         <v>46</v>
       </c>
       <c r="D16" t="s">
         <v>47</v>
       </c>
     </row>
     <row r="17" spans="1:4">
       <c r="A17">
         <v>16</v>
       </c>
       <c r="B17" t="s">
         <v>48</v>
       </c>
       <c r="C17" s="1" t="s">
         <v>49</v>
@@ -1193,51 +1187,51 @@
     <row r="20" spans="1:4">
       <c r="A20">
         <v>19</v>
       </c>
       <c r="B20" t="s">
         <v>57</v>
       </c>
       <c r="C20" s="1" t="s">
         <v>58</v>
       </c>
       <c r="D20" t="s">
         <v>59</v>
       </c>
     </row>
     <row r="21" spans="1:4">
       <c r="A21">
         <v>20</v>
       </c>
       <c r="B21" t="s">
         <v>60</v>
       </c>
       <c r="C21" s="1" t="s">
         <v>61</v>
       </c>
       <c r="D21" t="s">
-        <v>39</v>
+        <v>36</v>
       </c>
     </row>
     <row r="22" spans="1:4">
       <c r="A22">
         <v>21</v>
       </c>
       <c r="B22" t="s">
         <v>62</v>
       </c>
       <c r="C22" s="1" t="s">
         <v>63</v>
       </c>
       <c r="D22" t="s">
         <v>64</v>
       </c>
     </row>
     <row r="23" spans="1:4">
       <c r="A23">
         <v>22</v>
       </c>
       <c r="B23" t="s">
         <v>65</v>
       </c>
       <c r="C23" s="1" t="s">
         <v>66</v>
@@ -1687,78 +1681,70 @@
       <c r="B55" t="s">
         <v>161</v>
       </c>
       <c r="C55" s="1" t="s">
         <v>162</v>
       </c>
       <c r="D55" t="s">
         <v>163</v>
       </c>
     </row>
     <row r="56" spans="1:4">
       <c r="A56">
         <v>55</v>
       </c>
       <c r="B56" t="s">
         <v>164</v>
       </c>
       <c r="C56" s="1" t="s">
         <v>165</v>
       </c>
       <c r="D56" t="s">
         <v>166</v>
       </c>
     </row>
     <row r="57" spans="1:4">
-      <c r="A57">
-[...1 lines deleted...]
-      </c>
       <c r="B57" t="s">
         <v>167</v>
       </c>
-      <c r="C57" s="1" t="s">
-[...4 lines deleted...]
-      </c>
+      <c r="C57" s="1"/>
     </row>
     <row r="58" spans="1:4">
       <c r="B58" t="s">
-        <v>170</v>
+        <v>168</v>
       </c>
       <c r="C58" s="1"/>
     </row>
     <row r="59" spans="1:4">
       <c r="B59" t="s">
-        <v>171</v>
+        <v>169</v>
       </c>
       <c r="C59" s="1"/>
     </row>
     <row r="60" spans="1:4">
       <c r="B60" t="s">
-        <v>172</v>
+        <v>170</v>
       </c>
       <c r="C60" s="1"/>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>