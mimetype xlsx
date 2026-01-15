--- v0 (2025-11-30)
+++ v1 (2026-01-15)
@@ -17,375 +17,375 @@
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="444" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="110">
   <si>
     <t>#</t>
   </si>
   <si>
-    <t>Competitor</t>
-[...11 lines deleted...]
-    <t>27.95</t>
+    <t>Имя и фамилия участника</t>
+  </si>
+  <si>
+    <t>Среднее</t>
+  </si>
+  <si>
+    <t>Лучшее</t>
+  </si>
+  <si>
+    <t>Анатолий Туренко</t>
+  </si>
+  <si>
+    <t>27.57</t>
   </si>
   <si>
     <t>22.52</t>
   </si>
   <si>
-    <t>Dmitry Gundin</t>
-[...8 lines deleted...]
-    <t>Nikita Popkov</t>
+    <t>Максим Мамаков</t>
+  </si>
+  <si>
+    <t>30.84</t>
+  </si>
+  <si>
+    <t>27.93</t>
+  </si>
+  <si>
+    <t>Никита Попков</t>
   </si>
   <si>
     <t>31.07</t>
   </si>
   <si>
     <t>26.58</t>
   </si>
   <si>
-    <t>Azamat Tuko</t>
+    <t>Азамат Туко</t>
   </si>
   <si>
     <t>32.84</t>
   </si>
   <si>
-    <t>29.16</t>
-[...2 lines deleted...]
-    <t>Arsenii Pavlov</t>
+    <t>25.98</t>
+  </si>
+  <si>
+    <t>Арсений Павлов</t>
   </si>
   <si>
     <t>32.99</t>
   </si>
   <si>
     <t>27.07</t>
   </si>
   <si>
-    <t>Aleksandr Dokin</t>
+    <t>Александр Докин</t>
   </si>
   <si>
     <t>33.11</t>
   </si>
   <si>
     <t>27.22</t>
   </si>
   <si>
-    <t>Roman Shilov</t>
-[...8 lines deleted...]
-    <t>Maxim Mamakov</t>
+    <t>Анна Фомина</t>
+  </si>
+  <si>
+    <t>33.42</t>
+  </si>
+  <si>
+    <t>31.38</t>
+  </si>
+  <si>
+    <t>Полина Лаптева</t>
+  </si>
+  <si>
+    <t>33.52</t>
+  </si>
+  <si>
+    <t>29.38</t>
+  </si>
+  <si>
+    <t>Екатерина Канева</t>
   </si>
   <si>
     <t>34.56</t>
   </si>
   <si>
-    <t>29.63</t>
-[...7 lines deleted...]
-  <si>
     <t>29.15</t>
   </si>
   <si>
-    <t>Polina Lapteva</t>
-[...8 lines deleted...]
-    <t>Lev Maslov</t>
+    <t>Артём Лебедь</t>
+  </si>
+  <si>
+    <t>35.58</t>
+  </si>
+  <si>
+    <t>29.51</t>
+  </si>
+  <si>
+    <t>Лев Маслов</t>
   </si>
   <si>
     <t>36.89</t>
   </si>
   <si>
     <t>30.19</t>
   </si>
   <si>
-    <t>Anastasiya Maykova</t>
+    <t>Анастасия Майкова</t>
   </si>
   <si>
     <t>37.95</t>
   </si>
   <si>
     <t>30.51</t>
   </si>
   <si>
-    <t>Aleksandr Kropotov</t>
-[...8 lines deleted...]
-    <t>Andrey Kohhelev</t>
+    <t>Александр Кропотов</t>
+  </si>
+  <si>
+    <t>38.02</t>
+  </si>
+  <si>
+    <t>30.21</t>
+  </si>
+  <si>
+    <t>Максим Дейч</t>
+  </si>
+  <si>
+    <t>38.10</t>
+  </si>
+  <si>
+    <t>32.37</t>
+  </si>
+  <si>
+    <t>Осип Чебурашкин</t>
+  </si>
+  <si>
+    <t>40.10</t>
+  </si>
+  <si>
+    <t>36.29</t>
+  </si>
+  <si>
+    <t>Карен Заргарян</t>
+  </si>
+  <si>
+    <t>40.53</t>
+  </si>
+  <si>
+    <t>38.93</t>
+  </si>
+  <si>
+    <t>Андрей Кошелев</t>
   </si>
   <si>
     <t>42.48</t>
   </si>
   <si>
-    <t>39.65</t>
-[...11 lines deleted...]
-    <t>Andrey Zhukov</t>
+    <t>33.84</t>
+  </si>
+  <si>
+    <t>Михаил Игнатьев</t>
+  </si>
+  <si>
+    <t>43.91</t>
+  </si>
+  <si>
+    <t>34.00</t>
+  </si>
+  <si>
+    <t>Андрей Жуков</t>
   </si>
   <si>
     <t>44.72</t>
   </si>
   <si>
     <t>39.19</t>
   </si>
   <si>
-    <t>Mikhail Ignatʹyev</t>
-[...8 lines deleted...]
-    <t>Aleksandr Cherkasov</t>
+    <t>Никита Брылин</t>
+  </si>
+  <si>
+    <t>45.07</t>
+  </si>
+  <si>
+    <t>37.50</t>
+  </si>
+  <si>
+    <t>Александр Черкасов</t>
   </si>
   <si>
     <t>46.15</t>
   </si>
   <si>
-    <t>44.30</t>
-[...14 lines deleted...]
-    <t>47.21</t>
+    <t>38.31</t>
+  </si>
+  <si>
+    <t>Георгий Исанов</t>
+  </si>
+  <si>
+    <t>47.14</t>
   </si>
   <si>
     <t>42.02</t>
   </si>
   <si>
-    <t>Vasilii Nikolashin</t>
+    <t>Никита Чесноков</t>
+  </si>
+  <si>
+    <t>48.50</t>
+  </si>
+  <si>
+    <t>38.63</t>
+  </si>
+  <si>
+    <t>Василий Николашин</t>
   </si>
   <si>
     <t>49.55</t>
   </si>
   <si>
     <t>42.20</t>
   </si>
   <si>
-    <t>Martin Nikolayev</t>
-[...20 lines deleted...]
-    <t>51.63</t>
+    <t>Владислав Затолокин</t>
+  </si>
+  <si>
+    <t>51.48</t>
   </si>
   <si>
     <t>45.28</t>
   </si>
   <si>
-    <t>Olga Yasakova</t>
+    <t>Дмитрий Андреев</t>
+  </si>
+  <si>
+    <t>51.89</t>
+  </si>
+  <si>
+    <t>39.39</t>
+  </si>
+  <si>
+    <t>Ольга Ясакова</t>
   </si>
   <si>
     <t>52.41</t>
   </si>
   <si>
-    <t>44.66</t>
-[...2 lines deleted...]
-    <t>Mark Miroshnikov</t>
+    <t>42.85</t>
+  </si>
+  <si>
+    <t>Марк Мирошников</t>
   </si>
   <si>
     <t>53.80</t>
   </si>
   <si>
-    <t>52.83</t>
-[...20 lines deleted...]
-    <t>Aleksey Senatorov</t>
+    <t>51.06</t>
+  </si>
+  <si>
+    <t>Артемий Стукарчук</t>
+  </si>
+  <si>
+    <t>53.84</t>
+  </si>
+  <si>
+    <t>43.89</t>
+  </si>
+  <si>
+    <t>Алексей Сенаторов</t>
   </si>
   <si>
     <t>57.70</t>
   </si>
   <si>
     <t>49.96</t>
   </si>
   <si>
-    <t>Daria Eliseeva</t>
-[...8 lines deleted...]
-    <t>Nikolay Tenzin</t>
+    <t>Дарья Елисеева</t>
+  </si>
+  <si>
+    <t>1:01.64</t>
+  </si>
+  <si>
+    <t>48.67</t>
+  </si>
+  <si>
+    <t>Александр Дембицкий</t>
+  </si>
+  <si>
+    <t>1:08.66</t>
+  </si>
+  <si>
+    <t>1:01.23</t>
+  </si>
+  <si>
+    <t>Николай Тензин</t>
   </si>
   <si>
     <t>1:10.67</t>
   </si>
   <si>
     <t>1:01.51</t>
   </si>
   <si>
-    <t>Aleksandr Dembitskii</t>
-[...8 lines deleted...]
-    <t>Miron Golovatyi</t>
+    <t>Евгений Амосов</t>
+  </si>
+  <si>
+    <t>1:26.00</t>
+  </si>
+  <si>
+    <t>1:19.50</t>
+  </si>
+  <si>
+    <t>Мирон Головатый</t>
   </si>
   <si>
     <t>1:27.47</t>
   </si>
   <si>
     <t>1:16.06</t>
   </si>
   <si>
-    <t>Evgeniy Amosov</t>
-[...17 lines deleted...]
-    <t>Dmitriy Andreev</t>
+    <t>Александр Тутнов</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -699,60 +699,60 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:D39"/>
+  <dimension ref="A1:D37"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
-      <selection activeCell="C39" sqref="C39"/>
+      <selection activeCell="C37" sqref="C37"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="3.428" bestFit="true" customWidth="true" style="0"/>
-    <col min="2" max="2" width="24.708" bestFit="true" customWidth="true" style="0"/>
+    <col min="2" max="2" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="9.283" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:4">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
         <v>2</v>
       </c>
       <c r="D1" s="1" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="2" spans="1:4">
       <c r="A2">
         <v>1</v>
       </c>
       <c r="B2" t="s">
         <v>4</v>
       </c>
@@ -1204,72 +1204,68 @@
       <c r="B34" t="s">
         <v>100</v>
       </c>
       <c r="C34" s="1" t="s">
         <v>101</v>
       </c>
       <c r="D34" t="s">
         <v>102</v>
       </c>
     </row>
     <row r="35" spans="1:4">
       <c r="A35">
         <v>34</v>
       </c>
       <c r="B35" t="s">
         <v>103</v>
       </c>
       <c r="C35" s="1" t="s">
         <v>104</v>
       </c>
       <c r="D35" t="s">
         <v>105</v>
       </c>
     </row>
     <row r="36" spans="1:4">
+      <c r="A36">
+        <v>35</v>
+      </c>
       <c r="B36" t="s">
         <v>106</v>
       </c>
-      <c r="C36" s="1"/>
+      <c r="C36" s="1" t="s">
+        <v>107</v>
+      </c>
+      <c r="D36" t="s">
+        <v>108</v>
+      </c>
     </row>
     <row r="37" spans="1:4">
       <c r="B37" t="s">
-        <v>107</v>
+        <v>109</v>
       </c>
       <c r="C37" s="1"/>
-    </row>
-[...10 lines deleted...]
-      <c r="C39" s="1"/>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">