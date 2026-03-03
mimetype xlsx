--- v1 (2026-01-15)
+++ v2 (2026-03-03)
@@ -17,375 +17,375 @@
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="444" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="110">
   <si>
     <t>#</t>
   </si>
   <si>
-    <t>Имя и фамилия участника</t>
-[...11 lines deleted...]
-    <t>27.57</t>
+    <t>Competitor</t>
+  </si>
+  <si>
+    <t>Average</t>
+  </si>
+  <si>
+    <t>Best</t>
+  </si>
+  <si>
+    <t>Anatolii Turenko</t>
+  </si>
+  <si>
+    <t>26.51</t>
   </si>
   <si>
     <t>22.52</t>
   </si>
   <si>
-    <t>Максим Мамаков</t>
+    <t>Maxim Mamakov</t>
   </si>
   <si>
     <t>30.84</t>
   </si>
   <si>
     <t>27.93</t>
   </si>
   <si>
-    <t>Никита Попков</t>
+    <t>Nikita Popkov</t>
   </si>
   <si>
     <t>31.07</t>
   </si>
   <si>
-    <t>26.58</t>
-[...2 lines deleted...]
-    <t>Азамат Туко</t>
+    <t>27.36</t>
+  </si>
+  <si>
+    <t>Azamat Tuko</t>
   </si>
   <si>
     <t>32.84</t>
   </si>
   <si>
     <t>25.98</t>
   </si>
   <si>
-    <t>Арсений Павлов</t>
+    <t>Arsenii Pavlov</t>
   </si>
   <si>
     <t>32.99</t>
   </si>
   <si>
     <t>27.07</t>
   </si>
   <si>
-    <t>Александр Докин</t>
+    <t>Aleksandr Dokin</t>
   </si>
   <si>
     <t>33.11</t>
   </si>
   <si>
     <t>27.22</t>
   </si>
   <si>
-    <t>Анна Фомина</t>
+    <t>Anna Fomina</t>
   </si>
   <si>
     <t>33.42</t>
   </si>
   <si>
     <t>31.38</t>
   </si>
   <si>
-    <t>Полина Лаптева</t>
+    <t>Polina Lapteva</t>
   </si>
   <si>
     <t>33.52</t>
   </si>
   <si>
     <t>29.38</t>
   </si>
   <si>
-    <t>Екатерина Канева</t>
-[...2 lines deleted...]
-    <t>34.56</t>
+    <t>Ekaterina Kaneva</t>
+  </si>
+  <si>
+    <t>33.96</t>
   </si>
   <si>
     <t>29.15</t>
   </si>
   <si>
-    <t>Артём Лебедь</t>
+    <t>Artem Lebed</t>
   </si>
   <si>
     <t>35.58</t>
   </si>
   <si>
     <t>29.51</t>
   </si>
   <si>
-    <t>Лев Маслов</t>
+    <t>Lev Maslov</t>
   </si>
   <si>
     <t>36.89</t>
   </si>
   <si>
     <t>30.19</t>
   </si>
   <si>
-    <t>Анастасия Майкова</t>
-[...2 lines deleted...]
-    <t>37.95</t>
+    <t>Aleksandr Kropotov</t>
+  </si>
+  <si>
+    <t>37.24</t>
+  </si>
+  <si>
+    <t>26.91</t>
+  </si>
+  <si>
+    <t>Anastasiya Maykova</t>
+  </si>
+  <si>
+    <t>37.44</t>
   </si>
   <si>
     <t>30.51</t>
   </si>
   <si>
-    <t>Александр Кропотов</t>
-[...8 lines deleted...]
-    <t>Максим Дейч</t>
+    <t>Maksim Deych</t>
   </si>
   <si>
     <t>38.10</t>
   </si>
   <si>
     <t>32.37</t>
   </si>
   <si>
-    <t>Осип Чебурашкин</t>
+    <t>Osip Cheburashkin</t>
   </si>
   <si>
     <t>40.10</t>
   </si>
   <si>
     <t>36.29</t>
   </si>
   <si>
-    <t>Карен Заргарян</t>
+    <t>Karen Zargaryan</t>
   </si>
   <si>
     <t>40.53</t>
   </si>
   <si>
-    <t>38.93</t>
-[...2 lines deleted...]
-    <t>Андрей Кошелев</t>
+    <t>38.18</t>
+  </si>
+  <si>
+    <t>Andrey Kohhelev</t>
   </si>
   <si>
     <t>42.48</t>
   </si>
   <si>
     <t>33.84</t>
   </si>
   <si>
-    <t>Михаил Игнатьев</t>
+    <t>Mikhail Ignatʹyev</t>
   </si>
   <si>
     <t>43.91</t>
   </si>
   <si>
     <t>34.00</t>
   </si>
   <si>
-    <t>Андрей Жуков</t>
-[...2 lines deleted...]
-    <t>44.72</t>
+    <t>Nikita Brylin</t>
+  </si>
+  <si>
+    <t>45.07</t>
+  </si>
+  <si>
+    <t>37.50</t>
+  </si>
+  <si>
+    <t>Andrey Zhukov</t>
+  </si>
+  <si>
+    <t>45.13</t>
   </si>
   <si>
     <t>39.19</t>
   </si>
   <si>
-    <t>Никита Брылин</t>
-[...8 lines deleted...]
-    <t>Александр Черкасов</t>
+    <t>Georgii Isanov</t>
+  </si>
+  <si>
+    <t>46.04</t>
+  </si>
+  <si>
+    <t>39.41</t>
+  </si>
+  <si>
+    <t>Nikita Chesnokov</t>
+  </si>
+  <si>
+    <t>46.07</t>
+  </si>
+  <si>
+    <t>38.63</t>
+  </si>
+  <si>
+    <t>Aleksandr Cherkasov</t>
   </si>
   <si>
     <t>46.15</t>
   </si>
   <si>
     <t>38.31</t>
   </si>
   <si>
-    <t>Георгий Исанов</t>
-[...17 lines deleted...]
-    <t>Василий Николашин</t>
+    <t>Vasilii Nikolashin</t>
   </si>
   <si>
     <t>49.55</t>
   </si>
   <si>
     <t>42.20</t>
   </si>
   <si>
-    <t>Владислав Затолокин</t>
+    <t>Vladislav Zatolokin</t>
   </si>
   <si>
     <t>51.48</t>
   </si>
   <si>
     <t>45.28</t>
   </si>
   <si>
-    <t>Дмитрий Андреев</t>
+    <t>Dmitriy Andreev</t>
   </si>
   <si>
     <t>51.89</t>
   </si>
   <si>
     <t>39.39</t>
   </si>
   <si>
-    <t>Ольга Ясакова</t>
+    <t>Olga Yasakova</t>
   </si>
   <si>
     <t>52.41</t>
   </si>
   <si>
     <t>42.85</t>
   </si>
   <si>
-    <t>Марк Мирошников</t>
+    <t>Mark Miroshnikov</t>
   </si>
   <si>
     <t>53.80</t>
   </si>
   <si>
     <t>51.06</t>
   </si>
   <si>
-    <t>Артемий Стукарчук</t>
+    <t>Artemiy Stukarchuk</t>
   </si>
   <si>
     <t>53.84</t>
   </si>
   <si>
     <t>43.89</t>
   </si>
   <si>
-    <t>Алексей Сенаторов</t>
+    <t>Aleksey Senatorov</t>
   </si>
   <si>
     <t>57.70</t>
   </si>
   <si>
     <t>49.96</t>
   </si>
   <si>
-    <t>Дарья Елисеева</t>
+    <t>Daria Eliseeva</t>
   </si>
   <si>
     <t>1:01.64</t>
   </si>
   <si>
     <t>48.67</t>
   </si>
   <si>
-    <t>Александр Дембицкий</t>
+    <t>Aleksandr Dembitskii</t>
   </si>
   <si>
     <t>1:08.66</t>
   </si>
   <si>
     <t>1:01.23</t>
   </si>
   <si>
-    <t>Николай Тензин</t>
+    <t>Nikolay Tenzin</t>
   </si>
   <si>
     <t>1:10.67</t>
   </si>
   <si>
     <t>1:01.51</t>
   </si>
   <si>
-    <t>Евгений Амосов</t>
+    <t>Evgeniy Amosov</t>
   </si>
   <si>
     <t>1:26.00</t>
   </si>
   <si>
     <t>1:19.50</t>
   </si>
   <si>
-    <t>Мирон Головатый</t>
+    <t>Miron Golovatyi</t>
   </si>
   <si>
     <t>1:27.47</t>
   </si>
   <si>
     <t>1:16.06</t>
   </si>
   <si>
-    <t>Александр Тутнов</t>
+    <t>Aleksandr Tutnov</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -708,51 +708,51 @@
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:D37"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="C37" sqref="C37"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="3.428" bestFit="true" customWidth="true" style="0"/>
-    <col min="2" max="2" width="28.136" bestFit="true" customWidth="true" style="0"/>
+    <col min="2" max="2" width="24.708" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="9.283" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:4">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
         <v>2</v>
       </c>
       <c r="D1" s="1" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="2" spans="1:4">
       <c r="A2">
         <v>1</v>
       </c>
       <c r="B2" t="s">
         <v>4</v>
       </c>