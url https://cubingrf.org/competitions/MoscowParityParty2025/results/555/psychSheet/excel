--- v0 (2025-12-18)
+++ v1 (2026-03-17)
@@ -17,357 +17,357 @@
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="555" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="104">
   <si>
     <t>#</t>
   </si>
   <si>
-    <t>Имя и фамилия участника</t>
-[...11 lines deleted...]
-    <t>54.02</t>
+    <t>Competitor</t>
+  </si>
+  <si>
+    <t>Average</t>
+  </si>
+  <si>
+    <t>Best</t>
+  </si>
+  <si>
+    <t>Anatolii Turenko</t>
+  </si>
+  <si>
+    <t>52.82</t>
   </si>
   <si>
     <t>46.09</t>
   </si>
   <si>
-    <t>Никита Попков</t>
-[...8 lines deleted...]
-    <t>Александр Докин</t>
+    <t>Nikita Popkov</t>
+  </si>
+  <si>
+    <t>1:00.12</t>
+  </si>
+  <si>
+    <t>49.14</t>
+  </si>
+  <si>
+    <t>Ekaterina Kaneva</t>
+  </si>
+  <si>
+    <t>1:00.78</t>
+  </si>
+  <si>
+    <t>58.17</t>
+  </si>
+  <si>
+    <t>Aleksandr Dokin</t>
   </si>
   <si>
     <t>1:01.12</t>
   </si>
   <si>
     <t>54.00</t>
   </si>
   <si>
-    <t>Екатерина Канева</t>
-[...8 lines deleted...]
-    <t>Максим Мамаков</t>
+    <t>Maxim Mamakov</t>
   </si>
   <si>
     <t>1:03.02</t>
   </si>
   <si>
     <t>57.59</t>
   </si>
   <si>
-    <t>Артём Лебедь</t>
+    <t>Artem Lebed</t>
   </si>
   <si>
     <t>1:03.35</t>
   </si>
   <si>
     <t>1:01.54</t>
   </si>
   <si>
-    <t>Лев Маслов</t>
+    <t>Lev Maslov</t>
   </si>
   <si>
     <t>1:05.50</t>
   </si>
   <si>
     <t>59.74</t>
   </si>
   <si>
-    <t>Арсений Павлов</t>
-[...8 lines deleted...]
-    <t>Полина Лаптева</t>
+    <t>Arsenii Pavlov</t>
+  </si>
+  <si>
+    <t>1:07.50</t>
+  </si>
+  <si>
+    <t>1:00.94</t>
+  </si>
+  <si>
+    <t>Polina Lapteva</t>
   </si>
   <si>
     <t>1:09.32</t>
   </si>
   <si>
-    <t>1:00.05</t>
-[...2 lines deleted...]
-    <t>Александр Кропотов</t>
+    <t>57.96</t>
+  </si>
+  <si>
+    <t>Aleksandr Kropotov</t>
   </si>
   <si>
     <t>1:09.66</t>
   </si>
   <si>
     <t>1:05.86</t>
   </si>
   <si>
-    <t>Азамат Туко</t>
+    <t>Georgii Isanov</t>
+  </si>
+  <si>
+    <t>1:09.78</t>
+  </si>
+  <si>
+    <t>Azamat Tuko</t>
   </si>
   <si>
     <t>1:11.31</t>
   </si>
   <si>
     <t>1:07.29</t>
   </si>
   <si>
-    <t>Осип Чебурашкин</t>
+    <t>Osip Cheburashkin</t>
   </si>
   <si>
     <t>1:11.70</t>
   </si>
   <si>
     <t>1:08.49</t>
   </si>
   <si>
-    <t>Георгий Исанов</t>
-[...5 lines deleted...]
-    <t>Карен Заргарян</t>
+    <t>Anna Fomina</t>
+  </si>
+  <si>
+    <t>1:13.26</t>
+  </si>
+  <si>
+    <t>1:08.07</t>
+  </si>
+  <si>
+    <t>Karen Zargaryan</t>
   </si>
   <si>
     <t>1:16.70</t>
   </si>
   <si>
     <t>1:09.75</t>
   </si>
   <si>
-    <t>Максим Дейч</t>
+    <t>Maksim Deych</t>
   </si>
   <si>
     <t>1:20.07</t>
   </si>
   <si>
     <t>1:10.83</t>
   </si>
   <si>
-    <t>Анна Фомина</t>
-[...8 lines deleted...]
-    <t>Андрей Жуков</t>
+    <t>Nikita Chesnokov</t>
+  </si>
+  <si>
+    <t>1:24.33</t>
+  </si>
+  <si>
+    <t>1:19.54</t>
+  </si>
+  <si>
+    <t>Andrey Zhukov</t>
   </si>
   <si>
     <t>1:27.92</t>
   </si>
   <si>
     <t>1:14.82</t>
   </si>
   <si>
-    <t>Никита Брылин</t>
+    <t>Nikita Brylin</t>
   </si>
   <si>
     <t>1:28.58</t>
   </si>
   <si>
     <t>1:22.12</t>
   </si>
   <si>
-    <t>Ольга Ясакова</t>
-[...2 lines deleted...]
-    <t>1:30.99</t>
+    <t>Andrey Kohhelev</t>
+  </si>
+  <si>
+    <t>1:28.86</t>
+  </si>
+  <si>
+    <t>1:20.53</t>
+  </si>
+  <si>
+    <t>Olga Yasakova</t>
+  </si>
+  <si>
+    <t>1:29.76</t>
   </si>
   <si>
     <t>1:15.87</t>
   </si>
   <si>
-    <t>Никита Чесноков</t>
-[...8 lines deleted...]
-    <t>Анастасия Майкова</t>
+    <t>Anastasiya Maykova</t>
   </si>
   <si>
     <t>1:32.71</t>
   </si>
   <si>
     <t>1:24.75</t>
   </si>
   <si>
-    <t>Дмитрий Андреев</t>
-[...2 lines deleted...]
-    <t>1:35.52</t>
+    <t>Dmitriy Andreev</t>
+  </si>
+  <si>
+    <t>1:35.85</t>
   </si>
   <si>
     <t>1:31.02</t>
   </si>
   <si>
-    <t>Андрей Кошелев</t>
-[...8 lines deleted...]
-    <t>Михаил Игнатьев</t>
+    <t>Mikhail Ignatʹyev</t>
   </si>
   <si>
     <t>1:36.89</t>
   </si>
   <si>
     <t>1:20.68</t>
   </si>
   <si>
-    <t>Марк Мирошников</t>
+    <t>Mark Miroshnikov</t>
   </si>
   <si>
     <t>1:46.78</t>
   </si>
   <si>
     <t>1:37.09</t>
   </si>
   <si>
-    <t>Владислав Затолокин</t>
+    <t>Vladislav Zatolokin</t>
   </si>
   <si>
     <t>1:47.04</t>
   </si>
   <si>
     <t>1:37.99</t>
   </si>
   <si>
-    <t>Василий Николашин</t>
+    <t>Vasilii Nikolashin</t>
   </si>
   <si>
     <t>1:53.16</t>
   </si>
   <si>
     <t>1:46.27</t>
   </si>
   <si>
-    <t>Дарья Елисеева</t>
-[...2 lines deleted...]
-    <t>2:11.42</t>
+    <t>Daria Eliseeva</t>
+  </si>
+  <si>
+    <t>2:11.72</t>
   </si>
   <si>
     <t>1:53.17</t>
   </si>
   <si>
-    <t>Николай Тензин</t>
+    <t>Nikolay Tenzin</t>
   </si>
   <si>
     <t>2:12.85</t>
   </si>
   <si>
     <t>1:59.17</t>
   </si>
   <si>
-    <t>Александр Катюков</t>
+    <t>Alexander Katyukov</t>
   </si>
   <si>
     <t>2:33.39</t>
   </si>
   <si>
     <t>2:02.92</t>
   </si>
   <si>
-    <t>Евгений Амосов</t>
-[...8 lines deleted...]
-    <t>Артемий Стукарчук</t>
+    <t>Evgeniy Amosov</t>
+  </si>
+  <si>
+    <t>2:36.99</t>
+  </si>
+  <si>
+    <t>2:26.33</t>
+  </si>
+  <si>
+    <t>Artemiy Stukarchuk</t>
   </si>
   <si>
     <t>3:15.18</t>
   </si>
   <si>
     <t>2:19.92</t>
   </si>
   <si>
-    <t>Мирон Головатый</t>
+    <t>Miron Golovatyi</t>
   </si>
   <si>
     <t>2:42.49</t>
   </si>
   <si>
-    <t>Александр Дембицкий</t>
+    <t>Aleksandr Dembitskii</t>
   </si>
   <si>
     <t>2:43.45</t>
   </si>
   <si>
-    <t>Александр Тутнов</t>
+    <t>Aleksandr Tutnov</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -690,51 +690,51 @@
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:D36"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="C36" sqref="C36"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="3.428" bestFit="true" customWidth="true" style="0"/>
-    <col min="2" max="2" width="28.136" bestFit="true" customWidth="true" style="0"/>
+    <col min="2" max="2" width="24.708" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="9.283" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:4">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
         <v>2</v>
       </c>
       <c r="D1" s="1" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="2" spans="1:4">
       <c r="A2">
         <v>1</v>
       </c>
       <c r="B2" t="s">
         <v>4</v>
       </c>
@@ -860,79 +860,79 @@
     <row r="11" spans="1:4">
       <c r="A11">
         <v>10</v>
       </c>
       <c r="B11" t="s">
         <v>31</v>
       </c>
       <c r="C11" s="1" t="s">
         <v>32</v>
       </c>
       <c r="D11" t="s">
         <v>33</v>
       </c>
     </row>
     <row r="12" spans="1:4">
       <c r="A12">
         <v>11</v>
       </c>
       <c r="B12" t="s">
         <v>34</v>
       </c>
       <c r="C12" s="1" t="s">
         <v>35</v>
       </c>
       <c r="D12" t="s">
-        <v>36</v>
+        <v>20</v>
       </c>
     </row>
     <row r="13" spans="1:4">
       <c r="A13">
         <v>12</v>
       </c>
       <c r="B13" t="s">
+        <v>36</v>
+      </c>
+      <c r="C13" s="1" t="s">
         <v>37</v>
       </c>
-      <c r="C13" s="1" t="s">
+      <c r="D13" t="s">
         <v>38</v>
-      </c>
-[...1 lines deleted...]
-        <v>39</v>
       </c>
     </row>
     <row r="14" spans="1:4">
       <c r="A14">
         <v>13</v>
       </c>
       <c r="B14" t="s">
+        <v>39</v>
+      </c>
+      <c r="C14" s="1" t="s">
         <v>40</v>
       </c>
-      <c r="C14" s="1" t="s">
+      <c r="D14" t="s">
         <v>41</v>
-      </c>
-[...1 lines deleted...]
-        <v>20</v>
       </c>
     </row>
     <row r="15" spans="1:4">
       <c r="A15">
         <v>14</v>
       </c>
       <c r="B15" t="s">
         <v>42</v>
       </c>
       <c r="C15" s="1" t="s">
         <v>43</v>
       </c>
       <c r="D15" t="s">
         <v>44</v>
       </c>
     </row>
     <row r="16" spans="1:4">
       <c r="A16">
         <v>15</v>
       </c>
       <c r="B16" t="s">
         <v>45</v>
       </c>
       <c r="C16" s="1" t="s">
         <v>46</v>