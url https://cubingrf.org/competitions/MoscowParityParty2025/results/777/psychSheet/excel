--- v0 (2025-12-18)
+++ v1 (2026-03-17)
@@ -12,233 +12,230 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="777" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="68">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="67">
   <si>
     <t>#</t>
   </si>
   <si>
     <t>Имя и фамилия участника</t>
   </si>
   <si>
     <t>Среднее</t>
   </si>
   <si>
     <t>Лучшее</t>
   </si>
   <si>
     <t>Георгий Исанов</t>
   </si>
   <si>
     <t>2:37.48</t>
   </si>
   <si>
     <t>2:31.49</t>
   </si>
   <si>
     <t>Никита Попков</t>
   </si>
   <si>
     <t>2:46.53</t>
   </si>
   <si>
     <t>2:28.79</t>
   </si>
   <si>
     <t>Александр Докин</t>
   </si>
   <si>
     <t>2:48.54</t>
   </si>
   <si>
     <t>2:37.94</t>
   </si>
   <si>
     <t>Лев Маслов</t>
   </si>
   <si>
     <t>2:55.00</t>
   </si>
   <si>
-    <t>2:46.59</t>
+    <t>2:45.19</t>
   </si>
   <si>
     <t>Екатерина Канева</t>
   </si>
   <si>
-    <t>3:10.59</t>
-[...2 lines deleted...]
-    <t>3:01.48</t>
+    <t>3:09.23</t>
+  </si>
+  <si>
+    <t>2:59.24</t>
   </si>
   <si>
     <t>Полина Лаптева</t>
   </si>
   <si>
-    <t>3:21.78</t>
+    <t>3:12.75</t>
   </si>
   <si>
     <t>2:54.90</t>
   </si>
   <si>
     <t>Анатолий Туренко</t>
   </si>
   <si>
     <t>3:27.96</t>
   </si>
   <si>
-    <t>3:18.36</t>
+    <t>3:21.63</t>
   </si>
   <si>
     <t>Александр Кропотов</t>
   </si>
   <si>
     <t>3:38.56</t>
   </si>
   <si>
     <t>3:26.92</t>
   </si>
   <si>
     <t>Арсений Павлов</t>
   </si>
   <si>
-    <t>3:58.66</t>
+    <t>3:57.79</t>
   </si>
   <si>
     <t>3:43.64</t>
   </si>
   <si>
     <t>Никита Чесноков</t>
   </si>
   <si>
     <t>4:08.20</t>
   </si>
   <si>
     <t>3:56.00</t>
   </si>
   <si>
     <t>Карен Заргарян</t>
   </si>
   <si>
     <t>4:11.04</t>
   </si>
   <si>
     <t>4:01.52</t>
   </si>
   <si>
     <t>Ольга Ясакова</t>
   </si>
   <si>
-    <t>4:13.42</t>
-[...2 lines deleted...]
-    <t>4:04.32</t>
+    <t>4:18.15</t>
+  </si>
+  <si>
+    <t>4:07.24</t>
   </si>
   <si>
     <t>Андрей Жуков</t>
   </si>
   <si>
     <t>4:37.94</t>
   </si>
   <si>
     <t>4:21.94</t>
   </si>
   <si>
     <t>Владислав Затолокин</t>
   </si>
   <si>
     <t>5:31.03</t>
   </si>
   <si>
     <t>5:10.97</t>
   </si>
   <si>
     <t>Михаил Игнатьев</t>
   </si>
   <si>
     <t>5:45.66</t>
   </si>
   <si>
     <t>5:15.87</t>
   </si>
   <si>
     <t>Андрей Кошелев</t>
   </si>
   <si>
     <t>5:50.38</t>
   </si>
   <si>
     <t>5:35.89</t>
   </si>
   <si>
+    <t>Марк Мирошников</t>
+  </si>
+  <si>
+    <t>6:38.55</t>
+  </si>
+  <si>
+    <t>6:11.00</t>
+  </si>
+  <si>
+    <t>Александр Катюков</t>
+  </si>
+  <si>
+    <t>8:38.77</t>
+  </si>
+  <si>
+    <t>8:17.66</t>
+  </si>
+  <si>
     <t>Дмитрий Андреев</t>
   </si>
   <si>
-    <t>6:35.22</t>
-[...1 lines deleted...]
-  <si>
     <t>6:12.29</t>
-  </si>
-[...16 lines deleted...]
-    <t>8:17.66</t>
   </si>
   <si>
     <t>Дарья Елисеева</t>
   </si>
   <si>
     <t>9:04.52</t>
   </si>
   <si>
     <t>Мирон Головатый</t>
   </si>
   <si>
     <t>9:11.42</t>
   </si>
   <si>
     <t>Анна Фомина</t>
   </si>
   <si>
     <t>Артемий Стукарчук</t>
   </si>
   <si>
     <t>Евгений Амосов</t>
   </si>
 </sst>
 </file>
 
@@ -860,96 +857,94 @@
       <c r="D18" t="s">
         <v>54</v>
       </c>
     </row>
     <row r="19" spans="1:4">
       <c r="A19">
         <v>18</v>
       </c>
       <c r="B19" t="s">
         <v>55</v>
       </c>
       <c r="C19" s="1" t="s">
         <v>56</v>
       </c>
       <c r="D19" t="s">
         <v>57</v>
       </c>
     </row>
     <row r="20" spans="1:4">
       <c r="A20">
         <v>19</v>
       </c>
       <c r="B20" t="s">
         <v>58</v>
       </c>
-      <c r="C20" s="1" t="s">
+      <c r="C20" s="1"/>
+      <c r="D20" t="s">
         <v>59</v>
-      </c>
-[...1 lines deleted...]
-        <v>60</v>
       </c>
     </row>
     <row r="21" spans="1:4">
       <c r="A21">
         <v>20</v>
       </c>
       <c r="B21" t="s">
-        <v>61</v>
+        <v>60</v>
       </c>
       <c r="C21" s="1"/>
       <c r="D21" t="s">
-        <v>62</v>
+        <v>61</v>
       </c>
     </row>
     <row r="22" spans="1:4">
       <c r="A22">
         <v>21</v>
       </c>
       <c r="B22" t="s">
-        <v>63</v>
+        <v>62</v>
       </c>
       <c r="C22" s="1"/>
       <c r="D22" t="s">
-        <v>64</v>
+        <v>63</v>
       </c>
     </row>
     <row r="23" spans="1:4">
       <c r="B23" t="s">
-        <v>65</v>
+        <v>64</v>
       </c>
       <c r="C23" s="1"/>
     </row>
     <row r="24" spans="1:4">
       <c r="B24" t="s">
-        <v>66</v>
+        <v>65</v>
       </c>
       <c r="C24" s="1"/>
     </row>
     <row r="25" spans="1:4">
       <c r="B25" t="s">
-        <v>67</v>
+        <v>66</v>
       </c>
       <c r="C25" s="1"/>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>