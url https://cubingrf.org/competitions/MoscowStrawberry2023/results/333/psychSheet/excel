--- v0 (2025-11-30)
+++ v1 (2026-01-15)
@@ -17,876 +17,876 @@
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="333" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="279">
   <si>
     <t>#</t>
   </si>
   <si>
-    <t>Competitor</t>
-[...8 lines deleted...]
-    <t>Timofei Tarasenko</t>
+    <t>Имя и фамилия участника</t>
+  </si>
+  <si>
+    <t>Среднее</t>
+  </si>
+  <si>
+    <t>Лучшее</t>
+  </si>
+  <si>
+    <t>Тимофей Тарасенко</t>
   </si>
   <si>
     <t>5.25</t>
   </si>
   <si>
     <t>3.72</t>
   </si>
   <si>
-    <t>Dmitry Gundin</t>
+    <t>Дмитрий Гундин</t>
   </si>
   <si>
     <t>6.26</t>
   </si>
   <si>
     <t>5.04</t>
   </si>
   <si>
-    <t>Anatolii Turenko</t>
+    <t>Анатолий Туренко</t>
   </si>
   <si>
     <t>6.66</t>
   </si>
   <si>
     <t>4.99</t>
   </si>
   <si>
-    <t>Andrey Panov</t>
+    <t>Андрей Панов</t>
   </si>
   <si>
     <t>7.07</t>
   </si>
   <si>
     <t>5.44</t>
   </si>
   <si>
-    <t>Vladimir Tikhonenko</t>
+    <t>Владимир Тихоненко</t>
   </si>
   <si>
     <t>7.45</t>
   </si>
   <si>
     <t>5.30</t>
   </si>
   <si>
-    <t>Gleb Pyasetskiy</t>
+    <t>Глеб Пясецкий</t>
   </si>
   <si>
     <t>7.70</t>
   </si>
   <si>
     <t>5.60</t>
   </si>
   <si>
-    <t>Grigoriy Barashkin</t>
+    <t>Григорий Барашкин</t>
   </si>
   <si>
     <t>7.75</t>
   </si>
   <si>
     <t>6.15</t>
   </si>
   <si>
-    <t>Maksim Bezʺyazykov</t>
+    <t>Максим Безъязыков</t>
   </si>
   <si>
     <t>7.84</t>
   </si>
   <si>
     <t>6.28</t>
   </si>
   <si>
-    <t>Ilya Nazarov</t>
+    <t>Илья Назаров</t>
   </si>
   <si>
     <t>7.91</t>
   </si>
   <si>
     <t>6.36</t>
   </si>
   <si>
-    <t>Ekaterina Kaneva</t>
+    <t>Екатерина Канева</t>
   </si>
   <si>
     <t>7.93</t>
   </si>
   <si>
     <t>6.60</t>
   </si>
   <si>
-    <t>Maxim Ilin</t>
+    <t>Максим Ильин</t>
   </si>
   <si>
     <t>8.35</t>
   </si>
   <si>
-    <t>Artem Kulikov</t>
+    <t>Артём Куликов</t>
   </si>
   <si>
     <t>8.49</t>
   </si>
   <si>
     <t>7.81</t>
   </si>
   <si>
-    <t>Vladimir Filin</t>
+    <t>Владимир Филин</t>
   </si>
   <si>
     <t>8.53</t>
   </si>
   <si>
     <t>7.17</t>
   </si>
   <si>
-    <t>Nikolai Masson</t>
+    <t>Николай Массон</t>
   </si>
   <si>
     <t>8.57</t>
   </si>
   <si>
-    <t>Vladislav Shurshilin</t>
+    <t>Владислав Шуршилин</t>
   </si>
   <si>
     <t>8.60</t>
   </si>
   <si>
     <t>7.40</t>
   </si>
   <si>
-    <t>Vladislav Kozhin</t>
+    <t>Владислав Кожин</t>
   </si>
   <si>
     <t>8.66</t>
   </si>
   <si>
     <t>6.88</t>
   </si>
   <si>
-    <t>Timur Imanov</t>
+    <t>Тимур Иманов</t>
   </si>
   <si>
     <t>8.72</t>
   </si>
   <si>
     <t>7.05</t>
   </si>
   <si>
-    <t>Nikolay Podobayev</t>
+    <t>Николай Подобаев</t>
   </si>
   <si>
     <t>9.04</t>
   </si>
   <si>
-    <t>Daniil Tambovtsev</t>
+    <t>Даниил Тамбовцев</t>
   </si>
   <si>
     <t>9.10</t>
   </si>
   <si>
     <t>7.12</t>
   </si>
   <si>
-    <t>Aleksandr Dokin</t>
+    <t>Александр Докин</t>
   </si>
   <si>
     <t>9.43</t>
   </si>
   <si>
-    <t>Bogdan Zemlianskii</t>
+    <t>Богдан Землянский</t>
   </si>
   <si>
     <t>9.44</t>
   </si>
   <si>
     <t>6.76</t>
   </si>
   <si>
-    <t>Andrei Maslov</t>
+    <t>Андрей Маслов</t>
   </si>
   <si>
     <t>9.64</t>
   </si>
   <si>
     <t>7.61</t>
   </si>
   <si>
-    <t>Valeriy Kurbatov</t>
+    <t>Валерий Курбатов</t>
   </si>
   <si>
     <t>9.70</t>
   </si>
   <si>
     <t>8.13</t>
   </si>
   <si>
-    <t>Roman Shilov</t>
+    <t>Роман Шилов</t>
   </si>
   <si>
     <t>9.71</t>
   </si>
   <si>
     <t>8.10</t>
   </si>
   <si>
-    <t>Martin Nikolayev</t>
+    <t>Мартин Николаев</t>
   </si>
   <si>
     <t>9.85</t>
   </si>
   <si>
     <t>7.95</t>
   </si>
   <si>
-    <t>Islam Kitiev</t>
+    <t>Ислам Китиев</t>
   </si>
   <si>
     <t>9.98</t>
   </si>
   <si>
     <t>8.77</t>
   </si>
   <si>
-    <t>Seda Sukyasova</t>
+    <t>Тимофей Тюльпаков</t>
+  </si>
+  <si>
+    <t>10.27</t>
+  </si>
+  <si>
+    <t>7.68</t>
+  </si>
+  <si>
+    <t>Седа Сукясова</t>
   </si>
   <si>
     <t>10.28</t>
   </si>
   <si>
     <t>9.32</t>
   </si>
   <si>
-    <t>Lev Maslov</t>
+    <t>Лев Маслов</t>
   </si>
   <si>
     <t>10.49</t>
   </si>
   <si>
     <t>7.41</t>
   </si>
   <si>
-    <t>Timofey Tyulpakov</t>
-[...8 lines deleted...]
-    <t>Sergey Marin</t>
+    <t>Сергей Марьин</t>
   </si>
   <si>
     <t>10.68</t>
   </si>
   <si>
     <t>8.75</t>
   </si>
   <si>
-    <t>Andrey Zhukov</t>
+    <t>Андрей Жуков</t>
   </si>
   <si>
     <t>11.11</t>
   </si>
   <si>
     <t>8.62</t>
   </si>
   <si>
-    <t>Maksim Kozlovskiy</t>
+    <t>Максим Козловский</t>
   </si>
   <si>
     <t>9.23</t>
   </si>
   <si>
-    <t>Oleg Demchuk</t>
+    <t>Олег Демчук</t>
   </si>
   <si>
     <t>11.13</t>
   </si>
   <si>
     <t>8.94</t>
   </si>
   <si>
-    <t>Maksim Demchenko</t>
+    <t>Максим Демченко</t>
   </si>
   <si>
     <t>11.14</t>
   </si>
   <si>
     <t>8.95</t>
   </si>
   <si>
-    <t>Ivan Litsov</t>
+    <t>Иван Лицов</t>
   </si>
   <si>
     <t>11.16</t>
   </si>
   <si>
     <t>9.83</t>
   </si>
   <si>
-    <t>Dmitry Rodin</t>
+    <t>Дмитрий Родин</t>
   </si>
   <si>
     <t>11.27</t>
   </si>
   <si>
     <t>9.36</t>
   </si>
   <si>
-    <t>Dmitry Kolotvin</t>
+    <t>Дмитрий Колотвин</t>
   </si>
   <si>
     <t>11.41</t>
   </si>
   <si>
     <t>7.78</t>
   </si>
   <si>
-    <t>Gleb Batenin</t>
+    <t>Глеб Батенин</t>
   </si>
   <si>
     <t>11.57</t>
   </si>
   <si>
     <t>9.48</t>
   </si>
   <si>
-    <t>Egor Afanasenko</t>
+    <t>Егор Афанасенко</t>
   </si>
   <si>
     <t>11.61</t>
   </si>
   <si>
     <t>10.07</t>
   </si>
   <si>
-    <t>Vasilii Nikolashin</t>
+    <t>Василий Николашин</t>
   </si>
   <si>
     <t>11.73</t>
   </si>
   <si>
     <t>9.58</t>
   </si>
   <si>
-    <t>Anton Berezhnov</t>
+    <t>Антон Бережнов</t>
   </si>
   <si>
     <t>12.00</t>
   </si>
   <si>
     <t>9.73</t>
   </si>
   <si>
-    <t>Davit Karimyan</t>
+    <t>Давит Каримян</t>
   </si>
   <si>
     <t>10.66</t>
   </si>
   <si>
-    <t>Mikhail Govgolenko</t>
+    <t>Михаил Говголенко</t>
   </si>
   <si>
     <t>12.36</t>
   </si>
   <si>
     <t>9.87</t>
   </si>
   <si>
-    <t>Leonid Tarasenko</t>
+    <t>Леонид Тарасенко</t>
   </si>
   <si>
     <t>12.41</t>
   </si>
   <si>
     <t>10.82</t>
   </si>
   <si>
-    <t>Aleksey Senatorov</t>
+    <t>Алексей Сенаторов</t>
   </si>
   <si>
     <t>12.58</t>
   </si>
   <si>
-    <t>Timofey Tereshchenko</t>
+    <t>Тимофей Терещенко</t>
   </si>
   <si>
     <t>12.63</t>
   </si>
   <si>
     <t>8.58</t>
   </si>
   <si>
-    <t>Maria Zhits</t>
+    <t>Мария Жиц</t>
   </si>
   <si>
     <t>12.70</t>
   </si>
   <si>
     <t>11.92</t>
   </si>
   <si>
-    <t>Daria Eliseeva</t>
+    <t>Дарья Елисеева</t>
   </si>
   <si>
     <t>12.77</t>
   </si>
   <si>
     <t>9.84</t>
   </si>
   <si>
-    <t>Sergey Gryaznukhin</t>
+    <t>Сергей Грязнухин</t>
   </si>
   <si>
     <t>12.78</t>
   </si>
   <si>
     <t>10.80</t>
   </si>
   <si>
-    <t>Matvei Tianutov</t>
+    <t>Матвей Тянутов</t>
   </si>
   <si>
     <t>12.96</t>
   </si>
   <si>
     <t>10.53</t>
   </si>
   <si>
-    <t>Vladimir Ilin</t>
+    <t>Владимир Ильин</t>
   </si>
   <si>
     <t>13.04</t>
   </si>
   <si>
     <t>10.12</t>
   </si>
   <si>
-    <t>Ivan Kovalev</t>
+    <t>Иван Ковалев</t>
   </si>
   <si>
     <t>13.37</t>
   </si>
   <si>
     <t>10.16</t>
   </si>
   <si>
-    <t>Artur Firyan</t>
+    <t>Артур Фирян</t>
   </si>
   <si>
     <t>13.54</t>
   </si>
   <si>
     <t>12.12</t>
   </si>
   <si>
-    <t>Daniil Romashkov</t>
+    <t>Даниил Ромашков</t>
   </si>
   <si>
     <t>13.89</t>
   </si>
   <si>
-    <t>Egor Kharitonov</t>
+    <t>Егор Харитонов</t>
   </si>
   <si>
     <t>14.02</t>
   </si>
   <si>
     <t>11.67</t>
   </si>
   <si>
-    <t>Dmitriy Kolganov</t>
+    <t>Дмитрий Колганов</t>
   </si>
   <si>
     <t>14.59</t>
   </si>
   <si>
     <t>13.00</t>
   </si>
   <si>
-    <t>Kristina Koroleva</t>
+    <t>Кристина Королёва</t>
   </si>
   <si>
     <t>14.76</t>
   </si>
   <si>
     <t>13.33</t>
   </si>
   <si>
-    <t>Alexander Katyukov</t>
+    <t>Александр Катюков</t>
   </si>
   <si>
     <t>15.16</t>
   </si>
   <si>
     <t>10.01</t>
   </si>
   <si>
-    <t>Nikolay Kravtsov</t>
+    <t>Николай Кравцов</t>
   </si>
   <si>
     <t>15.31</t>
   </si>
   <si>
     <t>12.01</t>
   </si>
   <si>
-    <t>Nikita Konovalov</t>
+    <t>Никита Коновалов</t>
   </si>
   <si>
     <t>15.54</t>
   </si>
   <si>
     <t>12.35</t>
   </si>
   <si>
-    <t>Olga Yasakova</t>
+    <t>Ольга Ясакова</t>
   </si>
   <si>
     <t>15.63</t>
   </si>
   <si>
     <t>12.17</t>
   </si>
   <si>
-    <t>Maksim Kalinin</t>
+    <t>Максим Калинин</t>
   </si>
   <si>
     <t>16.53</t>
   </si>
   <si>
     <t>14.22</t>
   </si>
   <si>
-    <t>Artem Reznikov</t>
+    <t>Артём Резников</t>
   </si>
   <si>
     <t>16.89</t>
   </si>
   <si>
     <t>15.28</t>
   </si>
   <si>
-    <t>Max Korchagin</t>
+    <t>Максимилиан Корчагин</t>
   </si>
   <si>
     <t>17.03</t>
   </si>
   <si>
     <t>14.66</t>
   </si>
   <si>
-    <t>Fëdor Konak</t>
+    <t>Фёдор Конак</t>
   </si>
   <si>
     <t>17.36</t>
   </si>
   <si>
     <t>14.42</t>
   </si>
   <si>
-    <t>Nikita Serdyukov</t>
+    <t>Никита Сердюков</t>
   </si>
   <si>
     <t>17.71</t>
   </si>
   <si>
     <t>14.89</t>
   </si>
   <si>
-    <t>Roman Yermoshkevich</t>
+    <t>Роман Ермошкевич</t>
   </si>
   <si>
     <t>17.95</t>
   </si>
   <si>
     <t>16.50</t>
   </si>
   <si>
-    <t>Lev Artamonov</t>
+    <t>Лев Артамонов</t>
   </si>
   <si>
     <t>18.10</t>
   </si>
   <si>
     <t>14.50</t>
   </si>
   <si>
-    <t>Georgiy Pankov</t>
+    <t>Георгий Панков</t>
   </si>
   <si>
     <t>19.01</t>
   </si>
   <si>
     <t>16.14</t>
   </si>
   <si>
-    <t>Alexander Glik</t>
+    <t>Александр Глик</t>
   </si>
   <si>
     <t>19.79</t>
   </si>
   <si>
     <t>15.39</t>
   </si>
   <si>
-    <t>Gabriella Ivakhnitskaya</t>
+    <t>Габриэлла Ивахницкая</t>
   </si>
   <si>
     <t>19.95</t>
   </si>
   <si>
     <t>15.88</t>
   </si>
   <si>
-    <t>Pëtr Yunin</t>
+    <t>Пётр Юнин</t>
   </si>
   <si>
     <t>20.15</t>
   </si>
   <si>
-    <t>Andrei Ilin</t>
+    <t>Андрей Ильин</t>
   </si>
   <si>
     <t>20.50</t>
   </si>
   <si>
     <t>15.99</t>
   </si>
   <si>
-    <t>Dmitriy Liga</t>
+    <t>Дмитрий Лига</t>
   </si>
   <si>
     <t>20.89</t>
   </si>
   <si>
     <t>14.25</t>
   </si>
   <si>
-    <t>Denis Milov</t>
+    <t>Денис Милов</t>
   </si>
   <si>
     <t>22.17</t>
   </si>
   <si>
     <t>20.81</t>
   </si>
   <si>
-    <t>Konstantin Petrov</t>
+    <t>Константин Петров</t>
   </si>
   <si>
     <t>22.18</t>
   </si>
   <si>
     <t>16.49</t>
   </si>
   <si>
-    <t>Demid Dʹyachkov</t>
+    <t>Демид Дьячков</t>
   </si>
   <si>
     <t>23.68</t>
   </si>
   <si>
     <t>18.15</t>
   </si>
   <si>
-    <t>Mikhail Kravtsov</t>
+    <t>Михаил Кравцов</t>
   </si>
   <si>
     <t>25.26</t>
   </si>
   <si>
     <t>21.63</t>
   </si>
   <si>
-    <t>Sergei Sidorov</t>
+    <t>Сергей Сидоров</t>
   </si>
   <si>
     <t>26.53</t>
   </si>
   <si>
     <t>18.74</t>
   </si>
   <si>
-    <t>Timofey Ivchenko</t>
+    <t>Тимофей Ивченко</t>
   </si>
   <si>
     <t>26.87</t>
   </si>
   <si>
     <t>22.26</t>
   </si>
   <si>
-    <t>Ilʹya Yefremov</t>
+    <t>Илья Ефремов</t>
   </si>
   <si>
     <t>29.51</t>
   </si>
   <si>
     <t>21.48</t>
   </si>
   <si>
-    <t>Vsevolod Turenko</t>
+    <t>Всеволод Туренко</t>
   </si>
   <si>
     <t>29.65</t>
   </si>
   <si>
     <t>25.75</t>
   </si>
   <si>
-    <t>Ivan Nikulin</t>
+    <t>Иван Никулин</t>
   </si>
   <si>
     <t>30.23</t>
   </si>
   <si>
     <t>28.88</t>
   </si>
   <si>
-    <t>Maksim Kabanov</t>
+    <t>Максим Кабанов</t>
   </si>
   <si>
     <t>30.35</t>
   </si>
   <si>
     <t>26.51</t>
   </si>
   <si>
-    <t>Mikhail Losev</t>
+    <t>Михаил Лосев</t>
   </si>
   <si>
     <t>30.67</t>
   </si>
   <si>
     <t>24.49</t>
   </si>
   <si>
-    <t>Eva Safonova</t>
+    <t>Ева Сафонова</t>
   </si>
   <si>
     <t>30.85</t>
   </si>
   <si>
     <t>25.60</t>
   </si>
   <si>
-    <t>Dmitriy Afanasyev</t>
+    <t>Дмитрий Афанасьев</t>
   </si>
   <si>
     <t>33.88</t>
   </si>
   <si>
     <t>27.83</t>
   </si>
   <si>
-    <t>Avielʹ Shaulov</t>
+    <t>Авиэль Шаулов</t>
   </si>
   <si>
     <t>34.44</t>
   </si>
   <si>
     <t>27.20</t>
   </si>
   <si>
-    <t>Natalia Piagai</t>
+    <t>Наталья Пягай</t>
   </si>
   <si>
     <t>43.07</t>
   </si>
   <si>
     <t>31.10</t>
   </si>
   <si>
-    <t>Mark Bychkov</t>
+    <t>Марк Бычков</t>
   </si>
   <si>
     <t>44.72</t>
   </si>
   <si>
     <t>31.70</t>
   </si>
   <si>
     <t>46.68</t>
   </si>
   <si>
     <t>34.00</t>
   </si>
   <si>
-    <t>Artëm Alekseyev</t>
+    <t>Артём Алексеев</t>
   </si>
   <si>
     <t>49.06</t>
   </si>
   <si>
     <t>44.01</t>
   </si>
   <si>
-    <t>Maksim Burakov</t>
+    <t>Максим Бураков</t>
   </si>
   <si>
     <t>1:11.09</t>
   </si>
   <si>
     <t>58.01</t>
   </si>
   <si>
-    <t>Andrey Milov</t>
+    <t>Андрей Милов</t>
   </si>
   <si>
     <t>1:22.63</t>
   </si>
   <si>
     <t>1:02.26</t>
   </si>
   <si>
-    <t>Maksim Grishayev</t>
+    <t>Максим Гришаев</t>
   </si>
   <si>
     <t>1:42.04</t>
   </si>
   <si>
     <t>1:21.01</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>