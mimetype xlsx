--- v1 (2026-01-15)
+++ v2 (2026-03-03)
@@ -12,268 +12,268 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="333" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="279">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="278">
   <si>
     <t>#</t>
   </si>
   <si>
     <t>Имя и фамилия участника</t>
   </si>
   <si>
     <t>Среднее</t>
   </si>
   <si>
     <t>Лучшее</t>
   </si>
   <si>
     <t>Тимофей Тарасенко</t>
   </si>
   <si>
-    <t>5.25</t>
-[...2 lines deleted...]
-    <t>3.72</t>
+    <t>5.34</t>
+  </si>
+  <si>
+    <t>4.58</t>
   </si>
   <si>
     <t>Дмитрий Гундин</t>
   </si>
   <si>
     <t>6.26</t>
   </si>
   <si>
     <t>5.04</t>
   </si>
   <si>
     <t>Анатолий Туренко</t>
   </si>
   <si>
-    <t>6.66</t>
+    <t>6.55</t>
   </si>
   <si>
     <t>4.99</t>
   </si>
   <si>
     <t>Андрей Панов</t>
   </si>
   <si>
     <t>7.07</t>
   </si>
   <si>
     <t>5.44</t>
   </si>
   <si>
     <t>Владимир Тихоненко</t>
   </si>
   <si>
     <t>7.45</t>
   </si>
   <si>
     <t>5.30</t>
   </si>
   <si>
     <t>Глеб Пясецкий</t>
   </si>
   <si>
     <t>7.70</t>
   </si>
   <si>
     <t>5.60</t>
   </si>
   <si>
     <t>Григорий Барашкин</t>
   </si>
   <si>
     <t>7.75</t>
   </si>
   <si>
     <t>6.15</t>
   </si>
   <si>
     <t>Максим Безъязыков</t>
   </si>
   <si>
     <t>7.84</t>
   </si>
   <si>
     <t>6.28</t>
   </si>
   <si>
+    <t>Екатерина Канева</t>
+  </si>
+  <si>
+    <t>7.93</t>
+  </si>
+  <si>
+    <t>6.60</t>
+  </si>
+  <si>
+    <t>Максим Ильин</t>
+  </si>
+  <si>
+    <t>8.35</t>
+  </si>
+  <si>
     <t>Илья Назаров</t>
   </si>
   <si>
-    <t>7.91</t>
+    <t>8.46</t>
+  </si>
+  <si>
+    <t>6.93</t>
+  </si>
+  <si>
+    <t>Артём Куликов</t>
+  </si>
+  <si>
+    <t>8.49</t>
+  </si>
+  <si>
+    <t>7.81</t>
+  </si>
+  <si>
+    <t>Владимир Филин</t>
+  </si>
+  <si>
+    <t>8.53</t>
+  </si>
+  <si>
+    <t>7.17</t>
+  </si>
+  <si>
+    <t>Владислав Шуршилин</t>
+  </si>
+  <si>
+    <t>8.60</t>
+  </si>
+  <si>
+    <t>7.20</t>
+  </si>
+  <si>
+    <t>Николай Массон</t>
+  </si>
+  <si>
+    <t>8.66</t>
   </si>
   <si>
     <t>6.36</t>
   </si>
   <si>
-    <t>Екатерина Канева</t>
-[...46 lines deleted...]
-  <si>
     <t>Владислав Кожин</t>
   </si>
   <si>
-    <t>8.66</t>
-[...1 lines deleted...]
-  <si>
     <t>6.88</t>
   </si>
   <si>
     <t>Тимур Иманов</t>
   </si>
   <si>
     <t>8.72</t>
   </si>
   <si>
     <t>7.05</t>
   </si>
   <si>
     <t>Николай Подобаев</t>
   </si>
   <si>
     <t>9.04</t>
   </si>
   <si>
     <t>Даниил Тамбовцев</t>
   </si>
   <si>
     <t>9.10</t>
   </si>
   <si>
     <t>7.12</t>
   </si>
   <si>
     <t>Александр Докин</t>
   </si>
   <si>
     <t>9.43</t>
   </si>
   <si>
     <t>Богдан Землянский</t>
   </si>
   <si>
     <t>9.44</t>
   </si>
   <si>
     <t>6.76</t>
   </si>
   <si>
+    <t>Валерий Курбатов</t>
+  </si>
+  <si>
+    <t>9.70</t>
+  </si>
+  <si>
+    <t>8.13</t>
+  </si>
+  <si>
+    <t>Роман Шилов</t>
+  </si>
+  <si>
+    <t>9.71</t>
+  </si>
+  <si>
+    <t>8.10</t>
+  </si>
+  <si>
     <t>Андрей Маслов</t>
   </si>
   <si>
-    <t>9.64</t>
+    <t>9.73</t>
   </si>
   <si>
     <t>7.61</t>
   </si>
   <si>
-    <t>Валерий Курбатов</t>
-[...16 lines deleted...]
-  <si>
     <t>Мартин Николаев</t>
   </si>
   <si>
     <t>9.85</t>
   </si>
   <si>
     <t>7.95</t>
   </si>
   <si>
     <t>Ислам Китиев</t>
   </si>
   <si>
     <t>9.98</t>
   </si>
   <si>
     <t>8.77</t>
   </si>
   <si>
     <t>Тимофей Тюльпаков</t>
   </si>
   <si>
     <t>10.27</t>
   </si>
   <si>
     <t>7.68</t>
@@ -281,66 +281,66 @@
   <si>
     <t>Седа Сукясова</t>
   </si>
   <si>
     <t>10.28</t>
   </si>
   <si>
     <t>9.32</t>
   </si>
   <si>
     <t>Лев Маслов</t>
   </si>
   <si>
     <t>10.49</t>
   </si>
   <si>
     <t>7.41</t>
   </si>
   <si>
     <t>Сергей Марьин</t>
   </si>
   <si>
     <t>10.68</t>
   </si>
   <si>
-    <t>8.75</t>
+    <t>9.45</t>
+  </si>
+  <si>
+    <t>Максим Козловский</t>
+  </si>
+  <si>
+    <t>11.11</t>
+  </si>
+  <si>
+    <t>9.23</t>
   </si>
   <si>
     <t>Андрей Жуков</t>
   </si>
   <si>
-    <t>11.11</t>
-[...8 lines deleted...]
-    <t>9.23</t>
+    <t>9.51</t>
   </si>
   <si>
     <t>Олег Демчук</t>
   </si>
   <si>
     <t>11.13</t>
   </si>
   <si>
     <t>8.94</t>
   </si>
   <si>
     <t>Максим Демченко</t>
   </si>
   <si>
     <t>11.14</t>
   </si>
   <si>
     <t>8.95</t>
   </si>
   <si>
     <t>Иван Лицов</t>
   </si>
   <si>
     <t>11.16</t>
   </si>
@@ -356,216 +356,213 @@
   <si>
     <t>9.36</t>
   </si>
   <si>
     <t>Дмитрий Колотвин</t>
   </si>
   <si>
     <t>11.41</t>
   </si>
   <si>
     <t>7.78</t>
   </si>
   <si>
     <t>Глеб Батенин</t>
   </si>
   <si>
     <t>11.57</t>
   </si>
   <si>
     <t>9.48</t>
   </si>
   <si>
     <t>Егор Афанасенко</t>
   </si>
   <si>
-    <t>11.61</t>
+    <t>11.69</t>
+  </si>
+  <si>
+    <t>10.16</t>
+  </si>
+  <si>
+    <t>Василий Николашин</t>
+  </si>
+  <si>
+    <t>11.73</t>
+  </si>
+  <si>
+    <t>9.58</t>
+  </si>
+  <si>
+    <t>Антон Бережнов</t>
+  </si>
+  <si>
+    <t>12.00</t>
+  </si>
+  <si>
+    <t>Давит Каримян</t>
+  </si>
+  <si>
+    <t>10.66</t>
+  </si>
+  <si>
+    <t>Михаил Говголенко</t>
+  </si>
+  <si>
+    <t>12.36</t>
+  </si>
+  <si>
+    <t>9.87</t>
+  </si>
+  <si>
+    <t>Алексей Сенаторов</t>
+  </si>
+  <si>
+    <t>12.58</t>
   </si>
   <si>
     <t>10.07</t>
   </si>
   <si>
-    <t>Василий Николашин</t>
-[...29 lines deleted...]
-    <t>9.87</t>
+    <t>Тимофей Терещенко</t>
+  </si>
+  <si>
+    <t>12.63</t>
+  </si>
+  <si>
+    <t>8.58</t>
+  </si>
+  <si>
+    <t>Дарья Елисеева</t>
+  </si>
+  <si>
+    <t>12.77</t>
+  </si>
+  <si>
+    <t>9.84</t>
+  </si>
+  <si>
+    <t>Сергей Грязнухин</t>
+  </si>
+  <si>
+    <t>12.78</t>
+  </si>
+  <si>
+    <t>10.80</t>
   </si>
   <si>
     <t>Леонид Тарасенко</t>
   </si>
   <si>
-    <t>12.41</t>
-[...17 lines deleted...]
-    <t>8.58</t>
+    <t>12.90</t>
+  </si>
+  <si>
+    <t>10.85</t>
+  </si>
+  <si>
+    <t>Матвей Тянутов</t>
+  </si>
+  <si>
+    <t>12.96</t>
+  </si>
+  <si>
+    <t>10.53</t>
+  </si>
+  <si>
+    <t>Владимир Ильин</t>
+  </si>
+  <si>
+    <t>13.04</t>
+  </si>
+  <si>
+    <t>10.12</t>
+  </si>
+  <si>
+    <t>Иван Ковалев</t>
+  </si>
+  <si>
+    <t>13.37</t>
+  </si>
+  <si>
+    <t>Даниил Ромашков</t>
+  </si>
+  <si>
+    <t>13.89</t>
+  </si>
+  <si>
+    <t>Егор Харитонов</t>
+  </si>
+  <si>
+    <t>14.02</t>
+  </si>
+  <si>
+    <t>11.67</t>
+  </si>
+  <si>
+    <t>Артур Фирян</t>
+  </si>
+  <si>
+    <t>14.27</t>
+  </si>
+  <si>
+    <t>12.73</t>
+  </si>
+  <si>
+    <t>Дмитрий Колганов</t>
+  </si>
+  <si>
+    <t>14.59</t>
+  </si>
+  <si>
+    <t>13.00</t>
   </si>
   <si>
     <t>Мария Жиц</t>
   </si>
   <si>
-    <t>12.70</t>
-[...80 lines deleted...]
-    <t>13.00</t>
+    <t>14.64</t>
+  </si>
+  <si>
+    <t>12.21</t>
   </si>
   <si>
     <t>Кристина Королёва</t>
   </si>
   <si>
     <t>14.76</t>
   </si>
   <si>
     <t>13.33</t>
   </si>
   <si>
     <t>Александр Катюков</t>
   </si>
   <si>
     <t>15.16</t>
   </si>
   <si>
-    <t>10.01</t>
+    <t>12.84</t>
   </si>
   <si>
     <t>Николай Кравцов</t>
   </si>
   <si>
     <t>15.31</t>
   </si>
   <si>
     <t>12.01</t>
   </si>
   <si>
     <t>Никита Коновалов</t>
   </si>
   <si>
     <t>15.54</t>
   </si>
   <si>
     <t>12.35</t>
   </si>
   <si>
     <t>Ольга Ясакова</t>
   </si>
   <si>
     <t>15.63</t>
   </si>
@@ -614,75 +611,75 @@
   <si>
     <t>17.71</t>
   </si>
   <si>
     <t>14.89</t>
   </si>
   <si>
     <t>Роман Ермошкевич</t>
   </si>
   <si>
     <t>17.95</t>
   </si>
   <si>
     <t>16.50</t>
   </si>
   <si>
     <t>Лев Артамонов</t>
   </si>
   <si>
     <t>18.10</t>
   </si>
   <si>
     <t>14.50</t>
   </si>
   <si>
+    <t>Габриэлла Ивахницкая</t>
+  </si>
+  <si>
+    <t>18.14</t>
+  </si>
+  <si>
+    <t>15.09</t>
+  </si>
+  <si>
     <t>Георгий Панков</t>
   </si>
   <si>
     <t>19.01</t>
   </si>
   <si>
     <t>16.14</t>
   </si>
   <si>
     <t>Александр Глик</t>
   </si>
   <si>
     <t>19.79</t>
   </si>
   <si>
-    <t>15.39</t>
-[...8 lines deleted...]
-    <t>15.88</t>
+    <t>17.59</t>
   </si>
   <si>
     <t>Пётр Юнин</t>
   </si>
   <si>
     <t>20.15</t>
   </si>
   <si>
     <t>Андрей Ильин</t>
   </si>
   <si>
     <t>20.50</t>
   </si>
   <si>
     <t>15.99</t>
   </si>
   <si>
     <t>Дмитрий Лига</t>
   </si>
   <si>
     <t>20.89</t>
   </si>
   <si>
     <t>14.25</t>
   </si>
@@ -734,138 +731,138 @@
   <si>
     <t>Тимофей Ивченко</t>
   </si>
   <si>
     <t>26.87</t>
   </si>
   <si>
     <t>22.26</t>
   </si>
   <si>
     <t>Илья Ефремов</t>
   </si>
   <si>
     <t>29.51</t>
   </si>
   <si>
     <t>21.48</t>
   </si>
   <si>
     <t>Всеволод Туренко</t>
   </si>
   <si>
     <t>29.65</t>
   </si>
   <si>
-    <t>25.75</t>
+    <t>26.04</t>
   </si>
   <si>
     <t>Иван Никулин</t>
   </si>
   <si>
     <t>30.23</t>
   </si>
   <si>
     <t>28.88</t>
   </si>
   <si>
     <t>Максим Кабанов</t>
   </si>
   <si>
     <t>30.35</t>
   </si>
   <si>
     <t>26.51</t>
   </si>
   <si>
     <t>Михаил Лосев</t>
   </si>
   <si>
     <t>30.67</t>
   </si>
   <si>
     <t>24.49</t>
   </si>
   <si>
     <t>Ева Сафонова</t>
   </si>
   <si>
     <t>30.85</t>
   </si>
   <si>
     <t>25.60</t>
   </si>
   <si>
+    <t>Авиэль Шаулов</t>
+  </si>
+  <si>
+    <t>34.44</t>
+  </si>
+  <si>
+    <t>27.20</t>
+  </si>
+  <si>
+    <t>Наталья Пягай</t>
+  </si>
+  <si>
+    <t>43.07</t>
+  </si>
+  <si>
+    <t>31.10</t>
+  </si>
+  <si>
+    <t>Марк Бычков</t>
+  </si>
+  <si>
+    <t>44.72</t>
+  </si>
+  <si>
+    <t>31.70</t>
+  </si>
+  <si>
+    <t>Артём Алексеев</t>
+  </si>
+  <si>
+    <t>49.06</t>
+  </si>
+  <si>
+    <t>44.01</t>
+  </si>
+  <si>
     <t>Дмитрий Афанасьев</t>
   </si>
   <si>
-    <t>33.88</t>
-[...44 lines deleted...]
-    <t>44.01</t>
+    <t>49.48</t>
+  </si>
+  <si>
+    <t>41.09</t>
+  </si>
+  <si>
+    <t>49.53</t>
+  </si>
+  <si>
+    <t>39.31</t>
   </si>
   <si>
     <t>Максим Бураков</t>
   </si>
   <si>
     <t>1:11.09</t>
   </si>
   <si>
     <t>58.01</t>
   </si>
   <si>
     <t>Андрей Милов</t>
   </si>
   <si>
     <t>1:22.63</t>
   </si>
   <si>
     <t>1:02.26</t>
   </si>
   <si>
     <t>Максим Гришаев</t>
   </si>
   <si>
     <t>1:42.04</t>
   </si>
@@ -1371,132 +1368,132 @@
     <row r="10" spans="1:4">
       <c r="A10">
         <v>9</v>
       </c>
       <c r="B10" t="s">
         <v>28</v>
       </c>
       <c r="C10" s="1" t="s">
         <v>29</v>
       </c>
       <c r="D10" t="s">
         <v>30</v>
       </c>
     </row>
     <row r="11" spans="1:4">
       <c r="A11">
         <v>10</v>
       </c>
       <c r="B11" t="s">
         <v>31</v>
       </c>
       <c r="C11" s="1" t="s">
         <v>32</v>
       </c>
       <c r="D11" t="s">
-        <v>33</v>
+        <v>8</v>
       </c>
     </row>
     <row r="12" spans="1:4">
       <c r="A12">
         <v>11</v>
       </c>
       <c r="B12" t="s">
+        <v>33</v>
+      </c>
+      <c r="C12" s="1" t="s">
         <v>34</v>
       </c>
-      <c r="C12" s="1" t="s">
+      <c r="D12" t="s">
         <v>35</v>
-      </c>
-[...1 lines deleted...]
-        <v>8</v>
       </c>
     </row>
     <row r="13" spans="1:4">
       <c r="A13">
         <v>12</v>
       </c>
       <c r="B13" t="s">
         <v>36</v>
       </c>
       <c r="C13" s="1" t="s">
         <v>37</v>
       </c>
       <c r="D13" t="s">
         <v>38</v>
       </c>
     </row>
     <row r="14" spans="1:4">
       <c r="A14">
         <v>13</v>
       </c>
       <c r="B14" t="s">
         <v>39</v>
       </c>
       <c r="C14" s="1" t="s">
         <v>40</v>
       </c>
       <c r="D14" t="s">
         <v>41</v>
       </c>
     </row>
     <row r="15" spans="1:4">
       <c r="A15">
         <v>14</v>
       </c>
       <c r="B15" t="s">
         <v>42</v>
       </c>
       <c r="C15" s="1" t="s">
         <v>43</v>
       </c>
       <c r="D15" t="s">
-        <v>30</v>
+        <v>44</v>
       </c>
     </row>
     <row r="16" spans="1:4">
       <c r="A16">
         <v>15</v>
       </c>
       <c r="B16" t="s">
-        <v>44</v>
+        <v>45</v>
       </c>
       <c r="C16" s="1" t="s">
-        <v>45</v>
+        <v>46</v>
       </c>
       <c r="D16" t="s">
-        <v>46</v>
+        <v>47</v>
       </c>
     </row>
     <row r="17" spans="1:4">
       <c r="A17">
         <v>16</v>
       </c>
       <c r="B17" t="s">
-        <v>47</v>
+        <v>48</v>
       </c>
       <c r="C17" s="1" t="s">
-        <v>48</v>
+        <v>46</v>
       </c>
       <c r="D17" t="s">
         <v>49</v>
       </c>
     </row>
     <row r="18" spans="1:4">
       <c r="A18">
         <v>17</v>
       </c>
       <c r="B18" t="s">
         <v>50</v>
       </c>
       <c r="C18" s="1" t="s">
         <v>51</v>
       </c>
       <c r="D18" t="s">
         <v>52</v>
       </c>
     </row>
     <row r="19" spans="1:4">
       <c r="A19">
         <v>18</v>
       </c>
       <c r="B19" t="s">
         <v>53</v>
@@ -1805,107 +1802,107 @@
     <row r="41" spans="1:4">
       <c r="A41">
         <v>40</v>
       </c>
       <c r="B41" t="s">
         <v>116</v>
       </c>
       <c r="C41" s="1" t="s">
         <v>117</v>
       </c>
       <c r="D41" t="s">
         <v>118</v>
       </c>
     </row>
     <row r="42" spans="1:4">
       <c r="A42">
         <v>41</v>
       </c>
       <c r="B42" t="s">
         <v>119</v>
       </c>
       <c r="C42" s="1" t="s">
         <v>120</v>
       </c>
       <c r="D42" t="s">
-        <v>121</v>
+        <v>70</v>
       </c>
     </row>
     <row r="43" spans="1:4">
       <c r="A43">
         <v>42</v>
       </c>
       <c r="B43" t="s">
-        <v>122</v>
+        <v>121</v>
       </c>
       <c r="C43" s="1" t="s">
         <v>120</v>
       </c>
       <c r="D43" t="s">
-        <v>123</v>
+        <v>122</v>
       </c>
     </row>
     <row r="44" spans="1:4">
       <c r="A44">
         <v>43</v>
       </c>
       <c r="B44" t="s">
+        <v>123</v>
+      </c>
+      <c r="C44" s="1" t="s">
         <v>124</v>
       </c>
-      <c r="C44" s="1" t="s">
+      <c r="D44" t="s">
         <v>125</v>
-      </c>
-[...1 lines deleted...]
-        <v>126</v>
       </c>
     </row>
     <row r="45" spans="1:4">
       <c r="A45">
         <v>44</v>
       </c>
       <c r="B45" t="s">
+        <v>126</v>
+      </c>
+      <c r="C45" s="1" t="s">
         <v>127</v>
       </c>
-      <c r="C45" s="1" t="s">
+      <c r="D45" t="s">
         <v>128</v>
-      </c>
-[...1 lines deleted...]
-        <v>129</v>
       </c>
     </row>
     <row r="46" spans="1:4">
       <c r="A46">
         <v>45</v>
       </c>
       <c r="B46" t="s">
+        <v>129</v>
+      </c>
+      <c r="C46" s="1" t="s">
         <v>130</v>
       </c>
-      <c r="C46" s="1" t="s">
+      <c r="D46" t="s">
         <v>131</v>
-      </c>
-[...1 lines deleted...]
-        <v>115</v>
       </c>
     </row>
     <row r="47" spans="1:4">
       <c r="A47">
         <v>46</v>
       </c>
       <c r="B47" t="s">
         <v>132</v>
       </c>
       <c r="C47" s="1" t="s">
         <v>133</v>
       </c>
       <c r="D47" t="s">
         <v>134</v>
       </c>
     </row>
     <row r="48" spans="1:4">
       <c r="A48">
         <v>47</v>
       </c>
       <c r="B48" t="s">
         <v>135</v>
       </c>
       <c r="C48" s="1" t="s">
         <v>136</v>
@@ -1945,667 +1942,667 @@
     <row r="51" spans="1:4">
       <c r="A51">
         <v>50</v>
       </c>
       <c r="B51" t="s">
         <v>144</v>
       </c>
       <c r="C51" s="1" t="s">
         <v>145</v>
       </c>
       <c r="D51" t="s">
         <v>146</v>
       </c>
     </row>
     <row r="52" spans="1:4">
       <c r="A52">
         <v>51</v>
       </c>
       <c r="B52" t="s">
         <v>147</v>
       </c>
       <c r="C52" s="1" t="s">
         <v>148</v>
       </c>
       <c r="D52" t="s">
-        <v>149</v>
+        <v>115</v>
       </c>
     </row>
     <row r="53" spans="1:4">
       <c r="A53">
         <v>52</v>
       </c>
       <c r="B53" t="s">
+        <v>149</v>
+      </c>
+      <c r="C53" s="1" t="s">
         <v>150</v>
       </c>
-      <c r="C53" s="1" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D53" t="s">
-        <v>152</v>
+        <v>120</v>
       </c>
     </row>
     <row r="54" spans="1:4">
       <c r="A54">
         <v>53</v>
       </c>
       <c r="B54" t="s">
+        <v>151</v>
+      </c>
+      <c r="C54" s="1" t="s">
+        <v>152</v>
+      </c>
+      <c r="D54" t="s">
         <v>153</v>
-      </c>
-[...4 lines deleted...]
-        <v>155</v>
       </c>
     </row>
     <row r="55" spans="1:4">
       <c r="A55">
         <v>54</v>
       </c>
       <c r="B55" t="s">
+        <v>154</v>
+      </c>
+      <c r="C55" s="1" t="s">
+        <v>155</v>
+      </c>
+      <c r="D55" t="s">
         <v>156</v>
-      </c>
-[...4 lines deleted...]
-        <v>120</v>
       </c>
     </row>
     <row r="56" spans="1:4">
       <c r="A56">
         <v>55</v>
       </c>
       <c r="B56" t="s">
+        <v>157</v>
+      </c>
+      <c r="C56" s="1" t="s">
         <v>158</v>
       </c>
-      <c r="C56" s="1" t="s">
+      <c r="D56" t="s">
         <v>159</v>
-      </c>
-[...1 lines deleted...]
-        <v>160</v>
       </c>
     </row>
     <row r="57" spans="1:4">
       <c r="A57">
         <v>56</v>
       </c>
       <c r="B57" t="s">
+        <v>160</v>
+      </c>
+      <c r="C57" s="1" t="s">
         <v>161</v>
       </c>
-      <c r="C57" s="1" t="s">
+      <c r="D57" t="s">
         <v>162</v>
-      </c>
-[...1 lines deleted...]
-        <v>163</v>
       </c>
     </row>
     <row r="58" spans="1:4">
       <c r="A58">
         <v>57</v>
       </c>
       <c r="B58" t="s">
+        <v>163</v>
+      </c>
+      <c r="C58" s="1" t="s">
         <v>164</v>
       </c>
-      <c r="C58" s="1" t="s">
+      <c r="D58" t="s">
         <v>165</v>
-      </c>
-[...1 lines deleted...]
-        <v>166</v>
       </c>
     </row>
     <row r="59" spans="1:4">
       <c r="A59">
         <v>58</v>
       </c>
       <c r="B59" t="s">
+        <v>166</v>
+      </c>
+      <c r="C59" s="1" t="s">
         <v>167</v>
       </c>
-      <c r="C59" s="1" t="s">
+      <c r="D59" t="s">
         <v>168</v>
-      </c>
-[...1 lines deleted...]
-        <v>169</v>
       </c>
     </row>
     <row r="60" spans="1:4">
       <c r="A60">
         <v>59</v>
       </c>
       <c r="B60" t="s">
+        <v>169</v>
+      </c>
+      <c r="C60" s="1" t="s">
         <v>170</v>
       </c>
-      <c r="C60" s="1" t="s">
+      <c r="D60" t="s">
         <v>171</v>
-      </c>
-[...1 lines deleted...]
-        <v>172</v>
       </c>
     </row>
     <row r="61" spans="1:4">
       <c r="A61">
         <v>60</v>
       </c>
       <c r="B61" t="s">
+        <v>172</v>
+      </c>
+      <c r="C61" s="1" t="s">
         <v>173</v>
       </c>
-      <c r="C61" s="1" t="s">
+      <c r="D61" t="s">
         <v>174</v>
-      </c>
-[...1 lines deleted...]
-        <v>175</v>
       </c>
     </row>
     <row r="62" spans="1:4">
       <c r="A62">
         <v>61</v>
       </c>
       <c r="B62" t="s">
+        <v>175</v>
+      </c>
+      <c r="C62" s="1" t="s">
         <v>176</v>
       </c>
-      <c r="C62" s="1" t="s">
+      <c r="D62" t="s">
         <v>177</v>
-      </c>
-[...1 lines deleted...]
-        <v>178</v>
       </c>
     </row>
     <row r="63" spans="1:4">
       <c r="A63">
         <v>62</v>
       </c>
       <c r="B63" t="s">
+        <v>178</v>
+      </c>
+      <c r="C63" s="1" t="s">
         <v>179</v>
       </c>
-      <c r="C63" s="1" t="s">
+      <c r="D63" t="s">
         <v>180</v>
-      </c>
-[...1 lines deleted...]
-        <v>181</v>
       </c>
     </row>
     <row r="64" spans="1:4">
       <c r="A64">
         <v>63</v>
       </c>
       <c r="B64" t="s">
+        <v>181</v>
+      </c>
+      <c r="C64" s="1" t="s">
         <v>182</v>
       </c>
-      <c r="C64" s="1" t="s">
+      <c r="D64" t="s">
         <v>183</v>
-      </c>
-[...1 lines deleted...]
-        <v>184</v>
       </c>
     </row>
     <row r="65" spans="1:4">
       <c r="A65">
         <v>64</v>
       </c>
       <c r="B65" t="s">
+        <v>184</v>
+      </c>
+      <c r="C65" s="1" t="s">
         <v>185</v>
       </c>
-      <c r="C65" s="1" t="s">
+      <c r="D65" t="s">
         <v>186</v>
-      </c>
-[...1 lines deleted...]
-        <v>187</v>
       </c>
     </row>
     <row r="66" spans="1:4">
       <c r="A66">
         <v>65</v>
       </c>
       <c r="B66" t="s">
+        <v>187</v>
+      </c>
+      <c r="C66" s="1" t="s">
         <v>188</v>
       </c>
-      <c r="C66" s="1" t="s">
+      <c r="D66" t="s">
         <v>189</v>
-      </c>
-[...1 lines deleted...]
-        <v>190</v>
       </c>
     </row>
     <row r="67" spans="1:4">
       <c r="A67">
         <v>66</v>
       </c>
       <c r="B67" t="s">
+        <v>190</v>
+      </c>
+      <c r="C67" s="1" t="s">
         <v>191</v>
       </c>
-      <c r="C67" s="1" t="s">
+      <c r="D67" t="s">
         <v>192</v>
-      </c>
-[...1 lines deleted...]
-        <v>193</v>
       </c>
     </row>
     <row r="68" spans="1:4">
       <c r="A68">
         <v>67</v>
       </c>
       <c r="B68" t="s">
+        <v>193</v>
+      </c>
+      <c r="C68" s="1" t="s">
         <v>194</v>
       </c>
-      <c r="C68" s="1" t="s">
+      <c r="D68" t="s">
         <v>195</v>
-      </c>
-[...1 lines deleted...]
-        <v>196</v>
       </c>
     </row>
     <row r="69" spans="1:4">
       <c r="A69">
         <v>68</v>
       </c>
       <c r="B69" t="s">
+        <v>196</v>
+      </c>
+      <c r="C69" s="1" t="s">
         <v>197</v>
       </c>
-      <c r="C69" s="1" t="s">
+      <c r="D69" t="s">
         <v>198</v>
-      </c>
-[...1 lines deleted...]
-        <v>199</v>
       </c>
     </row>
     <row r="70" spans="1:4">
       <c r="A70">
         <v>69</v>
       </c>
       <c r="B70" t="s">
+        <v>199</v>
+      </c>
+      <c r="C70" s="1" t="s">
         <v>200</v>
       </c>
-      <c r="C70" s="1" t="s">
+      <c r="D70" t="s">
         <v>201</v>
-      </c>
-[...1 lines deleted...]
-        <v>202</v>
       </c>
     </row>
     <row r="71" spans="1:4">
       <c r="A71">
         <v>70</v>
       </c>
       <c r="B71" t="s">
+        <v>202</v>
+      </c>
+      <c r="C71" s="1" t="s">
         <v>203</v>
       </c>
-      <c r="C71" s="1" t="s">
+      <c r="D71" t="s">
         <v>204</v>
-      </c>
-[...1 lines deleted...]
-        <v>205</v>
       </c>
     </row>
     <row r="72" spans="1:4">
       <c r="A72">
         <v>71</v>
       </c>
       <c r="B72" t="s">
+        <v>205</v>
+      </c>
+      <c r="C72" s="1" t="s">
         <v>206</v>
       </c>
-      <c r="C72" s="1" t="s">
+      <c r="D72" t="s">
         <v>207</v>
-      </c>
-[...1 lines deleted...]
-        <v>208</v>
       </c>
     </row>
     <row r="73" spans="1:4">
       <c r="A73">
         <v>72</v>
       </c>
       <c r="B73" t="s">
+        <v>208</v>
+      </c>
+      <c r="C73" s="1" t="s">
         <v>209</v>
       </c>
-      <c r="C73" s="1" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D73" t="s">
-        <v>171</v>
+        <v>170</v>
       </c>
     </row>
     <row r="74" spans="1:4">
       <c r="A74">
         <v>73</v>
       </c>
       <c r="B74" t="s">
+        <v>210</v>
+      </c>
+      <c r="C74" s="1" t="s">
         <v>211</v>
       </c>
-      <c r="C74" s="1" t="s">
+      <c r="D74" t="s">
         <v>212</v>
-      </c>
-[...1 lines deleted...]
-        <v>213</v>
       </c>
     </row>
     <row r="75" spans="1:4">
       <c r="A75">
         <v>74</v>
       </c>
       <c r="B75" t="s">
+        <v>213</v>
+      </c>
+      <c r="C75" s="1" t="s">
         <v>214</v>
       </c>
-      <c r="C75" s="1" t="s">
+      <c r="D75" t="s">
         <v>215</v>
-      </c>
-[...1 lines deleted...]
-        <v>216</v>
       </c>
     </row>
     <row r="76" spans="1:4">
       <c r="A76">
         <v>75</v>
       </c>
       <c r="B76" t="s">
+        <v>216</v>
+      </c>
+      <c r="C76" s="1" t="s">
         <v>217</v>
       </c>
-      <c r="C76" s="1" t="s">
+      <c r="D76" t="s">
         <v>218</v>
-      </c>
-[...1 lines deleted...]
-        <v>219</v>
       </c>
     </row>
     <row r="77" spans="1:4">
       <c r="A77">
         <v>76</v>
       </c>
       <c r="B77" t="s">
+        <v>219</v>
+      </c>
+      <c r="C77" s="1" t="s">
         <v>220</v>
       </c>
-      <c r="C77" s="1" t="s">
+      <c r="D77" t="s">
         <v>221</v>
-      </c>
-[...1 lines deleted...]
-        <v>222</v>
       </c>
     </row>
     <row r="78" spans="1:4">
       <c r="A78">
         <v>77</v>
       </c>
       <c r="B78" t="s">
+        <v>222</v>
+      </c>
+      <c r="C78" s="1" t="s">
         <v>223</v>
       </c>
-      <c r="C78" s="1" t="s">
+      <c r="D78" t="s">
         <v>224</v>
-      </c>
-[...1 lines deleted...]
-        <v>225</v>
       </c>
     </row>
     <row r="79" spans="1:4">
       <c r="A79">
         <v>78</v>
       </c>
       <c r="B79" t="s">
+        <v>225</v>
+      </c>
+      <c r="C79" s="1" t="s">
         <v>226</v>
       </c>
-      <c r="C79" s="1" t="s">
+      <c r="D79" t="s">
         <v>227</v>
-      </c>
-[...1 lines deleted...]
-        <v>228</v>
       </c>
     </row>
     <row r="80" spans="1:4">
       <c r="A80">
         <v>79</v>
       </c>
       <c r="B80" t="s">
+        <v>228</v>
+      </c>
+      <c r="C80" s="1" t="s">
         <v>229</v>
       </c>
-      <c r="C80" s="1" t="s">
+      <c r="D80" t="s">
         <v>230</v>
-      </c>
-[...1 lines deleted...]
-        <v>231</v>
       </c>
     </row>
     <row r="81" spans="1:4">
       <c r="A81">
         <v>80</v>
       </c>
       <c r="B81" t="s">
+        <v>231</v>
+      </c>
+      <c r="C81" s="1" t="s">
         <v>232</v>
       </c>
-      <c r="C81" s="1" t="s">
+      <c r="D81" t="s">
         <v>233</v>
-      </c>
-[...1 lines deleted...]
-        <v>234</v>
       </c>
     </row>
     <row r="82" spans="1:4">
       <c r="A82">
         <v>81</v>
       </c>
       <c r="B82" t="s">
+        <v>234</v>
+      </c>
+      <c r="C82" s="1" t="s">
         <v>235</v>
       </c>
-      <c r="C82" s="1" t="s">
+      <c r="D82" t="s">
         <v>236</v>
-      </c>
-[...1 lines deleted...]
-        <v>237</v>
       </c>
     </row>
     <row r="83" spans="1:4">
       <c r="A83">
         <v>82</v>
       </c>
       <c r="B83" t="s">
+        <v>237</v>
+      </c>
+      <c r="C83" s="1" t="s">
         <v>238</v>
       </c>
-      <c r="C83" s="1" t="s">
+      <c r="D83" t="s">
         <v>239</v>
-      </c>
-[...1 lines deleted...]
-        <v>240</v>
       </c>
     </row>
     <row r="84" spans="1:4">
       <c r="A84">
         <v>83</v>
       </c>
       <c r="B84" t="s">
+        <v>240</v>
+      </c>
+      <c r="C84" s="1" t="s">
         <v>241</v>
       </c>
-      <c r="C84" s="1" t="s">
+      <c r="D84" t="s">
         <v>242</v>
-      </c>
-[...1 lines deleted...]
-        <v>243</v>
       </c>
     </row>
     <row r="85" spans="1:4">
       <c r="A85">
         <v>84</v>
       </c>
       <c r="B85" t="s">
+        <v>243</v>
+      </c>
+      <c r="C85" s="1" t="s">
         <v>244</v>
       </c>
-      <c r="C85" s="1" t="s">
+      <c r="D85" t="s">
         <v>245</v>
-      </c>
-[...1 lines deleted...]
-        <v>246</v>
       </c>
     </row>
     <row r="86" spans="1:4">
       <c r="A86">
         <v>85</v>
       </c>
       <c r="B86" t="s">
+        <v>246</v>
+      </c>
+      <c r="C86" s="1" t="s">
         <v>247</v>
       </c>
-      <c r="C86" s="1" t="s">
+      <c r="D86" t="s">
         <v>248</v>
-      </c>
-[...1 lines deleted...]
-        <v>249</v>
       </c>
     </row>
     <row r="87" spans="1:4">
       <c r="A87">
         <v>86</v>
       </c>
       <c r="B87" t="s">
+        <v>249</v>
+      </c>
+      <c r="C87" s="1" t="s">
         <v>250</v>
       </c>
-      <c r="C87" s="1" t="s">
+      <c r="D87" t="s">
         <v>251</v>
-      </c>
-[...1 lines deleted...]
-        <v>252</v>
       </c>
     </row>
     <row r="88" spans="1:4">
       <c r="A88">
         <v>87</v>
       </c>
       <c r="B88" t="s">
+        <v>252</v>
+      </c>
+      <c r="C88" s="1" t="s">
         <v>253</v>
       </c>
-      <c r="C88" s="1" t="s">
+      <c r="D88" t="s">
         <v>254</v>
-      </c>
-[...1 lines deleted...]
-        <v>255</v>
       </c>
     </row>
     <row r="89" spans="1:4">
       <c r="A89">
         <v>88</v>
       </c>
       <c r="B89" t="s">
+        <v>255</v>
+      </c>
+      <c r="C89" s="1" t="s">
         <v>256</v>
       </c>
-      <c r="C89" s="1" t="s">
+      <c r="D89" t="s">
         <v>257</v>
-      </c>
-[...1 lines deleted...]
-        <v>258</v>
       </c>
     </row>
     <row r="90" spans="1:4">
       <c r="A90">
         <v>89</v>
       </c>
       <c r="B90" t="s">
+        <v>258</v>
+      </c>
+      <c r="C90" s="1" t="s">
         <v>259</v>
       </c>
-      <c r="C90" s="1" t="s">
+      <c r="D90" t="s">
         <v>260</v>
-      </c>
-[...1 lines deleted...]
-        <v>261</v>
       </c>
     </row>
     <row r="91" spans="1:4">
       <c r="A91">
         <v>90</v>
       </c>
       <c r="B91" t="s">
+        <v>261</v>
+      </c>
+      <c r="C91" s="1" t="s">
         <v>262</v>
       </c>
-      <c r="C91" s="1" t="s">
+      <c r="D91" t="s">
         <v>263</v>
-      </c>
-[...1 lines deleted...]
-        <v>264</v>
       </c>
     </row>
     <row r="92" spans="1:4">
       <c r="A92">
         <v>91</v>
       </c>
       <c r="B92" t="s">
-        <v>10</v>
+        <v>264</v>
       </c>
       <c r="C92" s="1" t="s">
         <v>265</v>
       </c>
       <c r="D92" t="s">
         <v>266</v>
       </c>
     </row>
     <row r="93" spans="1:4">
       <c r="A93">
         <v>92</v>
       </c>
       <c r="B93" t="s">
+        <v>10</v>
+      </c>
+      <c r="C93" s="1" t="s">
         <v>267</v>
       </c>
-      <c r="C93" s="1" t="s">
+      <c r="D93" t="s">
         <v>268</v>
-      </c>
-[...1 lines deleted...]
-        <v>269</v>
       </c>
     </row>
     <row r="94" spans="1:4">
       <c r="A94">
         <v>93</v>
       </c>
       <c r="B94" t="s">
+        <v>269</v>
+      </c>
+      <c r="C94" s="1" t="s">
         <v>270</v>
       </c>
-      <c r="C94" s="1" t="s">
+      <c r="D94" t="s">
         <v>271</v>
-      </c>
-[...1 lines deleted...]
-        <v>272</v>
       </c>
     </row>
     <row r="95" spans="1:4">
       <c r="A95">
         <v>94</v>
       </c>
       <c r="B95" t="s">
+        <v>272</v>
+      </c>
+      <c r="C95" s="1" t="s">
         <v>273</v>
       </c>
-      <c r="C95" s="1" t="s">
+      <c r="D95" t="s">
         <v>274</v>
-      </c>
-[...1 lines deleted...]
-        <v>275</v>
       </c>
     </row>
     <row r="96" spans="1:4">
       <c r="A96">
         <v>95</v>
       </c>
       <c r="B96" t="s">
+        <v>275</v>
+      </c>
+      <c r="C96" s="1" t="s">
         <v>276</v>
       </c>
-      <c r="C96" s="1" t="s">
+      <c r="D96" t="s">
         <v>277</v>
-      </c>
-[...1 lines deleted...]
-        <v>278</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>