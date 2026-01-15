--- v0 (2025-11-30)
+++ v1 (2026-01-15)
@@ -17,486 +17,486 @@
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="444" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="148">
   <si>
     <t>#</t>
   </si>
   <si>
-    <t>Competitor</t>
-[...8 lines deleted...]
-    <t>Timofei Tarasenko</t>
+    <t>Имя и фамилия участника</t>
+  </si>
+  <si>
+    <t>Среднее</t>
+  </si>
+  <si>
+    <t>Лучшее</t>
+  </si>
+  <si>
+    <t>Тимофей Тарасенко</t>
   </si>
   <si>
     <t>20.14</t>
   </si>
   <si>
     <t>16.95</t>
   </si>
   <si>
-    <t>Anatolii Turenko</t>
-[...2 lines deleted...]
-    <t>27.95</t>
+    <t>Анатолий Туренко</t>
+  </si>
+  <si>
+    <t>27.57</t>
   </si>
   <si>
     <t>22.52</t>
   </si>
   <si>
-    <t>Dmitry Gundin</t>
+    <t>Дмитрий Гундин</t>
   </si>
   <si>
     <t>28.54</t>
   </si>
   <si>
     <t>24.50</t>
   </si>
   <si>
-    <t>Andrey Panov</t>
+    <t>Андрей Панов</t>
   </si>
   <si>
     <t>29.49</t>
   </si>
   <si>
     <t>26.24</t>
   </si>
   <si>
-    <t>Maksim Bezʺyazykov</t>
+    <t>Максим Безъязыков</t>
   </si>
   <si>
     <t>31.75</t>
   </si>
   <si>
     <t>29.84</t>
   </si>
   <si>
-    <t>Grigoriy Barashkin</t>
+    <t>Григорий Барашкин</t>
   </si>
   <si>
     <t>32.30</t>
   </si>
   <si>
     <t>27.52</t>
   </si>
   <si>
-    <t>Ilya Nazarov</t>
+    <t>Илья Назаров</t>
   </si>
   <si>
     <t>32.37</t>
   </si>
   <si>
     <t>26.60</t>
   </si>
   <si>
-    <t>Aleksandr Dokin</t>
+    <t>Александр Докин</t>
   </si>
   <si>
     <t>33.11</t>
   </si>
   <si>
     <t>27.22</t>
   </si>
   <si>
-    <t>Roman Shilov</t>
+    <t>Роман Шилов</t>
   </si>
   <si>
     <t>34.53</t>
   </si>
   <si>
     <t>31.25</t>
   </si>
   <si>
-    <t>Ekaterina Kaneva</t>
-[...2 lines deleted...]
-    <t>34.86</t>
+    <t>Екатерина Канева</t>
+  </si>
+  <si>
+    <t>34.56</t>
   </si>
   <si>
     <t>29.15</t>
   </si>
   <si>
-    <t>Daniil Tambovtsev</t>
+    <t>Даниил Тамбовцев</t>
   </si>
   <si>
     <t>36.27</t>
   </si>
   <si>
     <t>31.80</t>
   </si>
   <si>
-    <t>Nikolay Podobayev</t>
+    <t>Николай Подобаев</t>
   </si>
   <si>
     <t>36.41</t>
   </si>
   <si>
     <t>33.72</t>
   </si>
   <si>
-    <t>Lev Maslov</t>
+    <t>Лев Маслов</t>
   </si>
   <si>
     <t>36.89</t>
   </si>
   <si>
     <t>30.19</t>
   </si>
   <si>
-    <t>Vladislav Shurshilin</t>
+    <t>Владислав Шуршилин</t>
   </si>
   <si>
     <t>37.52</t>
   </si>
   <si>
     <t>34.75</t>
   </si>
   <si>
-    <t>Bogdan Zemlianskii</t>
+    <t>Богдан Землянский</t>
   </si>
   <si>
     <t>37.72</t>
   </si>
   <si>
     <t>30.69</t>
   </si>
   <si>
-    <t>Vladislav Kozhin</t>
+    <t>Владислав Кожин</t>
   </si>
   <si>
     <t>38.13</t>
   </si>
   <si>
     <t>32.95</t>
   </si>
   <si>
-    <t>Timur Imanov</t>
+    <t>Тимур Иманов</t>
   </si>
   <si>
     <t>40.74</t>
   </si>
   <si>
     <t>34.79</t>
   </si>
   <si>
-    <t>Gleb Pyasetskiy</t>
+    <t>Глеб Пясецкий</t>
   </si>
   <si>
     <t>40.77</t>
   </si>
   <si>
     <t>35.30</t>
   </si>
   <si>
-    <t>Maksim Demchenko</t>
+    <t>Максим Демченко</t>
   </si>
   <si>
     <t>42.06</t>
   </si>
   <si>
     <t>36.81</t>
   </si>
   <si>
-    <t>Andrei Maslov</t>
+    <t>Андрей Маслов</t>
   </si>
   <si>
     <t>42.34</t>
   </si>
   <si>
     <t>36.49</t>
   </si>
   <si>
-    <t>Maksim Kozlovskiy</t>
+    <t>Максим Козловский</t>
   </si>
   <si>
     <t>43.34</t>
   </si>
   <si>
     <t>36.85</t>
   </si>
   <si>
-    <t>Islam Kitiev</t>
+    <t>Ислам Китиев</t>
   </si>
   <si>
     <t>43.36</t>
   </si>
   <si>
     <t>36.06</t>
   </si>
   <si>
-    <t>Timofey Tereshchenko</t>
+    <t>Тимофей Терещенко</t>
   </si>
   <si>
     <t>43.87</t>
   </si>
   <si>
     <t>35.87</t>
   </si>
   <si>
-    <t>Andrey Zhukov</t>
+    <t>Андрей Жуков</t>
   </si>
   <si>
     <t>44.72</t>
   </si>
   <si>
     <t>39.19</t>
   </si>
   <si>
-    <t>Sergey Marin</t>
+    <t>Сергей Марьин</t>
   </si>
   <si>
     <t>45.62</t>
   </si>
   <si>
     <t>39.27</t>
   </si>
   <si>
-    <t>Valeriy Kurbatov</t>
+    <t>Валерий Курбатов</t>
   </si>
   <si>
     <t>46.20</t>
   </si>
   <si>
     <t>41.20</t>
   </si>
   <si>
-    <t>Timofey Tyulpakov</t>
+    <t>Тимофей Тюльпаков</t>
   </si>
   <si>
     <t>46.43</t>
   </si>
   <si>
     <t>37.23</t>
   </si>
   <si>
-    <t>Leonid Tarasenko</t>
+    <t>Леонид Тарасенко</t>
   </si>
   <si>
     <t>47.94</t>
   </si>
   <si>
     <t>45.12</t>
   </si>
   <si>
-    <t>Ivan Kovalev</t>
+    <t>Иван Ковалев</t>
   </si>
   <si>
     <t>48.90</t>
   </si>
   <si>
     <t>41.27</t>
   </si>
   <si>
-    <t>Vasilii Nikolashin</t>
+    <t>Василий Николашин</t>
   </si>
   <si>
     <t>49.55</t>
   </si>
   <si>
     <t>42.20</t>
   </si>
   <si>
-    <t>Ivan Litsov</t>
+    <t>Иван Лицов</t>
   </si>
   <si>
     <t>50.02</t>
   </si>
   <si>
     <t>40.29</t>
   </si>
   <si>
-    <t>Sergey Gryaznukhin</t>
+    <t>Сергей Грязнухин</t>
   </si>
   <si>
     <t>51.50</t>
   </si>
   <si>
     <t>48.85</t>
   </si>
   <si>
-    <t>Matvei Tianutov</t>
+    <t>Матвей Тянутов</t>
   </si>
   <si>
     <t>52.02</t>
   </si>
   <si>
     <t>43.13</t>
   </si>
   <si>
-    <t>Mikhail Govgolenko</t>
+    <t>Михаил Говголенко</t>
   </si>
   <si>
     <t>52.33</t>
   </si>
   <si>
     <t>46.95</t>
   </si>
   <si>
-    <t>Olga Yasakova</t>
+    <t>Ольга Ясакова</t>
   </si>
   <si>
     <t>52.41</t>
   </si>
   <si>
-    <t>44.66</t>
-[...2 lines deleted...]
-    <t>Gleb Batenin</t>
+    <t>42.85</t>
+  </si>
+  <si>
+    <t>Глеб Батенин</t>
   </si>
   <si>
     <t>53.24</t>
   </si>
   <si>
     <t>47.64</t>
   </si>
   <si>
-    <t>Davit Karimyan</t>
+    <t>Давит Каримян</t>
   </si>
   <si>
     <t>53.67</t>
   </si>
   <si>
     <t>47.92</t>
   </si>
   <si>
-    <t>Anastasia Tikhenko</t>
+    <t>Анастасия Тихенко</t>
   </si>
   <si>
     <t>53.93</t>
   </si>
   <si>
     <t>39.79</t>
   </si>
   <si>
-    <t>Dmitry Kolotvin</t>
+    <t>Дмитрий Колотвин</t>
   </si>
   <si>
     <t>54.87</t>
   </si>
   <si>
     <t>49.58</t>
   </si>
   <si>
-    <t>Daria Eliseeva</t>
-[...8 lines deleted...]
-    <t>Gabriella Ivakhnitskaya</t>
+    <t>Дарья Елисеева</t>
+  </si>
+  <si>
+    <t>1:01.64</t>
+  </si>
+  <si>
+    <t>48.67</t>
+  </si>
+  <si>
+    <t>Габриэлла Ивахницкая</t>
   </si>
   <si>
     <t>1:07.08</t>
   </si>
   <si>
     <t>56.26</t>
   </si>
   <si>
-    <t>Dmitry Rodin</t>
+    <t>Дмитрий Родин</t>
   </si>
   <si>
     <t>1:12.18</t>
   </si>
   <si>
     <t>1:02.54</t>
   </si>
   <si>
-    <t>Nikita Serdyukov</t>
+    <t>Никита Сердюков</t>
   </si>
   <si>
     <t>1:18.14</t>
   </si>
   <si>
     <t>1:11.96</t>
   </si>
   <si>
-    <t>Maksim Kalinin</t>
+    <t>Максим Калинин</t>
   </si>
   <si>
     <t>1:28.42</t>
   </si>
   <si>
     <t>1:20.49</t>
   </si>
   <si>
-    <t>Kristina Koroleva</t>
+    <t>Кристина Королёва</t>
   </si>
   <si>
     <t>1:33.81</t>
   </si>
   <si>
     <t>1:15.31</t>
   </si>
   <si>
-    <t>Max Korchagin</t>
+    <t>Максимилиан Корчагин</t>
   </si>
   <si>
     <t>1:36.37</t>
   </si>
   <si>
     <t>1:19.33</t>
   </si>
   <si>
-    <t>Artem Reznikov</t>
+    <t>Артём Резников</t>
   </si>
   <si>
     <t>1:25.34</t>
   </si>
   <si>
-    <t>Roman Yermoshkevich</t>
+    <t>Роман Ермошкевич</t>
   </si>
   <si>
     <t>1:41.41</t>
   </si>
   <si>
-    <t>Natalia Piagai</t>
+    <t>Наталья Пягай</t>
   </si>
   <si>
     <t>2:05.88</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>