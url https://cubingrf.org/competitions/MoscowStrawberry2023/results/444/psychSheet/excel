--- v1 (2026-01-15)
+++ v2 (2026-03-03)
@@ -29,324 +29,324 @@
     <sheet name="444" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="148">
   <si>
     <t>#</t>
   </si>
   <si>
     <t>Имя и фамилия участника</t>
   </si>
   <si>
     <t>Среднее</t>
   </si>
   <si>
     <t>Лучшее</t>
   </si>
   <si>
     <t>Тимофей Тарасенко</t>
   </si>
   <si>
-    <t>20.14</t>
-[...2 lines deleted...]
-    <t>16.95</t>
+    <t>22.28</t>
+  </si>
+  <si>
+    <t>19.19</t>
   </si>
   <si>
     <t>Анатолий Туренко</t>
   </si>
   <si>
-    <t>27.57</t>
+    <t>26.51</t>
   </si>
   <si>
     <t>22.52</t>
   </si>
   <si>
     <t>Дмитрий Гундин</t>
   </si>
   <si>
     <t>28.54</t>
   </si>
   <si>
     <t>24.50</t>
   </si>
   <si>
     <t>Андрей Панов</t>
   </si>
   <si>
     <t>29.49</t>
   </si>
   <si>
     <t>26.24</t>
   </si>
   <si>
     <t>Максим Безъязыков</t>
   </si>
   <si>
     <t>31.75</t>
   </si>
   <si>
     <t>29.84</t>
   </si>
   <si>
     <t>Григорий Барашкин</t>
   </si>
   <si>
     <t>32.30</t>
   </si>
   <si>
     <t>27.52</t>
   </si>
   <si>
     <t>Илья Назаров</t>
   </si>
   <si>
     <t>32.37</t>
   </si>
   <si>
-    <t>26.60</t>
+    <t>28.87</t>
   </si>
   <si>
     <t>Александр Докин</t>
   </si>
   <si>
     <t>33.11</t>
   </si>
   <si>
     <t>27.22</t>
   </si>
   <si>
+    <t>Екатерина Канева</t>
+  </si>
+  <si>
+    <t>33.96</t>
+  </si>
+  <si>
+    <t>29.15</t>
+  </si>
+  <si>
     <t>Роман Шилов</t>
   </si>
   <si>
     <t>34.53</t>
   </si>
   <si>
     <t>31.25</t>
   </si>
   <si>
-    <t>Екатерина Канева</t>
-[...7 lines deleted...]
-  <si>
     <t>Даниил Тамбовцев</t>
   </si>
   <si>
     <t>36.27</t>
   </si>
   <si>
     <t>31.80</t>
   </si>
   <si>
     <t>Николай Подобаев</t>
   </si>
   <si>
     <t>36.41</t>
   </si>
   <si>
     <t>33.72</t>
   </si>
   <si>
     <t>Лев Маслов</t>
   </si>
   <si>
     <t>36.89</t>
   </si>
   <si>
     <t>30.19</t>
   </si>
   <si>
     <t>Владислав Шуршилин</t>
   </si>
   <si>
     <t>37.52</t>
   </si>
   <si>
     <t>34.75</t>
   </si>
   <si>
     <t>Богдан Землянский</t>
   </si>
   <si>
     <t>37.72</t>
   </si>
   <si>
     <t>30.69</t>
   </si>
   <si>
     <t>Владислав Кожин</t>
   </si>
   <si>
-    <t>38.13</t>
-[...2 lines deleted...]
-    <t>32.95</t>
+    <t>39.01</t>
+  </si>
+  <si>
+    <t>35.89</t>
+  </si>
+  <si>
+    <t>Глеб Пясецкий</t>
+  </si>
+  <si>
+    <t>40.77</t>
+  </si>
+  <si>
+    <t>35.30</t>
   </si>
   <si>
     <t>Тимур Иманов</t>
   </si>
   <si>
-    <t>40.74</t>
+    <t>41.80</t>
   </si>
   <si>
     <t>34.79</t>
   </si>
   <si>
-    <t>Глеб Пясецкий</t>
-[...7 lines deleted...]
-  <si>
     <t>Максим Демченко</t>
   </si>
   <si>
     <t>42.06</t>
   </si>
   <si>
     <t>36.81</t>
   </si>
   <si>
     <t>Андрей Маслов</t>
   </si>
   <si>
     <t>42.34</t>
   </si>
   <si>
     <t>36.49</t>
   </si>
   <si>
     <t>Максим Козловский</t>
   </si>
   <si>
     <t>43.34</t>
   </si>
   <si>
     <t>36.85</t>
   </si>
   <si>
     <t>Ислам Китиев</t>
   </si>
   <si>
     <t>43.36</t>
   </si>
   <si>
     <t>36.06</t>
   </si>
   <si>
     <t>Тимофей Терещенко</t>
   </si>
   <si>
     <t>43.87</t>
   </si>
   <si>
-    <t>35.87</t>
+    <t>37.85</t>
   </si>
   <si>
     <t>Андрей Жуков</t>
   </si>
   <si>
-    <t>44.72</t>
+    <t>45.13</t>
   </si>
   <si>
     <t>39.19</t>
   </si>
   <si>
     <t>Сергей Марьин</t>
   </si>
   <si>
     <t>45.62</t>
   </si>
   <si>
     <t>39.27</t>
   </si>
   <si>
     <t>Валерий Курбатов</t>
   </si>
   <si>
     <t>46.20</t>
   </si>
   <si>
-    <t>41.20</t>
+    <t>42.07</t>
   </si>
   <si>
     <t>Тимофей Тюльпаков</t>
   </si>
   <si>
     <t>46.43</t>
   </si>
   <si>
     <t>37.23</t>
   </si>
   <si>
+    <t>Иван Ковалев</t>
+  </si>
+  <si>
+    <t>48.90</t>
+  </si>
+  <si>
+    <t>41.27</t>
+  </si>
+  <si>
+    <t>Василий Николашин</t>
+  </si>
+  <si>
+    <t>49.55</t>
+  </si>
+  <si>
+    <t>42.20</t>
+  </si>
+  <si>
+    <t>Иван Лицов</t>
+  </si>
+  <si>
+    <t>50.02</t>
+  </si>
+  <si>
+    <t>40.29</t>
+  </si>
+  <si>
     <t>Леонид Тарасенко</t>
   </si>
   <si>
-    <t>47.94</t>
-[...29 lines deleted...]
-    <t>40.29</t>
+    <t>51.41</t>
+  </si>
+  <si>
+    <t>48.66</t>
   </si>
   <si>
     <t>Сергей Грязнухин</t>
   </si>
   <si>
     <t>51.50</t>
   </si>
   <si>
     <t>48.85</t>
   </si>
   <si>
     <t>Матвей Тянутов</t>
   </si>
   <si>
     <t>52.02</t>
   </si>
   <si>
     <t>43.13</t>
   </si>
   <si>
     <t>Михаил Говголенко</t>
   </si>
   <si>
     <t>52.33</t>
   </si>