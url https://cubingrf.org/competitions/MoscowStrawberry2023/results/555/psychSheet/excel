--- v0 (2025-11-30)
+++ v1 (2026-01-15)
@@ -17,375 +17,375 @@
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="555" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="111">
   <si>
     <t>#</t>
   </si>
   <si>
-    <t>Competitor</t>
-[...11 lines deleted...]
-    <t>37.50</t>
+    <t>Имя и фамилия участника</t>
+  </si>
+  <si>
+    <t>Среднее</t>
+  </si>
+  <si>
+    <t>Лучшее</t>
+  </si>
+  <si>
+    <t>Тимофей Тарасенко</t>
+  </si>
+  <si>
+    <t>36.35</t>
   </si>
   <si>
     <t>31.94</t>
   </si>
   <si>
-    <t>Andrey Panov</t>
+    <t>Андрей Панов</t>
   </si>
   <si>
     <t>53.03</t>
   </si>
   <si>
     <t>48.87</t>
   </si>
   <si>
-    <t>Anatolii Turenko</t>
-[...8 lines deleted...]
-    <t>Ilya Nazarov</t>
+    <t>Анатолий Туренко</t>
+  </si>
+  <si>
+    <t>54.02</t>
+  </si>
+  <si>
+    <t>46.09</t>
+  </si>
+  <si>
+    <t>Илья Назаров</t>
   </si>
   <si>
     <t>59.06</t>
   </si>
   <si>
     <t>53.13</t>
   </si>
   <si>
-    <t>Aleksandr Dokin</t>
+    <t>Екатерина Канева</t>
+  </si>
+  <si>
+    <t>1:00.78</t>
+  </si>
+  <si>
+    <t>59.22</t>
+  </si>
+  <si>
+    <t>Александр Докин</t>
   </si>
   <si>
     <t>1:01.12</t>
   </si>
   <si>
     <t>54.00</t>
   </si>
   <si>
-    <t>Roman Shilov</t>
+    <t>Роман Шилов</t>
   </si>
   <si>
     <t>1:03.07</t>
   </si>
   <si>
     <t>55.39</t>
   </si>
   <si>
-    <t>Lev Maslov</t>
+    <t>Лев Маслов</t>
   </si>
   <si>
     <t>1:05.50</t>
   </si>
   <si>
     <t>59.74</t>
   </si>
   <si>
-    <t>Ekaterina Kaneva</t>
-[...8 lines deleted...]
-    <t>Grigoriy Barashkin</t>
+    <t>Григорий Барашкин</t>
   </si>
   <si>
     <t>1:09.96</t>
   </si>
   <si>
     <t>1:00.22</t>
   </si>
   <si>
-    <t>Nikolay Podobayev</t>
+    <t>Николай Подобаев</t>
   </si>
   <si>
     <t>1:10.64</t>
   </si>
   <si>
     <t>59.02</t>
   </si>
   <si>
-    <t>Vladislav Kozhin</t>
+    <t>Владислав Кожин</t>
   </si>
   <si>
     <t>1:11.12</t>
   </si>
   <si>
     <t>1:06.73</t>
   </si>
   <si>
-    <t>Maksim Bezʺyazykov</t>
+    <t>Максим Безъязыков</t>
   </si>
   <si>
     <t>1:11.79</t>
   </si>
   <si>
     <t>1:09.98</t>
   </si>
   <si>
-    <t>Timofey Tereshchenko</t>
+    <t>Тимофей Терещенко</t>
   </si>
   <si>
     <t>1:14.68</t>
   </si>
   <si>
     <t>1:09.34</t>
   </si>
   <si>
-    <t>Timur Imanov</t>
+    <t>Тимур Иманов</t>
   </si>
   <si>
     <t>1:17.72</t>
   </si>
   <si>
     <t>1:08.50</t>
   </si>
   <si>
-    <t>Islam Kitiev</t>
+    <t>Ислам Китиев</t>
   </si>
   <si>
     <t>1:20.12</t>
   </si>
   <si>
     <t>1:14.47</t>
   </si>
   <si>
-    <t>Gleb Pyasetskiy</t>
+    <t>Глеб Пясецкий</t>
   </si>
   <si>
     <t>1:24.08</t>
   </si>
   <si>
     <t>1:18.02</t>
   </si>
   <si>
-    <t>Maksim Demchenko</t>
+    <t>Максим Демченко</t>
   </si>
   <si>
     <t>1:24.51</t>
   </si>
   <si>
     <t>1:18.27</t>
   </si>
   <si>
-    <t>Andrei Maslov</t>
+    <t>Андрей Маслов</t>
   </si>
   <si>
     <t>1:27.68</t>
   </si>
   <si>
     <t>1:21.00</t>
   </si>
   <si>
-    <t>Andrey Zhukov</t>
+    <t>Андрей Жуков</t>
   </si>
   <si>
     <t>1:27.92</t>
   </si>
   <si>
     <t>1:14.82</t>
   </si>
   <si>
-    <t>Bogdan Zemlianskii</t>
+    <t>Богдан Землянский</t>
   </si>
   <si>
     <t>1:30.94</t>
   </si>
   <si>
     <t>1:17.90</t>
   </si>
   <si>
-    <t>Olga Yasakova</t>
+    <t>Ольга Ясакова</t>
   </si>
   <si>
     <t>1:30.99</t>
   </si>
   <si>
     <t>1:15.87</t>
   </si>
   <si>
-    <t>Vladislav Shurshilin</t>
+    <t>Владислав Шуршилин</t>
   </si>
   <si>
     <t>1:31.56</t>
   </si>
   <si>
     <t>1:23.60</t>
   </si>
   <si>
-    <t>Anastasia Tikhenko</t>
+    <t>Анастасия Тихенко</t>
   </si>
   <si>
     <t>1:37.81</t>
   </si>
   <si>
-    <t>1:29.33</t>
-[...2 lines deleted...]
-    <t>Maria Zhits</t>
+    <t>1:28.93</t>
+  </si>
+  <si>
+    <t>Мария Жиц</t>
   </si>
   <si>
     <t>1:39.23</t>
   </si>
   <si>
     <t>1:28.18</t>
   </si>
   <si>
-    <t>Sergey Gryaznukhin</t>
+    <t>Сергей Грязнухин</t>
   </si>
   <si>
     <t>1:41.01</t>
   </si>
   <si>
     <t>1:31.94</t>
   </si>
   <si>
-    <t>Sergey Marin</t>
+    <t>Сергей Марьин</t>
   </si>
   <si>
     <t>1:41.07</t>
   </si>
   <si>
     <t>1:24.98</t>
   </si>
   <si>
-    <t>Ivan Kovalev</t>
+    <t>Иван Ковалев</t>
   </si>
   <si>
     <t>1:45.30</t>
   </si>
   <si>
     <t>1:35.69</t>
   </si>
   <si>
-    <t>Timofey Tyulpakov</t>
+    <t>Тимофей Тюльпаков</t>
   </si>
   <si>
     <t>1:47.02</t>
   </si>
   <si>
     <t>1:44.71</t>
   </si>
   <si>
-    <t>Ivan Litsov</t>
+    <t>Иван Лицов</t>
   </si>
   <si>
     <t>1:49.80</t>
   </si>
   <si>
     <t>1:40.59</t>
   </si>
   <si>
-    <t>Vasilii Nikolashin</t>
+    <t>Василий Николашин</t>
   </si>
   <si>
     <t>1:53.16</t>
   </si>
   <si>
     <t>1:46.27</t>
   </si>
   <si>
-    <t>Davit Karimyan</t>
+    <t>Давит Каримян</t>
   </si>
   <si>
     <t>2:02.81</t>
   </si>
   <si>
     <t>1:50.30</t>
   </si>
   <si>
-    <t>Dmitry Rodin</t>
+    <t>Дмитрий Родин</t>
   </si>
   <si>
     <t>2:15.07</t>
   </si>
   <si>
     <t>1:50.17</t>
   </si>
   <si>
-    <t>Max Korchagin</t>
+    <t>Максимилиан Корчагин</t>
   </si>
   <si>
     <t>2:37.59</t>
   </si>
   <si>
     <t>2:12.15</t>
   </si>
   <si>
-    <t>Mikhail Govgolenko</t>
+    <t>Михаил Говголенко</t>
   </si>
   <si>
     <t>2:11.36</t>
   </si>
   <si>
-    <t>Dmitry Kolotvin</t>
+    <t>Дмитрий Колотвин</t>
   </si>
   <si>
     <t>2:22.11</t>
   </si>
   <si>
-    <t>Dmitriy Kolganov</t>
+    <t>Дмитрий Колганов</t>
   </si>
   <si>
     <t>2:45.49</t>
   </si>
   <si>
-    <t>Roman Yermoshkevich</t>
+    <t>Роман Ермошкевич</t>
   </si>
   <si>
     <t>3:53.48</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
@@ -711,51 +711,51 @@
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:D38"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="C38" sqref="C38"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="3.428" bestFit="true" customWidth="true" style="0"/>
-    <col min="2" max="2" width="24.708" bestFit="true" customWidth="true" style="0"/>
+    <col min="2" max="2" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="9.283" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:4">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
         <v>2</v>
       </c>
       <c r="D1" s="1" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="2" spans="1:4">
       <c r="A2">
         <v>1</v>
       </c>
       <c r="B2" t="s">
         <v>4</v>
       </c>