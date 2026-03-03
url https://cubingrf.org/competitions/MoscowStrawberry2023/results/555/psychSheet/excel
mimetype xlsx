--- v1 (2026-01-15)
+++ v2 (2026-03-03)
@@ -29,234 +29,234 @@
     <sheet name="555" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="111">
   <si>
     <t>#</t>
   </si>
   <si>
     <t>Имя и фамилия участника</t>
   </si>
   <si>
     <t>Среднее</t>
   </si>
   <si>
     <t>Лучшее</t>
   </si>
   <si>
     <t>Тимофей Тарасенко</t>
   </si>
   <si>
-    <t>36.35</t>
+    <t>38.03</t>
   </si>
   <si>
     <t>31.94</t>
   </si>
   <si>
+    <t>Анатолий Туренко</t>
+  </si>
+  <si>
+    <t>52.82</t>
+  </si>
+  <si>
+    <t>46.09</t>
+  </si>
+  <si>
     <t>Андрей Панов</t>
   </si>
   <si>
     <t>53.03</t>
   </si>
   <si>
     <t>48.87</t>
   </si>
   <si>
-    <t>Анатолий Туренко</t>
-[...5 lines deleted...]
-    <t>46.09</t>
+    <t>Екатерина Канева</t>
+  </si>
+  <si>
+    <t>1:00.78</t>
+  </si>
+  <si>
+    <t>58.17</t>
+  </si>
+  <si>
+    <t>Александр Докин</t>
+  </si>
+  <si>
+    <t>1:01.12</t>
+  </si>
+  <si>
+    <t>54.00</t>
+  </si>
+  <si>
+    <t>Роман Шилов</t>
+  </si>
+  <si>
+    <t>1:03.07</t>
+  </si>
+  <si>
+    <t>55.39</t>
   </si>
   <si>
     <t>Илья Назаров</t>
   </si>
   <si>
-    <t>59.06</t>
+    <t>1:03.69</t>
   </si>
   <si>
     <t>53.13</t>
   </si>
   <si>
-    <t>Екатерина Канева</t>
-[...25 lines deleted...]
-  <si>
     <t>Лев Маслов</t>
   </si>
   <si>
     <t>1:05.50</t>
   </si>
   <si>
     <t>59.74</t>
   </si>
   <si>
     <t>Григорий Барашкин</t>
   </si>
   <si>
     <t>1:09.96</t>
   </si>
   <si>
     <t>1:00.22</t>
   </si>
   <si>
     <t>Николай Подобаев</t>
   </si>
   <si>
     <t>1:10.64</t>
   </si>
   <si>
     <t>59.02</t>
   </si>
   <si>
+    <t>Максим Безъязыков</t>
+  </si>
+  <si>
+    <t>1:11.79</t>
+  </si>
+  <si>
+    <t>1:09.98</t>
+  </si>
+  <si>
+    <t>Тимофей Терещенко</t>
+  </si>
+  <si>
+    <t>1:16.84</t>
+  </si>
+  <si>
+    <t>1:06.32</t>
+  </si>
+  <si>
+    <t>Тимур Иманов</t>
+  </si>
+  <si>
+    <t>1:17.72</t>
+  </si>
+  <si>
+    <t>1:08.50</t>
+  </si>
+  <si>
     <t>Владислав Кожин</t>
   </si>
   <si>
-    <t>1:11.12</t>
-[...29 lines deleted...]
-    <t>1:08.50</t>
+    <t>1:18.93</t>
+  </si>
+  <si>
+    <t>1:12.48</t>
   </si>
   <si>
     <t>Ислам Китиев</t>
   </si>
   <si>
     <t>1:20.12</t>
   </si>
   <si>
     <t>1:14.47</t>
   </si>
   <si>
     <t>Глеб Пясецкий</t>
   </si>
   <si>
     <t>1:24.08</t>
   </si>
   <si>
     <t>1:18.02</t>
   </si>
   <si>
     <t>Максим Демченко</t>
   </si>
   <si>
     <t>1:24.51</t>
   </si>
   <si>
     <t>1:18.27</t>
   </si>
   <si>
     <t>Андрей Маслов</t>
   </si>
   <si>
     <t>1:27.68</t>
   </si>
   <si>
     <t>1:21.00</t>
   </si>
   <si>
     <t>Андрей Жуков</t>
   </si>
   <si>
     <t>1:27.92</t>
   </si>
   <si>
     <t>1:14.82</t>
   </si>
   <si>
+    <t>Ольга Ясакова</t>
+  </si>
+  <si>
+    <t>1:29.76</t>
+  </si>
+  <si>
+    <t>1:15.87</t>
+  </si>
+  <si>
     <t>Богдан Землянский</t>
   </si>
   <si>
     <t>1:30.94</t>
   </si>
   <si>
     <t>1:17.90</t>
-  </si>
-[...7 lines deleted...]
-    <t>1:15.87</t>
   </si>
   <si>
     <t>Владислав Шуршилин</t>
   </si>
   <si>
     <t>1:31.56</t>
   </si>
   <si>
     <t>1:23.60</t>
   </si>
   <si>
     <t>Анастасия Тихенко</t>
   </si>
   <si>
     <t>1:37.81</t>
   </si>
   <si>
     <t>1:28.93</t>
   </si>
   <si>
     <t>Мария Жиц</t>
   </si>
   <si>
     <t>1:39.23</t>
   </si>