--- v0 (2025-12-01)
+++ v1 (2026-01-15)
@@ -29,117 +29,117 @@
     <sheet name="666" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="56">
   <si>
     <t>#</t>
   </si>
   <si>
     <t>Имя и фамилия участника</t>
   </si>
   <si>
     <t>Среднее</t>
   </si>
   <si>
     <t>Лучшее</t>
   </si>
   <si>
     <t>Тимофей Тарасенко</t>
   </si>
   <si>
-    <t>1:10.57</t>
-[...2 lines deleted...]
-    <t>1:08.09</t>
+    <t>1:10.06</t>
+  </si>
+  <si>
+    <t>1:05.88</t>
   </si>
   <si>
     <t>Андрей Панов</t>
   </si>
   <si>
     <t>1:48.55</t>
   </si>
   <si>
     <t>1:44.57</t>
   </si>
   <si>
     <t>Александр Докин</t>
   </si>
   <si>
     <t>1:51.08</t>
   </si>
   <si>
     <t>1:43.20</t>
   </si>
   <si>
     <t>Анатолий Туренко</t>
   </si>
   <si>
-    <t>1:53.62</t>
-[...2 lines deleted...]
-    <t>1:50.41</t>
+    <t>1:53.20</t>
+  </si>
+  <si>
+    <t>1:47.25</t>
   </si>
   <si>
     <t>Лев Маслов</t>
   </si>
   <si>
     <t>1:56.83</t>
   </si>
   <si>
     <t>1:50.61</t>
   </si>
   <si>
     <t>Илья Назаров</t>
   </si>
   <si>
     <t>1:57.28</t>
   </si>
   <si>
     <t>1:52.14</t>
   </si>
   <si>
+    <t>Екатерина Канева</t>
+  </si>
+  <si>
+    <t>1:59.81</t>
+  </si>
+  <si>
+    <t>1:57.30</t>
+  </si>
+  <si>
     <t>Роман Шилов</t>
   </si>
   <si>
     <t>2:01.63</t>
   </si>
   <si>
     <t>1:54.06</t>
-  </si>
-[...7 lines deleted...]
-    <t>2:02.11</t>
   </si>
   <si>
     <t>Тимофей Терещенко</t>
   </si>
   <si>
     <t>2:27.92</t>
   </si>
   <si>
     <t>2:13.13</t>
   </si>
   <si>
     <t>Ислам Китиев</t>
   </si>
   <si>
     <t>2:36.43</t>
   </si>
   <si>
     <t>2:26.93</t>
   </si>
   <si>
     <t>Григорий Барашкин</t>
   </si>
   <si>
     <t>2:38.32</t>
   </si>