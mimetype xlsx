--- v1 (2026-01-15)
+++ v2 (2026-03-03)
@@ -12,212 +12,209 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="666" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="56">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="55">
   <si>
     <t>#</t>
   </si>
   <si>
     <t>Имя и фамилия участника</t>
   </si>
   <si>
     <t>Среднее</t>
   </si>
   <si>
     <t>Лучшее</t>
   </si>
   <si>
     <t>Тимофей Тарасенко</t>
   </si>
   <si>
-    <t>1:10.06</t>
-[...2 lines deleted...]
-    <t>1:05.88</t>
+    <t>1:15.20</t>
+  </si>
+  <si>
+    <t>1:13.07</t>
   </si>
   <si>
     <t>Андрей Панов</t>
   </si>
   <si>
-    <t>1:48.55</t>
-[...2 lines deleted...]
-    <t>1:44.57</t>
+    <t>1:46.68</t>
+  </si>
+  <si>
+    <t>1:43.51</t>
   </si>
   <si>
     <t>Александр Докин</t>
   </si>
   <si>
     <t>1:51.08</t>
   </si>
   <si>
     <t>1:43.20</t>
   </si>
   <si>
     <t>Анатолий Туренко</t>
   </si>
   <si>
     <t>1:53.20</t>
   </si>
   <si>
     <t>1:47.25</t>
   </si>
   <si>
+    <t>Екатерина Канева</t>
+  </si>
+  <si>
+    <t>1:56.43</t>
+  </si>
+  <si>
+    <t>1:41.07</t>
+  </si>
+  <si>
     <t>Лев Маслов</t>
   </si>
   <si>
     <t>1:56.83</t>
   </si>
   <si>
     <t>1:50.61</t>
   </si>
   <si>
     <t>Илья Назаров</t>
   </si>
   <si>
-    <t>1:57.28</t>
+    <t>2:00.01</t>
   </si>
   <si>
     <t>1:52.14</t>
   </si>
   <si>
-    <t>Екатерина Канева</t>
-[...7 lines deleted...]
-  <si>
     <t>Роман Шилов</t>
   </si>
   <si>
     <t>2:01.63</t>
   </si>
   <si>
     <t>1:54.06</t>
   </si>
   <si>
     <t>Тимофей Терещенко</t>
   </si>
   <si>
-    <t>2:27.92</t>
-[...2 lines deleted...]
-    <t>2:13.13</t>
+    <t>2:19.81</t>
+  </si>
+  <si>
+    <t>2:09.25</t>
   </si>
   <si>
     <t>Ислам Китиев</t>
   </si>
   <si>
     <t>2:36.43</t>
   </si>
   <si>
     <t>2:26.93</t>
   </si>
   <si>
     <t>Григорий Барашкин</t>
   </si>
   <si>
     <t>2:38.32</t>
   </si>
   <si>
     <t>2:26.27</t>
   </si>
   <si>
+    <t>Ольга Ясакова</t>
+  </si>
+  <si>
+    <t>2:42.41</t>
+  </si>
+  <si>
+    <t>2:36.82</t>
+  </si>
+  <si>
     <t>Андрей Жуков</t>
   </si>
   <si>
     <t>2:45.80</t>
   </si>
   <si>
     <t>2:36.84</t>
   </si>
   <si>
-    <t>Ольга Ясакова</t>
-[...7 lines deleted...]
-  <si>
     <t>Сергей Грязнухин</t>
   </si>
   <si>
     <t>2:56.45</t>
   </si>
   <si>
     <t>2:51.16</t>
   </si>
   <si>
     <t>Максим Демченко</t>
   </si>
   <si>
     <t>3:19.35</t>
   </si>
   <si>
     <t>2:59.01</t>
   </si>
   <si>
+    <t>Владислав Шуршилин</t>
+  </si>
+  <si>
+    <t>3:36.33</t>
+  </si>
+  <si>
     <t>Сергей Марьин</t>
   </si>
   <si>
-    <t>3:40.62</t>
-[...8 lines deleted...]
-    <t>3:36.33</t>
+    <t>3:39.97</t>
   </si>
   <si>
     <t>Дмитрий Родин</t>
   </si>
   <si>
     <t>3:42.24</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
@@ -782,79 +779,77 @@
       <c r="D15" t="s">
         <v>45</v>
       </c>
     </row>
     <row r="16" spans="1:4">
       <c r="A16">
         <v>15</v>
       </c>
       <c r="B16" t="s">
         <v>46</v>
       </c>
       <c r="C16" s="1" t="s">
         <v>47</v>
       </c>
       <c r="D16" t="s">
         <v>48</v>
       </c>
     </row>
     <row r="17" spans="1:4">
       <c r="A17">
         <v>16</v>
       </c>
       <c r="B17" t="s">
         <v>49</v>
       </c>
-      <c r="C17" s="1" t="s">
+      <c r="C17" s="1"/>
+      <c r="D17" t="s">
         <v>50</v>
-      </c>
-[...1 lines deleted...]
-        <v>51</v>
       </c>
     </row>
     <row r="18" spans="1:4">
       <c r="A18">
         <v>17</v>
       </c>
       <c r="B18" t="s">
-        <v>52</v>
+        <v>51</v>
       </c>
       <c r="C18" s="1"/>
       <c r="D18" t="s">
-        <v>53</v>
+        <v>52</v>
       </c>
     </row>
     <row r="19" spans="1:4">
       <c r="A19">
         <v>18</v>
       </c>
       <c r="B19" t="s">
-        <v>54</v>
+        <v>53</v>
       </c>
       <c r="C19" s="1"/>
       <c r="D19" t="s">
-        <v>55</v>
+        <v>54</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>