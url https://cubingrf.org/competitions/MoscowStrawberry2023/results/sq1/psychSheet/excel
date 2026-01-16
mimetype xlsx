--- v0 (2026-01-16)
+++ v1 (2026-01-16)
@@ -17,336 +17,336 @@
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="sq1" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="98">
   <si>
     <t>#</t>
   </si>
   <si>
-    <t>Имя и фамилия участника</t>
-[...8 lines deleted...]
-    <t>Владимир Тихоненко</t>
+    <t>Competitor</t>
+  </si>
+  <si>
+    <t>Average</t>
+  </si>
+  <si>
+    <t>Best</t>
+  </si>
+  <si>
+    <t>Vladimir Tikhonenko</t>
   </si>
   <si>
     <t>8.59</t>
   </si>
   <si>
     <t>6.64</t>
   </si>
   <si>
-    <t>Владимир Филин</t>
+    <t>Vladimir Filin</t>
   </si>
   <si>
     <t>9.43</t>
   </si>
   <si>
     <t>7.50</t>
   </si>
   <si>
-    <t>Андрей Панов</t>
+    <t>Andrey Panov</t>
   </si>
   <si>
     <t>10.78</t>
   </si>
   <si>
     <t>8.31</t>
   </si>
   <si>
-    <t>Роман Шилов</t>
+    <t>Roman Shilov</t>
   </si>
   <si>
     <t>11.21</t>
   </si>
   <si>
     <t>8.15</t>
   </si>
   <si>
-    <t>Илья Назаров</t>
+    <t>Ilya Nazarov</t>
   </si>
   <si>
     <t>11.42</t>
   </si>
   <si>
     <t>7.76</t>
   </si>
   <si>
-    <t>Максим Ильин</t>
+    <t>Maxim Ilin</t>
   </si>
   <si>
     <t>12.17</t>
   </si>
   <si>
     <t>7.67</t>
   </si>
   <si>
-    <t>Егор Афанасенко</t>
+    <t>Egor Afanasenko</t>
   </si>
   <si>
     <t>12.29</t>
   </si>
   <si>
     <t>9.60</t>
   </si>
   <si>
-    <t>Тимофей Тарасенко</t>
+    <t>Timofei Tarasenko</t>
   </si>
   <si>
     <t>12.59</t>
   </si>
   <si>
     <t>9.05</t>
   </si>
   <si>
-    <t>Екатерина Канева</t>
+    <t>Ekaterina Kaneva</t>
   </si>
   <si>
     <t>12.95</t>
   </si>
   <si>
     <t>9.21</t>
   </si>
   <si>
-    <t>Владислав Шуршилин</t>
+    <t>Vladislav Shurshilin</t>
   </si>
   <si>
     <t>13.79</t>
   </si>
   <si>
     <t>11.46</t>
   </si>
   <si>
-    <t>Анатолий Туренко</t>
+    <t>Anatolii Turenko</t>
   </si>
   <si>
     <t>15.18</t>
   </si>
   <si>
     <t>11.68</t>
   </si>
   <si>
-    <t>Тимур Иманов</t>
+    <t>Timur Imanov</t>
   </si>
   <si>
     <t>15.61</t>
   </si>
   <si>
     <t>11.95</t>
   </si>
   <si>
-    <t>Григорий Барашкин</t>
+    <t>Grigoriy Barashkin</t>
   </si>
   <si>
     <t>19.88</t>
   </si>
   <si>
     <t>13.88</t>
   </si>
   <si>
-    <t>Николай Подобаев</t>
+    <t>Nikolay Podobayev</t>
   </si>
   <si>
     <t>20.78</t>
   </si>
   <si>
     <t>14.87</t>
   </si>
   <si>
-    <t>Ольга Ясакова</t>
+    <t>Olga Yasakova</t>
   </si>
   <si>
     <t>21.97</t>
   </si>
   <si>
     <t>15.81</t>
   </si>
   <si>
-    <t>Богдан Землянский</t>
+    <t>Bogdan Zemlianskii</t>
   </si>
   <si>
     <t>22.24</t>
   </si>
   <si>
     <t>15.36</t>
   </si>
   <si>
-    <t>Андрей Жуков</t>
+    <t>Andrey Zhukov</t>
   </si>
   <si>
     <t>24.61</t>
   </si>
   <si>
     <t>15.82</t>
   </si>
   <si>
-    <t>Андрей Маслов</t>
+    <t>Andrei Maslov</t>
   </si>
   <si>
     <t>25.08</t>
   </si>
   <si>
     <t>22.31</t>
   </si>
   <si>
-    <t>Александр Докин</t>
+    <t>Aleksandr Dokin</t>
   </si>
   <si>
     <t>25.94</t>
   </si>
   <si>
     <t>19.93</t>
   </si>
   <si>
-    <t>Сергей Марьин</t>
+    <t>Sergey Marin</t>
   </si>
   <si>
     <t>26.69</t>
   </si>
   <si>
     <t>20.24</t>
   </si>
   <si>
-    <t>Ислам Китиев</t>
+    <t>Islam Kitiev</t>
   </si>
   <si>
     <t>27.00</t>
   </si>
   <si>
     <t>17.26</t>
   </si>
   <si>
-    <t>Максим Демченко</t>
+    <t>Maksim Demchenko</t>
   </si>
   <si>
     <t>27.12</t>
   </si>
   <si>
     <t>22.82</t>
   </si>
   <si>
-    <t>Иван Ковалев</t>
+    <t>Ivan Kovalev</t>
   </si>
   <si>
     <t>28.02</t>
   </si>
   <si>
     <t>22.51</t>
   </si>
   <si>
-    <t>Даниил Тамбовцев</t>
+    <t>Daniil Tambovtsev</t>
   </si>
   <si>
     <t>28.30</t>
   </si>
   <si>
     <t>21.71</t>
   </si>
   <si>
-    <t>Глеб Батенин</t>
+    <t>Gleb Batenin</t>
   </si>
   <si>
     <t>35.78</t>
   </si>
   <si>
     <t>22.11</t>
   </si>
   <si>
-    <t>Максимилиан Корчагин</t>
+    <t>Max Korchagin</t>
   </si>
   <si>
     <t>41.06</t>
   </si>
   <si>
     <t>26.70</t>
   </si>
   <si>
-    <t>Максим Козловский</t>
+    <t>Maksim Kozlovskiy</t>
   </si>
   <si>
     <t>42.41</t>
   </si>
   <si>
     <t>34.45</t>
   </si>
   <si>
-    <t>Михаил Говголенко</t>
+    <t>Mikhail Govgolenko</t>
   </si>
   <si>
     <t>45.09</t>
   </si>
   <si>
     <t>33.14</t>
   </si>
   <si>
-    <t>Габриэлла Ивахницкая</t>
+    <t>Gabriella Ivakhnitskaya</t>
   </si>
   <si>
     <t>46.60</t>
   </si>
   <si>
     <t>23.66</t>
   </si>
   <si>
-    <t>Матвей Тянутов</t>
+    <t>Matvei Tianutov</t>
   </si>
   <si>
     <t>1:06.75</t>
   </si>
   <si>
     <t>28.66</t>
   </si>
   <si>
-    <t>Дмитрий Колганов</t>
+    <t>Dmitriy Kolganov</t>
   </si>
   <si>
     <t>38.25</t>
   </si>
   <si>
-    <t>Максим Калинин</t>
+    <t>Maksim Kalinin</t>
   </si>
   <si>
     <t>1:04.40</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>