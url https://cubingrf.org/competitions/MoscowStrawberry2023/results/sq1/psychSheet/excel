--- v1 (2026-01-16)
+++ v2 (2026-03-03)
@@ -38,297 +38,297 @@
   <si>
     <t>#</t>
   </si>
   <si>
     <t>Competitor</t>
   </si>
   <si>
     <t>Average</t>
   </si>
   <si>
     <t>Best</t>
   </si>
   <si>
     <t>Vladimir Tikhonenko</t>
   </si>
   <si>
     <t>8.59</t>
   </si>
   <si>
     <t>6.64</t>
   </si>
   <si>
     <t>Vladimir Filin</t>
   </si>
   <si>
-    <t>9.43</t>
-[...2 lines deleted...]
-    <t>7.50</t>
+    <t>8.75</t>
+  </si>
+  <si>
+    <t>6.55</t>
   </si>
   <si>
     <t>Andrey Panov</t>
   </si>
   <si>
     <t>10.78</t>
   </si>
   <si>
     <t>8.31</t>
   </si>
   <si>
     <t>Roman Shilov</t>
   </si>
   <si>
     <t>11.21</t>
   </si>
   <si>
     <t>8.15</t>
   </si>
   <si>
     <t>Ilya Nazarov</t>
   </si>
   <si>
     <t>11.42</t>
   </si>
   <si>
     <t>7.76</t>
   </si>
   <si>
     <t>Maxim Ilin</t>
   </si>
   <si>
     <t>12.17</t>
   </si>
   <si>
     <t>7.67</t>
   </si>
   <si>
     <t>Egor Afanasenko</t>
   </si>
   <si>
     <t>12.29</t>
   </si>
   <si>
     <t>9.60</t>
   </si>
   <si>
     <t>Timofei Tarasenko</t>
   </si>
   <si>
-    <t>12.59</t>
+    <t>12.71</t>
   </si>
   <si>
     <t>9.05</t>
   </si>
   <si>
     <t>Ekaterina Kaneva</t>
   </si>
   <si>
     <t>12.95</t>
   </si>
   <si>
-    <t>9.21</t>
+    <t>9.65</t>
   </si>
   <si>
     <t>Vladislav Shurshilin</t>
   </si>
   <si>
     <t>13.79</t>
   </si>
   <si>
-    <t>11.46</t>
+    <t>11.24</t>
   </si>
   <si>
     <t>Anatolii Turenko</t>
   </si>
   <si>
     <t>15.18</t>
   </si>
   <si>
     <t>11.68</t>
   </si>
   <si>
     <t>Timur Imanov</t>
   </si>
   <si>
-    <t>15.61</t>
-[...2 lines deleted...]
-    <t>11.95</t>
+    <t>18.42</t>
+  </si>
+  <si>
+    <t>13.17</t>
   </si>
   <si>
     <t>Grigoriy Barashkin</t>
   </si>
   <si>
     <t>19.88</t>
   </si>
   <si>
     <t>13.88</t>
   </si>
   <si>
     <t>Nikolay Podobayev</t>
   </si>
   <si>
     <t>20.78</t>
   </si>
   <si>
     <t>14.87</t>
   </si>
   <si>
     <t>Olga Yasakova</t>
   </si>
   <si>
     <t>21.97</t>
   </si>
   <si>
-    <t>15.81</t>
+    <t>14.46</t>
   </si>
   <si>
     <t>Bogdan Zemlianskii</t>
   </si>
   <si>
     <t>22.24</t>
   </si>
   <si>
     <t>15.36</t>
   </si>
   <si>
     <t>Andrey Zhukov</t>
   </si>
   <si>
     <t>24.61</t>
   </si>
   <si>
     <t>15.82</t>
   </si>
   <si>
+    <t>Aleksandr Dokin</t>
+  </si>
+  <si>
+    <t>25.94</t>
+  </si>
+  <si>
+    <t>19.93</t>
+  </si>
+  <si>
     <t>Andrei Maslov</t>
   </si>
   <si>
-    <t>25.08</t>
-[...11 lines deleted...]
-    <t>19.93</t>
+    <t>26.87</t>
+  </si>
+  <si>
+    <t>22.94</t>
+  </si>
+  <si>
+    <t>Islam Kitiev</t>
+  </si>
+  <si>
+    <t>27.37</t>
+  </si>
+  <si>
+    <t>20.33</t>
+  </si>
+  <si>
+    <t>Ivan Kovalev</t>
+  </si>
+  <si>
+    <t>28.02</t>
+  </si>
+  <si>
+    <t>22.51</t>
+  </si>
+  <si>
+    <t>Daniil Tambovtsev</t>
+  </si>
+  <si>
+    <t>28.30</t>
+  </si>
+  <si>
+    <t>21.71</t>
   </si>
   <si>
     <t>Sergey Marin</t>
   </si>
   <si>
-    <t>26.69</t>
-[...11 lines deleted...]
-    <t>17.26</t>
+    <t>29.39</t>
+  </si>
+  <si>
+    <t>24.08</t>
+  </si>
+  <si>
+    <t>Gleb Batenin</t>
+  </si>
+  <si>
+    <t>35.78</t>
+  </si>
+  <si>
+    <t>22.11</t>
   </si>
   <si>
     <t>Maksim Demchenko</t>
   </si>
   <si>
-    <t>27.12</t>
-[...29 lines deleted...]
-    <t>22.11</t>
+    <t>37.99</t>
+  </si>
+  <si>
+    <t>24.91</t>
   </si>
   <si>
     <t>Max Korchagin</t>
   </si>
   <si>
     <t>41.06</t>
   </si>
   <si>
     <t>26.70</t>
   </si>
   <si>
     <t>Maksim Kozlovskiy</t>
   </si>
   <si>
     <t>42.41</t>
   </si>
   <si>
     <t>34.45</t>
   </si>
   <si>
+    <t>Gabriella Ivakhnitskaya</t>
+  </si>
+  <si>
+    <t>44.29</t>
+  </si>
+  <si>
+    <t>23.66</t>
+  </si>
+  <si>
     <t>Mikhail Govgolenko</t>
   </si>
   <si>
-    <t>45.09</t>
-[...11 lines deleted...]
-    <t>23.66</t>
+    <t>1:06.46</t>
+  </si>
+  <si>
+    <t>34.70</t>
   </si>
   <si>
     <t>Matvei Tianutov</t>
   </si>
   <si>
     <t>1:06.75</t>
   </si>
   <si>
     <t>28.66</t>
   </si>
   <si>
     <t>Dmitriy Kolganov</t>
   </si>
   <si>
     <t>38.25</t>
   </si>
   <si>
     <t>Maksim Kalinin</t>
   </si>
   <si>
     <t>1:04.40</t>
   </si>
 </sst>
 </file>
 