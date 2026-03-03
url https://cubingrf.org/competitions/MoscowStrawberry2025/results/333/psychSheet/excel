--- v0 (2026-01-15)
+++ v1 (2026-03-03)
@@ -12,118 +12,115 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="333" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="407">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="406">
   <si>
     <t>#</t>
   </si>
   <si>
     <t>Имя и фамилия участника</t>
   </si>
   <si>
     <t>Среднее</t>
   </si>
   <si>
     <t>Лучшее</t>
   </si>
   <si>
     <t>Тимофей Тарасенко</t>
   </si>
   <si>
-    <t>5.25</t>
-[...2 lines deleted...]
-    <t>3.72</t>
+    <t>5.34</t>
+  </si>
+  <si>
+    <t>4.58</t>
   </si>
   <si>
     <t>Дмитрий Гундин</t>
   </si>
   <si>
     <t>6.26</t>
   </si>
   <si>
     <t>5.04</t>
   </si>
   <si>
     <t>Анатолий Туренко</t>
   </si>
   <si>
-    <t>6.66</t>
+    <t>6.55</t>
   </si>
   <si>
     <t>4.99</t>
   </si>
   <si>
     <t>Андрей Панов</t>
   </si>
   <si>
     <t>7.07</t>
   </si>
   <si>
     <t>5.44</t>
   </si>
   <si>
+    <t>Славомил Волосков</t>
+  </si>
+  <si>
+    <t>7.38</t>
+  </si>
+  <si>
     <t>Владимир Тихоненко</t>
   </si>
   <si>
     <t>7.45</t>
   </si>
   <si>
     <t>5.30</t>
   </si>
   <si>
-    <t>Славомил Волосков</t>
-[...7 lines deleted...]
-  <si>
     <t>Екатерина Канева</t>
   </si>
   <si>
     <t>7.93</t>
   </si>
   <si>
     <t>6.60</t>
   </si>
   <si>
     <t>Арсений Павлов</t>
   </si>
   <si>
     <t>8.00</t>
   </si>
   <si>
     <t>6.10</t>
   </si>
   <si>
     <t>Никита Попков</t>
   </si>
   <si>
     <t>8.22</t>
   </si>
   <si>
     <t>6.28</t>
@@ -248,162 +245,183 @@
   <si>
     <t>Владислав Мельников</t>
   </si>
   <si>
     <t>9.46</t>
   </si>
   <si>
     <t>8.12</t>
   </si>
   <si>
     <t>Роман Шилов</t>
   </si>
   <si>
     <t>9.71</t>
   </si>
   <si>
     <t>8.10</t>
   </si>
   <si>
     <t>Глеб Некрасов</t>
   </si>
   <si>
     <t>9.72</t>
   </si>
   <si>
-    <t>9.03</t>
+    <t>9.06</t>
   </si>
   <si>
     <t>Мартин Николаев</t>
   </si>
   <si>
     <t>9.85</t>
   </si>
   <si>
     <t>7.95</t>
   </si>
   <si>
     <t>Иван Ворошилов</t>
   </si>
   <si>
     <t>9.90</t>
   </si>
   <si>
     <t>8.32</t>
   </si>
   <si>
+    <t>Лев Якименко</t>
+  </si>
+  <si>
+    <t>9.94</t>
+  </si>
+  <si>
     <t>Ислам Китиев</t>
   </si>
   <si>
     <t>9.98</t>
   </si>
   <si>
     <t>8.77</t>
   </si>
   <si>
     <t>Вадим Сухарев</t>
   </si>
   <si>
     <t>10.04</t>
   </si>
   <si>
-    <t>8.43</t>
+    <t>7.79</t>
+  </si>
+  <si>
+    <t>Макар Тихонов</t>
+  </si>
+  <si>
+    <t>10.12</t>
+  </si>
+  <si>
+    <t>8.47</t>
   </si>
   <si>
     <t>Седа Сукясова</t>
   </si>
   <si>
     <t>10.28</t>
   </si>
   <si>
     <t>9.32</t>
   </si>
   <si>
     <t>Анастасия Майкова</t>
   </si>
   <si>
     <t>10.33</t>
   </si>
   <si>
     <t>7.91</t>
   </si>
   <si>
+    <t>Александр Кропотов</t>
+  </si>
+  <si>
+    <t>10.42</t>
+  </si>
+  <si>
     <t>Лев Маслов</t>
   </si>
   <si>
     <t>10.49</t>
   </si>
   <si>
     <t>7.41</t>
   </si>
   <si>
     <t>Ксения Зырянова</t>
   </si>
   <si>
     <t>10.65</t>
   </si>
   <si>
     <t>Константин Артюшенко</t>
   </si>
   <si>
     <t>10.89</t>
   </si>
   <si>
     <t>9.41</t>
   </si>
   <si>
-    <t>Лев Якименко</t>
+    <t>Фёдор Улитовский</t>
   </si>
   <si>
     <t>10.93</t>
   </si>
   <si>
-    <t>Фёдор Улитовский</t>
-[...2 lines deleted...]
-    <t>9.45</t>
+    <t>9.39</t>
   </si>
   <si>
     <t>Андрей Кошелев</t>
   </si>
   <si>
     <t>10.98</t>
   </si>
   <si>
-    <t>9.13</t>
+    <t>8.52</t>
+  </si>
+  <si>
+    <t>Максим Козловский</t>
+  </si>
+  <si>
+    <t>11.11</t>
+  </si>
+  <si>
+    <t>9.23</t>
   </si>
   <si>
     <t>Андрей Жуков</t>
   </si>
   <si>
-    <t>11.11</t>
-[...5 lines deleted...]
-    <t>9.23</t>
+    <t>9.51</t>
   </si>
   <si>
     <t>Кирилл Галовский</t>
   </si>
   <si>
     <t>11.12</t>
   </si>
   <si>
     <t>9.08</t>
   </si>
   <si>
     <t>Павел Мишин</t>
   </si>
   <si>
     <t>11.13</t>
   </si>
   <si>
     <t>Александр Герасимов</t>
   </si>
   <si>
     <t>11.17</t>
   </si>
   <si>
     <t>8.46</t>
   </si>
@@ -443,275 +461,266 @@
   <si>
     <t>Кирилл Нурмухамедов</t>
   </si>
   <si>
     <t>11.33</t>
   </si>
   <si>
     <t>9.25</t>
   </si>
   <si>
     <t>Роман Самвелян</t>
   </si>
   <si>
     <t>11.37</t>
   </si>
   <si>
     <t>Дмитрий Колотвин</t>
   </si>
   <si>
     <t>11.41</t>
   </si>
   <si>
     <t>7.78</t>
   </si>
   <si>
-    <t>Макар Тихонов</t>
-[...7 lines deleted...]
-  <si>
     <t>Василий Николашин</t>
   </si>
   <si>
     <t>11.73</t>
   </si>
   <si>
     <t>9.58</t>
   </si>
   <si>
     <t>Алексей Корицкий</t>
   </si>
   <si>
     <t>11.76</t>
   </si>
   <si>
     <t>9.09</t>
   </si>
   <si>
-    <t>Александр Кропотов</t>
-[...7 lines deleted...]
-  <si>
     <t>Антон Бережнов</t>
   </si>
   <si>
     <t>12.00</t>
   </si>
   <si>
     <t>9.73</t>
   </si>
   <si>
     <t>Михаил Говголенко</t>
   </si>
   <si>
     <t>12.36</t>
   </si>
   <si>
     <t>9.87</t>
   </si>
   <si>
     <t>Дмитрий Дунаев</t>
   </si>
   <si>
     <t>10.66</t>
   </si>
   <si>
     <t>Денис Синюшкин</t>
   </si>
   <si>
     <t>12.39</t>
   </si>
   <si>
     <t>11.00</t>
   </si>
   <si>
+    <t>Владимир Буковец</t>
+  </si>
+  <si>
+    <t>12.52</t>
+  </si>
+  <si>
+    <t>9.67</t>
+  </si>
+  <si>
+    <t>Алексей Сенаторов</t>
+  </si>
+  <si>
+    <t>12.58</t>
+  </si>
+  <si>
+    <t>10.07</t>
+  </si>
+  <si>
+    <t>Тимофей Терещенко</t>
+  </si>
+  <si>
+    <t>12.63</t>
+  </si>
+  <si>
+    <t>8.58</t>
+  </si>
+  <si>
+    <t>Дарья Елисеева</t>
+  </si>
+  <si>
+    <t>12.77</t>
+  </si>
+  <si>
+    <t>9.84</t>
+  </si>
+  <si>
+    <t>Иван Ковальчук</t>
+  </si>
+  <si>
+    <t>12.79</t>
+  </si>
+  <si>
+    <t>Иван Сидоренко</t>
+  </si>
+  <si>
+    <t>12.87</t>
+  </si>
+  <si>
+    <t>9.78</t>
+  </si>
+  <si>
     <t>Леонид Тарасенко</t>
   </si>
   <si>
-    <t>12.41</t>
-[...29 lines deleted...]
-    <t>8.58</t>
+    <t>12.90</t>
+  </si>
+  <si>
+    <t>10.85</t>
+  </si>
+  <si>
+    <t>Владислав Затолокин</t>
+  </si>
+  <si>
+    <t>13.13</t>
+  </si>
+  <si>
+    <t>11.29</t>
+  </si>
+  <si>
+    <t>Иван Милый</t>
+  </si>
+  <si>
+    <t>13.17</t>
+  </si>
+  <si>
+    <t>10.83</t>
+  </si>
+  <si>
+    <t>Лука Лукаш</t>
+  </si>
+  <si>
+    <t>13.63</t>
+  </si>
+  <si>
+    <t>11.05</t>
+  </si>
+  <si>
+    <t>Дарья Пойда</t>
+  </si>
+  <si>
+    <t>13.80</t>
+  </si>
+  <si>
+    <t>11.91</t>
+  </si>
+  <si>
+    <t>Егор Харитонов</t>
+  </si>
+  <si>
+    <t>14.02</t>
+  </si>
+  <si>
+    <t>11.67</t>
+  </si>
+  <si>
+    <t>Афанасий Иванов</t>
+  </si>
+  <si>
+    <t>14.22</t>
+  </si>
+  <si>
+    <t>Юрий Гринчий</t>
+  </si>
+  <si>
+    <t>14.50</t>
+  </si>
+  <si>
+    <t>12.54</t>
   </si>
   <si>
     <t>Мария Жиц</t>
   </si>
   <si>
-    <t>12.70</t>
-[...86 lines deleted...]
-    <t>12.54</t>
+    <t>14.64</t>
+  </si>
+  <si>
+    <t>12.21</t>
   </si>
   <si>
     <t>Арсений Кузовлев</t>
   </si>
   <si>
     <t>15.09</t>
   </si>
   <si>
     <t>13.25</t>
   </si>
   <si>
     <t>Александр Катюков</t>
   </si>
   <si>
     <t>15.16</t>
   </si>
   <si>
-    <t>10.01</t>
+    <t>12.84</t>
   </si>
   <si>
     <t>Тимофей Антонов</t>
   </si>
   <si>
     <t>15.37</t>
   </si>
   <si>
     <t>13.22</t>
   </si>
   <si>
+    <t>Иван Лобачёв</t>
+  </si>
+  <si>
+    <t>15.45</t>
+  </si>
+  <si>
+    <t>13.33</t>
+  </si>
+  <si>
     <t>Никита Малышкин</t>
   </si>
   <si>
     <t>15.61</t>
   </si>
   <si>
     <t>13.24</t>
   </si>
   <si>
     <t>Ольга Ясакова</t>
   </si>
   <si>
     <t>15.63</t>
   </si>
   <si>
     <t>12.17</t>
   </si>
   <si>
     <t>Марк Мирошников</t>
   </si>
   <si>
     <t>15.72</t>
   </si>
   <si>
     <t>14.61</t>
@@ -740,75 +749,66 @@
   <si>
     <t>15.97</t>
   </si>
   <si>
     <t>13.71</t>
   </si>
   <si>
     <t>Георгий Голосов</t>
   </si>
   <si>
     <t>16.15</t>
   </si>
   <si>
     <t>11.96</t>
   </si>
   <si>
     <t>Никита Евланов</t>
   </si>
   <si>
     <t>16.65</t>
   </si>
   <si>
     <t>12.01</t>
   </si>
   <si>
-    <t>Иван Лобачёв</t>
-[...7 lines deleted...]
-  <si>
     <t>Андрей Бакин</t>
   </si>
   <si>
     <t>17.23</t>
   </si>
   <si>
     <t>13.74</t>
   </si>
   <si>
     <t>Егор Касюк</t>
   </si>
   <si>
     <t>17.78</t>
   </si>
   <si>
-    <t>12.32</t>
+    <t>14.80</t>
   </si>
   <si>
     <t>Владимир Козлов</t>
   </si>
   <si>
     <t>18.11</t>
   </si>
   <si>
     <t>16.24</t>
   </si>
   <si>
     <t>Диана Мурник</t>
   </si>
   <si>
     <t>18.23</t>
   </si>
   <si>
     <t>Станислав Ермаков</t>
   </si>
   <si>
     <t>18.25</t>
   </si>
   <si>
     <t>16.64</t>
   </si>
@@ -824,68 +824,68 @@
   <si>
     <t>Константин Васильев</t>
   </si>
   <si>
     <t>18.50</t>
   </si>
   <si>
     <t>14.86</t>
   </si>
   <si>
     <t>Марина Щукина</t>
   </si>
   <si>
     <t>18.72</t>
   </si>
   <si>
     <t>Александр Чебан</t>
   </si>
   <si>
     <t>18.73</t>
   </si>
   <si>
     <t>16.25</t>
   </si>
   <si>
+    <t>Михаил Курицын</t>
+  </si>
+  <si>
+    <t>22.29</t>
+  </si>
+  <si>
+    <t>19.60</t>
+  </si>
+  <si>
     <t>Леонид Агапкин</t>
   </si>
   <si>
-    <t>21.79</t>
+    <t>22.41</t>
   </si>
   <si>
     <t>19.59</t>
   </si>
   <si>
-    <t>Михаил Курицын</t>
-[...7 lines deleted...]
-  <si>
     <t>Алексей Бережнов</t>
   </si>
   <si>
     <t>22.76</t>
   </si>
   <si>
     <t>19.75</t>
   </si>
   <si>
     <t>Иван Комаров</t>
   </si>
   <si>
     <t>22.80</t>
   </si>
   <si>
     <t>18.83</t>
   </si>
   <si>
     <t>Максим Родин</t>
   </si>
   <si>
     <t>23.34</t>
   </si>
   <si>
     <t>18.81</t>
@@ -905,366 +905,363 @@
   <si>
     <t>23.94</t>
   </si>
   <si>
     <t>19.71</t>
   </si>
   <si>
     <t>Лев Кураев</t>
   </si>
   <si>
     <t>24.44</t>
   </si>
   <si>
     <t>20.54</t>
   </si>
   <si>
     <t>Леонид Кузнецов</t>
   </si>
   <si>
     <t>25.01</t>
   </si>
   <si>
     <t>20.52</t>
   </si>
   <si>
+    <t>Ольга Кун</t>
+  </si>
+  <si>
+    <t>25.45</t>
+  </si>
+  <si>
+    <t>21.49</t>
+  </si>
+  <si>
+    <t>Рената Халимончук</t>
+  </si>
+  <si>
+    <t>25.49</t>
+  </si>
+  <si>
+    <t>22.20</t>
+  </si>
+  <si>
+    <t>Владимир Серебренников</t>
+  </si>
+  <si>
+    <t>26.92</t>
+  </si>
+  <si>
+    <t>20.57</t>
+  </si>
+  <si>
+    <t>Артём Горохов</t>
+  </si>
+  <si>
+    <t>27.15</t>
+  </si>
+  <si>
+    <t>22.60</t>
+  </si>
+  <si>
+    <t>Мирон Головатый</t>
+  </si>
+  <si>
+    <t>27.69</t>
+  </si>
+  <si>
+    <t>23.58</t>
+  </si>
+  <si>
+    <t>София Хегай</t>
+  </si>
+  <si>
+    <t>29.16</t>
+  </si>
+  <si>
+    <t>25.13</t>
+  </si>
+  <si>
+    <t>Вячеслав Трушков</t>
+  </si>
+  <si>
+    <t>29.45</t>
+  </si>
+  <si>
+    <t>25.11</t>
+  </si>
+  <si>
+    <t>Рустам Исмаилов</t>
+  </si>
+  <si>
+    <t>31.70</t>
+  </si>
+  <si>
+    <t>31.16</t>
+  </si>
+  <si>
+    <t>Матвей Каблуков</t>
+  </si>
+  <si>
+    <t>32.94</t>
+  </si>
+  <si>
+    <t>25.35</t>
+  </si>
+  <si>
+    <t>Михаил Епишин</t>
+  </si>
+  <si>
+    <t>33.37</t>
+  </si>
+  <si>
+    <t>30.55</t>
+  </si>
+  <si>
+    <t>Татьяна Максимова</t>
+  </si>
+  <si>
+    <t>33.61</t>
+  </si>
+  <si>
+    <t>29.51</t>
+  </si>
+  <si>
+    <t>Полина Глухова</t>
+  </si>
+  <si>
+    <t>34.05</t>
+  </si>
+  <si>
+    <t>26.60</t>
+  </si>
+  <si>
+    <t>Мария Подчуфарова</t>
+  </si>
+  <si>
+    <t>36.09</t>
+  </si>
+  <si>
+    <t>35.45</t>
+  </si>
+  <si>
+    <t>Арсений Умаров</t>
+  </si>
+  <si>
+    <t>36.43</t>
+  </si>
+  <si>
+    <t>27.93</t>
+  </si>
+  <si>
+    <t>Анатолий Орешков</t>
+  </si>
+  <si>
+    <t>37.16</t>
+  </si>
+  <si>
+    <t>22.74</t>
+  </si>
+  <si>
+    <t>Татьяна Григоровская</t>
+  </si>
+  <si>
+    <t>37.98</t>
+  </si>
+  <si>
+    <t>31.22</t>
+  </si>
+  <si>
+    <t>Анастасия Вергунова</t>
+  </si>
+  <si>
+    <t>38.94</t>
+  </si>
+  <si>
+    <t>37.19</t>
+  </si>
+  <si>
+    <t>Роман Трофимов</t>
+  </si>
+  <si>
+    <t>39.69</t>
+  </si>
+  <si>
+    <t>31.32</t>
+  </si>
+  <si>
+    <t>Лукерья Лаврентьева</t>
+  </si>
+  <si>
+    <t>41.09</t>
+  </si>
+  <si>
+    <t>36.70</t>
+  </si>
+  <si>
+    <t>Андрей Султановский</t>
+  </si>
+  <si>
+    <t>42.37</t>
+  </si>
+  <si>
+    <t>30.42</t>
+  </si>
+  <si>
+    <t>Руслан Иксанов</t>
+  </si>
+  <si>
+    <t>43.15</t>
+  </si>
+  <si>
+    <t>32.59</t>
+  </si>
+  <si>
+    <t>Иван Шинкин</t>
+  </si>
+  <si>
+    <t>47.71</t>
+  </si>
+  <si>
+    <t>36.23</t>
+  </si>
+  <si>
+    <t>Александра Дорочинская</t>
+  </si>
+  <si>
+    <t>47.80</t>
+  </si>
+  <si>
+    <t>43.07</t>
+  </si>
+  <si>
+    <t>Руслан Самохвалов</t>
+  </si>
+  <si>
+    <t>48.34</t>
+  </si>
+  <si>
+    <t>43.71</t>
+  </si>
+  <si>
+    <t>Полина Шапочкина</t>
+  </si>
+  <si>
+    <t>48.92</t>
+  </si>
+  <si>
+    <t>43.50</t>
+  </si>
+  <si>
+    <t>Матвей Глазков</t>
+  </si>
+  <si>
+    <t>49.02</t>
+  </si>
+  <si>
+    <t>42.25</t>
+  </si>
+  <si>
+    <t>Матвей Васильев</t>
+  </si>
+  <si>
+    <t>53.42</t>
+  </si>
+  <si>
+    <t>49.73</t>
+  </si>
+  <si>
+    <t>Наталья Жукова</t>
+  </si>
+  <si>
+    <t>54.20</t>
+  </si>
+  <si>
+    <t>43.37</t>
+  </si>
+  <si>
+    <t>Давид Юрханов</t>
+  </si>
+  <si>
+    <t>Татьяна Корсакова</t>
+  </si>
+  <si>
+    <t>1:01.63</t>
+  </si>
+  <si>
+    <t>47.20</t>
+  </si>
+  <si>
+    <t>Анастасия Султановская</t>
+  </si>
+  <si>
+    <t>1:02.95</t>
+  </si>
+  <si>
+    <t>56.48</t>
+  </si>
+  <si>
+    <t>Анна Большакова</t>
+  </si>
+  <si>
+    <t>1:03.01</t>
+  </si>
+  <si>
+    <t>58.73</t>
+  </si>
+  <si>
+    <t>Арина Салмова</t>
+  </si>
+  <si>
+    <t>1:04.23</t>
+  </si>
+  <si>
+    <t>57.39</t>
+  </si>
+  <si>
+    <t>Максим Бережнов</t>
+  </si>
+  <si>
+    <t>1:11.53</t>
+  </si>
+  <si>
+    <t>59.25</t>
+  </si>
+  <si>
+    <t>Павел Артюшенко</t>
+  </si>
+  <si>
+    <t>1:17.09</t>
+  </si>
+  <si>
+    <t>1:10.99</t>
+  </si>
+  <si>
     <t>Анастасия Васильева</t>
   </si>
   <si>
-    <t>25.25</t>
-[...311 lines deleted...]
-    <t>1:10.99</t>
+    <t>1:28.17</t>
   </si>
   <si>
     <t>Александр Корев</t>
   </si>
   <si>
     <t>Кирилл Макарчук</t>
   </si>
   <si>
     <t>Константин Петров</t>
   </si>
   <si>
     <t>Юрий Бородин</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
@@ -1685,695 +1682,695 @@
     <row r="5" spans="1:4">
       <c r="A5">
         <v>4</v>
       </c>
       <c r="B5" t="s">
         <v>13</v>
       </c>
       <c r="C5" s="1" t="s">
         <v>14</v>
       </c>
       <c r="D5" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="6" spans="1:4">
       <c r="A6">
         <v>5</v>
       </c>
       <c r="B6" t="s">
         <v>16</v>
       </c>
       <c r="C6" s="1" t="s">
         <v>17</v>
       </c>
       <c r="D6" t="s">
-        <v>18</v>
+        <v>8</v>
       </c>
     </row>
     <row r="7" spans="1:4">
       <c r="A7">
         <v>6</v>
       </c>
       <c r="B7" t="s">
+        <v>18</v>
+      </c>
+      <c r="C7" s="1" t="s">
         <v>19</v>
       </c>
-      <c r="C7" s="1" t="s">
+      <c r="D7" t="s">
         <v>20</v>
-      </c>
-[...1 lines deleted...]
-        <v>21</v>
       </c>
     </row>
     <row r="8" spans="1:4">
       <c r="A8">
         <v>7</v>
       </c>
       <c r="B8" t="s">
+        <v>21</v>
+      </c>
+      <c r="C8" s="1" t="s">
         <v>22</v>
       </c>
-      <c r="C8" s="1" t="s">
+      <c r="D8" t="s">
         <v>23</v>
-      </c>
-[...1 lines deleted...]
-        <v>24</v>
       </c>
     </row>
     <row r="9" spans="1:4">
       <c r="A9">
         <v>8</v>
       </c>
       <c r="B9" t="s">
+        <v>24</v>
+      </c>
+      <c r="C9" s="1" t="s">
         <v>25</v>
       </c>
-      <c r="C9" s="1" t="s">
+      <c r="D9" t="s">
         <v>26</v>
-      </c>
-[...1 lines deleted...]
-        <v>27</v>
       </c>
     </row>
     <row r="10" spans="1:4">
       <c r="A10">
         <v>9</v>
       </c>
       <c r="B10" t="s">
+        <v>27</v>
+      </c>
+      <c r="C10" s="1" t="s">
         <v>28</v>
       </c>
-      <c r="C10" s="1" t="s">
+      <c r="D10" t="s">
         <v>29</v>
-      </c>
-[...1 lines deleted...]
-        <v>30</v>
       </c>
     </row>
     <row r="11" spans="1:4">
       <c r="A11">
         <v>10</v>
       </c>
       <c r="B11" t="s">
+        <v>30</v>
+      </c>
+      <c r="C11" s="1" t="s">
         <v>31</v>
       </c>
-      <c r="C11" s="1" t="s">
+      <c r="D11" t="s">
         <v>32</v>
-      </c>
-[...1 lines deleted...]
-        <v>33</v>
       </c>
     </row>
     <row r="12" spans="1:4">
       <c r="A12">
         <v>11</v>
       </c>
       <c r="B12" t="s">
+        <v>33</v>
+      </c>
+      <c r="C12" s="1" t="s">
         <v>34</v>
-      </c>
-[...1 lines deleted...]
-        <v>35</v>
       </c>
       <c r="D12" t="s">
         <v>8</v>
       </c>
     </row>
     <row r="13" spans="1:4">
       <c r="A13">
         <v>12</v>
       </c>
       <c r="B13" t="s">
+        <v>35</v>
+      </c>
+      <c r="C13" s="1" t="s">
         <v>36</v>
       </c>
-      <c r="C13" s="1" t="s">
+      <c r="D13" t="s">
         <v>37</v>
-      </c>
-[...1 lines deleted...]
-        <v>38</v>
       </c>
     </row>
     <row r="14" spans="1:4">
       <c r="A14">
         <v>13</v>
       </c>
       <c r="B14" t="s">
+        <v>38</v>
+      </c>
+      <c r="C14" s="1" t="s">
         <v>39</v>
       </c>
-      <c r="C14" s="1" t="s">
+      <c r="D14" t="s">
         <v>40</v>
-      </c>
-[...1 lines deleted...]
-        <v>41</v>
       </c>
     </row>
     <row r="15" spans="1:4">
       <c r="A15">
         <v>14</v>
       </c>
       <c r="B15" t="s">
+        <v>41</v>
+      </c>
+      <c r="C15" s="1" t="s">
         <v>42</v>
       </c>
-      <c r="C15" s="1" t="s">
+      <c r="D15" t="s">
         <v>43</v>
-      </c>
-[...1 lines deleted...]
-        <v>44</v>
       </c>
     </row>
     <row r="16" spans="1:4">
       <c r="A16">
         <v>15</v>
       </c>
       <c r="B16" t="s">
+        <v>44</v>
+      </c>
+      <c r="C16" s="1" t="s">
         <v>45</v>
       </c>
-      <c r="C16" s="1" t="s">
+      <c r="D16" t="s">
         <v>46</v>
-      </c>
-[...1 lines deleted...]
-        <v>47</v>
       </c>
     </row>
     <row r="17" spans="1:4">
       <c r="A17">
         <v>16</v>
       </c>
       <c r="B17" t="s">
+        <v>47</v>
+      </c>
+      <c r="C17" s="1" t="s">
+        <v>45</v>
+      </c>
+      <c r="D17" t="s">
         <v>48</v>
-      </c>
-[...4 lines deleted...]
-        <v>49</v>
       </c>
     </row>
     <row r="18" spans="1:4">
       <c r="A18">
         <v>17</v>
       </c>
       <c r="B18" t="s">
+        <v>49</v>
+      </c>
+      <c r="C18" s="1" t="s">
         <v>50</v>
       </c>
-      <c r="C18" s="1" t="s">
+      <c r="D18" t="s">
         <v>51</v>
-      </c>
-[...1 lines deleted...]
-        <v>52</v>
       </c>
     </row>
     <row r="19" spans="1:4">
       <c r="A19">
         <v>18</v>
       </c>
       <c r="B19" t="s">
+        <v>52</v>
+      </c>
+      <c r="C19" s="1" t="s">
         <v>53</v>
       </c>
-      <c r="C19" s="1" t="s">
+      <c r="D19" t="s">
         <v>54</v>
-      </c>
-[...1 lines deleted...]
-        <v>55</v>
       </c>
     </row>
     <row r="20" spans="1:4">
       <c r="A20">
         <v>19</v>
       </c>
       <c r="B20" t="s">
+        <v>55</v>
+      </c>
+      <c r="C20" s="1" t="s">
+        <v>53</v>
+      </c>
+      <c r="D20" t="s">
         <v>56</v>
-      </c>
-[...4 lines deleted...]
-        <v>57</v>
       </c>
     </row>
     <row r="21" spans="1:4">
       <c r="A21">
         <v>20</v>
       </c>
       <c r="B21" t="s">
+        <v>57</v>
+      </c>
+      <c r="C21" s="1" t="s">
         <v>58</v>
       </c>
-      <c r="C21" s="1" t="s">
+      <c r="D21" t="s">
         <v>59</v>
-      </c>
-[...1 lines deleted...]
-        <v>60</v>
       </c>
     </row>
     <row r="22" spans="1:4">
       <c r="A22">
         <v>21</v>
       </c>
       <c r="B22" t="s">
+        <v>60</v>
+      </c>
+      <c r="C22" s="1" t="s">
         <v>61</v>
       </c>
-      <c r="C22" s="1" t="s">
+      <c r="D22" t="s">
         <v>62</v>
-      </c>
-[...1 lines deleted...]
-        <v>63</v>
       </c>
     </row>
     <row r="23" spans="1:4">
       <c r="A23">
         <v>22</v>
       </c>
       <c r="B23" t="s">
+        <v>63</v>
+      </c>
+      <c r="C23" s="1" t="s">
         <v>64</v>
       </c>
-      <c r="C23" s="1" t="s">
+      <c r="D23" t="s">
         <v>65</v>
-      </c>
-[...1 lines deleted...]
-        <v>66</v>
       </c>
     </row>
     <row r="24" spans="1:4">
       <c r="A24">
         <v>23</v>
       </c>
       <c r="B24" t="s">
+        <v>66</v>
+      </c>
+      <c r="C24" s="1" t="s">
         <v>67</v>
       </c>
-      <c r="C24" s="1" t="s">
+      <c r="D24" t="s">
         <v>68</v>
-      </c>
-[...1 lines deleted...]
-        <v>69</v>
       </c>
     </row>
     <row r="25" spans="1:4">
       <c r="A25">
         <v>24</v>
       </c>
       <c r="B25" t="s">
+        <v>69</v>
+      </c>
+      <c r="C25" s="1" t="s">
         <v>70</v>
       </c>
-      <c r="C25" s="1" t="s">
+      <c r="D25" t="s">
         <v>71</v>
-      </c>
-[...1 lines deleted...]
-        <v>72</v>
       </c>
     </row>
     <row r="26" spans="1:4">
       <c r="A26">
         <v>25</v>
       </c>
       <c r="B26" t="s">
+        <v>72</v>
+      </c>
+      <c r="C26" s="1" t="s">
         <v>73</v>
       </c>
-      <c r="C26" s="1" t="s">
+      <c r="D26" t="s">
         <v>74</v>
-      </c>
-[...1 lines deleted...]
-        <v>75</v>
       </c>
     </row>
     <row r="27" spans="1:4">
       <c r="A27">
         <v>26</v>
       </c>
       <c r="B27" t="s">
+        <v>75</v>
+      </c>
+      <c r="C27" s="1" t="s">
         <v>76</v>
       </c>
-      <c r="C27" s="1" t="s">
+      <c r="D27" t="s">
         <v>77</v>
-      </c>
-[...1 lines deleted...]
-        <v>78</v>
       </c>
     </row>
     <row r="28" spans="1:4">
       <c r="A28">
         <v>27</v>
       </c>
       <c r="B28" t="s">
+        <v>78</v>
+      </c>
+      <c r="C28" s="1" t="s">
         <v>79</v>
       </c>
-      <c r="C28" s="1" t="s">
+      <c r="D28" t="s">
         <v>80</v>
-      </c>
-[...1 lines deleted...]
-        <v>81</v>
       </c>
     </row>
     <row r="29" spans="1:4">
       <c r="A29">
         <v>28</v>
       </c>
       <c r="B29" t="s">
+        <v>81</v>
+      </c>
+      <c r="C29" s="1" t="s">
         <v>82</v>
       </c>
-      <c r="C29" s="1" t="s">
+      <c r="D29" t="s">
         <v>83</v>
-      </c>
-[...1 lines deleted...]
-        <v>84</v>
       </c>
     </row>
     <row r="30" spans="1:4">
       <c r="A30">
         <v>29</v>
       </c>
       <c r="B30" t="s">
+        <v>84</v>
+      </c>
+      <c r="C30" s="1" t="s">
         <v>85</v>
       </c>
-      <c r="C30" s="1" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D30" t="s">
-        <v>87</v>
+        <v>42</v>
       </c>
     </row>
     <row r="31" spans="1:4">
       <c r="A31">
         <v>30</v>
       </c>
       <c r="B31" t="s">
+        <v>86</v>
+      </c>
+      <c r="C31" s="1" t="s">
+        <v>87</v>
+      </c>
+      <c r="D31" t="s">
         <v>88</v>
-      </c>
-[...4 lines deleted...]
-        <v>90</v>
       </c>
     </row>
     <row r="32" spans="1:4">
       <c r="A32">
         <v>31</v>
       </c>
       <c r="B32" t="s">
+        <v>89</v>
+      </c>
+      <c r="C32" s="1" t="s">
+        <v>90</v>
+      </c>
+      <c r="D32" t="s">
         <v>91</v>
-      </c>
-[...4 lines deleted...]
-        <v>93</v>
       </c>
     </row>
     <row r="33" spans="1:4">
       <c r="A33">
         <v>32</v>
       </c>
       <c r="B33" t="s">
+        <v>92</v>
+      </c>
+      <c r="C33" s="1" t="s">
+        <v>93</v>
+      </c>
+      <c r="D33" t="s">
         <v>94</v>
-      </c>
-[...4 lines deleted...]
-        <v>96</v>
       </c>
     </row>
     <row r="34" spans="1:4">
       <c r="A34">
         <v>33</v>
       </c>
       <c r="B34" t="s">
+        <v>95</v>
+      </c>
+      <c r="C34" s="1" t="s">
+        <v>96</v>
+      </c>
+      <c r="D34" t="s">
         <v>97</v>
-      </c>
-[...4 lines deleted...]
-        <v>99</v>
       </c>
     </row>
     <row r="35" spans="1:4">
       <c r="A35">
         <v>34</v>
       </c>
       <c r="B35" t="s">
+        <v>98</v>
+      </c>
+      <c r="C35" s="1" t="s">
+        <v>99</v>
+      </c>
+      <c r="D35" t="s">
         <v>100</v>
-      </c>
-[...4 lines deleted...]
-        <v>51</v>
       </c>
     </row>
     <row r="36" spans="1:4">
       <c r="A36">
         <v>35</v>
       </c>
       <c r="B36" t="s">
+        <v>101</v>
+      </c>
+      <c r="C36" s="1" t="s">
         <v>102</v>
       </c>
-      <c r="C36" s="1" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D36" t="s">
-        <v>104</v>
+        <v>54</v>
       </c>
     </row>
     <row r="37" spans="1:4">
       <c r="A37">
         <v>36</v>
       </c>
       <c r="B37" t="s">
+        <v>103</v>
+      </c>
+      <c r="C37" s="1" t="s">
+        <v>104</v>
+      </c>
+      <c r="D37" t="s">
         <v>105</v>
-      </c>
-[...4 lines deleted...]
-        <v>43</v>
       </c>
     </row>
     <row r="38" spans="1:4">
       <c r="A38">
         <v>37</v>
       </c>
       <c r="B38" t="s">
+        <v>106</v>
+      </c>
+      <c r="C38" s="1" t="s">
         <v>107</v>
       </c>
-      <c r="C38" s="1" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D38" t="s">
-        <v>108</v>
+        <v>50</v>
       </c>
     </row>
     <row r="39" spans="1:4">
       <c r="A39">
         <v>38</v>
       </c>
       <c r="B39" t="s">
+        <v>108</v>
+      </c>
+      <c r="C39" s="1" t="s">
         <v>109</v>
       </c>
-      <c r="C39" s="1" t="s">
+      <c r="D39" t="s">
         <v>110</v>
-      </c>
-[...1 lines deleted...]
-        <v>111</v>
       </c>
     </row>
     <row r="40" spans="1:4">
       <c r="A40">
         <v>39</v>
       </c>
       <c r="B40" t="s">
+        <v>111</v>
+      </c>
+      <c r="C40" s="1" t="s">
         <v>112</v>
       </c>
-      <c r="C40" s="1" t="s">
+      <c r="D40" t="s">
         <v>113</v>
-      </c>
-[...1 lines deleted...]
-        <v>43</v>
       </c>
     </row>
     <row r="41" spans="1:4">
       <c r="A41">
         <v>40</v>
       </c>
       <c r="B41" t="s">
         <v>114</v>
       </c>
       <c r="C41" s="1" t="s">
-        <v>113</v>
+        <v>115</v>
       </c>
       <c r="D41" t="s">
-        <v>115</v>
+        <v>116</v>
       </c>
     </row>
     <row r="42" spans="1:4">
       <c r="A42">
         <v>41</v>
       </c>
       <c r="B42" t="s">
-        <v>116</v>
+        <v>117</v>
       </c>
       <c r="C42" s="1" t="s">
-        <v>117</v>
+        <v>118</v>
       </c>
       <c r="D42" t="s">
-        <v>118</v>
+        <v>119</v>
       </c>
     </row>
     <row r="43" spans="1:4">
       <c r="A43">
         <v>42</v>
       </c>
       <c r="B43" t="s">
-        <v>119</v>
+        <v>120</v>
       </c>
       <c r="C43" s="1" t="s">
-        <v>120</v>
+        <v>118</v>
       </c>
       <c r="D43" t="s">
-        <v>71</v>
+        <v>121</v>
       </c>
     </row>
     <row r="44" spans="1:4">
       <c r="A44">
         <v>43</v>
       </c>
       <c r="B44" t="s">
-        <v>121</v>
+        <v>122</v>
       </c>
       <c r="C44" s="1" t="s">
-        <v>122</v>
+        <v>123</v>
       </c>
       <c r="D44" t="s">
-        <v>123</v>
+        <v>124</v>
       </c>
     </row>
     <row r="45" spans="1:4">
       <c r="A45">
         <v>44</v>
       </c>
       <c r="B45" t="s">
-        <v>124</v>
+        <v>125</v>
       </c>
       <c r="C45" s="1" t="s">
-        <v>125</v>
+        <v>126</v>
       </c>
       <c r="D45" t="s">
-        <v>126</v>
+        <v>70</v>
       </c>
     </row>
     <row r="46" spans="1:4">
       <c r="A46">
         <v>45</v>
       </c>
       <c r="B46" t="s">
         <v>127</v>
       </c>
       <c r="C46" s="1" t="s">
-        <v>125</v>
+        <v>128</v>
       </c>
       <c r="D46" t="s">
-        <v>128</v>
+        <v>129</v>
       </c>
     </row>
     <row r="47" spans="1:4">
       <c r="A47">
         <v>46</v>
       </c>
       <c r="B47" t="s">
-        <v>129</v>
+        <v>130</v>
       </c>
       <c r="C47" s="1" t="s">
-        <v>130</v>
+        <v>131</v>
       </c>
       <c r="D47" t="s">
-        <v>131</v>
+        <v>132</v>
       </c>
     </row>
     <row r="48" spans="1:4">
       <c r="A48">
         <v>47</v>
       </c>
       <c r="B48" t="s">
-        <v>132</v>
+        <v>133</v>
       </c>
       <c r="C48" s="1" t="s">
-        <v>133</v>
+        <v>131</v>
       </c>
       <c r="D48" t="s">
         <v>134</v>
       </c>
     </row>
     <row r="49" spans="1:4">
       <c r="A49">
         <v>48</v>
       </c>
       <c r="B49" t="s">
         <v>135</v>
       </c>
       <c r="C49" s="1" t="s">
         <v>136</v>
       </c>
       <c r="D49" t="s">
         <v>137</v>
       </c>
     </row>
     <row r="50" spans="1:4">
       <c r="A50">
         <v>49</v>
       </c>
       <c r="B50" t="s">
         <v>138</v>
       </c>
       <c r="C50" s="1" t="s">
         <v>139</v>
       </c>
       <c r="D50" t="s">
-        <v>98</v>
+        <v>140</v>
       </c>
     </row>
     <row r="51" spans="1:4">
       <c r="A51">
         <v>50</v>
       </c>
       <c r="B51" t="s">
-        <v>140</v>
+        <v>141</v>
       </c>
       <c r="C51" s="1" t="s">
-        <v>141</v>
+        <v>142</v>
       </c>
       <c r="D51" t="s">
-        <v>142</v>
+        <v>143</v>
       </c>
     </row>
     <row r="52" spans="1:4">
       <c r="A52">
         <v>51</v>
       </c>
       <c r="B52" t="s">
-        <v>143</v>
+        <v>144</v>
       </c>
       <c r="C52" s="1" t="s">
-        <v>144</v>
+        <v>145</v>
       </c>
       <c r="D52" t="s">
-        <v>145</v>
+        <v>104</v>
       </c>
     </row>
     <row r="53" spans="1:4">
       <c r="A53">
         <v>52</v>
       </c>
       <c r="B53" t="s">
         <v>146</v>
       </c>
       <c r="C53" s="1" t="s">
         <v>147</v>
       </c>
       <c r="D53" t="s">
         <v>148</v>
       </c>
     </row>
     <row r="54" spans="1:4">
       <c r="A54">
         <v>53</v>
       </c>
       <c r="B54" t="s">
         <v>149</v>
       </c>
       <c r="C54" s="1" t="s">
         <v>150</v>
@@ -2497,79 +2494,79 @@
     <row r="63" spans="1:4">
       <c r="A63">
         <v>62</v>
       </c>
       <c r="B63" t="s">
         <v>175</v>
       </c>
       <c r="C63" s="1" t="s">
         <v>176</v>
       </c>
       <c r="D63" t="s">
         <v>177</v>
       </c>
     </row>
     <row r="64" spans="1:4">
       <c r="A64">
         <v>63</v>
       </c>
       <c r="B64" t="s">
         <v>178</v>
       </c>
       <c r="C64" s="1" t="s">
         <v>179</v>
       </c>
       <c r="D64" t="s">
-        <v>180</v>
+        <v>123</v>
       </c>
     </row>
     <row r="65" spans="1:4">
       <c r="A65">
         <v>64</v>
       </c>
       <c r="B65" t="s">
+        <v>180</v>
+      </c>
+      <c r="C65" s="1" t="s">
         <v>181</v>
       </c>
-      <c r="C65" s="1" t="s">
+      <c r="D65" t="s">
         <v>182</v>
-      </c>
-[...1 lines deleted...]
-        <v>183</v>
       </c>
     </row>
     <row r="66" spans="1:4">
       <c r="A66">
         <v>65</v>
       </c>
       <c r="B66" t="s">
+        <v>183</v>
+      </c>
+      <c r="C66" s="1" t="s">
         <v>184</v>
       </c>
-      <c r="C66" s="1" t="s">
+      <c r="D66" t="s">
         <v>185</v>
-      </c>
-[...1 lines deleted...]
-        <v>117</v>
       </c>
     </row>
     <row r="67" spans="1:4">
       <c r="A67">
         <v>66</v>
       </c>
       <c r="B67" t="s">
         <v>186</v>
       </c>
       <c r="C67" s="1" t="s">
         <v>187</v>
       </c>
       <c r="D67" t="s">
         <v>188</v>
       </c>
     </row>
     <row r="68" spans="1:4">
       <c r="A68">
         <v>67</v>
       </c>
       <c r="B68" t="s">
         <v>189</v>
       </c>
       <c r="C68" s="1" t="s">
         <v>190</v>
@@ -2609,65 +2606,65 @@
     <row r="71" spans="1:4">
       <c r="A71">
         <v>70</v>
       </c>
       <c r="B71" t="s">
         <v>198</v>
       </c>
       <c r="C71" s="1" t="s">
         <v>199</v>
       </c>
       <c r="D71" t="s">
         <v>200</v>
       </c>
     </row>
     <row r="72" spans="1:4">
       <c r="A72">
         <v>71</v>
       </c>
       <c r="B72" t="s">
         <v>201</v>
       </c>
       <c r="C72" s="1" t="s">
         <v>202</v>
       </c>
       <c r="D72" t="s">
-        <v>203</v>
+        <v>156</v>
       </c>
     </row>
     <row r="73" spans="1:4">
       <c r="A73">
         <v>72</v>
       </c>
       <c r="B73" t="s">
+        <v>203</v>
+      </c>
+      <c r="C73" s="1" t="s">
         <v>204</v>
       </c>
-      <c r="C73" s="1" t="s">
+      <c r="D73" t="s">
         <v>205</v>
-      </c>
-[...1 lines deleted...]
-        <v>156</v>
       </c>
     </row>
     <row r="74" spans="1:4">
       <c r="A74">
         <v>73</v>
       </c>
       <c r="B74" t="s">
         <v>206</v>
       </c>
       <c r="C74" s="1" t="s">
         <v>207</v>
       </c>
       <c r="D74" t="s">
         <v>208</v>
       </c>
     </row>
     <row r="75" spans="1:4">
       <c r="A75">
         <v>74</v>
       </c>
       <c r="B75" t="s">
         <v>209</v>
       </c>
       <c r="C75" s="1" t="s">
         <v>210</v>
@@ -2861,51 +2858,51 @@
     <row r="89" spans="1:4">
       <c r="A89">
         <v>88</v>
       </c>
       <c r="B89" t="s">
         <v>251</v>
       </c>
       <c r="C89" s="1" t="s">
         <v>252</v>
       </c>
       <c r="D89" t="s">
         <v>253</v>
       </c>
     </row>
     <row r="90" spans="1:4">
       <c r="A90">
         <v>89</v>
       </c>
       <c r="B90" t="s">
         <v>254</v>
       </c>
       <c r="C90" s="1" t="s">
         <v>255</v>
       </c>
       <c r="D90" t="s">
-        <v>228</v>
+        <v>231</v>
       </c>
     </row>
     <row r="91" spans="1:4">
       <c r="A91">
         <v>90</v>
       </c>
       <c r="B91" t="s">
         <v>256</v>
       </c>
       <c r="C91" s="1" t="s">
         <v>257</v>
       </c>
       <c r="D91" t="s">
         <v>258</v>
       </c>
     </row>
     <row r="92" spans="1:4">
       <c r="A92">
         <v>91</v>
       </c>
       <c r="B92" t="s">
         <v>259</v>
       </c>
       <c r="C92" s="1" t="s">
         <v>260</v>
@@ -2917,51 +2914,51 @@
     <row r="93" spans="1:4">
       <c r="A93">
         <v>92</v>
       </c>
       <c r="B93" t="s">
         <v>262</v>
       </c>
       <c r="C93" s="1" t="s">
         <v>263</v>
       </c>
       <c r="D93" t="s">
         <v>264</v>
       </c>
     </row>
     <row r="94" spans="1:4">
       <c r="A94">
         <v>93</v>
       </c>
       <c r="B94" t="s">
         <v>265</v>
       </c>
       <c r="C94" s="1" t="s">
         <v>266</v>
       </c>
       <c r="D94" t="s">
-        <v>205</v>
+        <v>202</v>
       </c>
     </row>
     <row r="95" spans="1:4">
       <c r="A95">
         <v>94</v>
       </c>
       <c r="B95" t="s">
         <v>267</v>
       </c>
       <c r="C95" s="1" t="s">
         <v>268</v>
       </c>
       <c r="D95" t="s">
         <v>269</v>
       </c>
     </row>
     <row r="96" spans="1:4">
       <c r="A96">
         <v>95</v>
       </c>
       <c r="B96" t="s">
         <v>270</v>
       </c>
       <c r="C96" s="1" t="s">
         <v>271</v>
@@ -3460,68 +3457,68 @@
         <v>377</v>
       </c>
     </row>
     <row r="132" spans="1:4">
       <c r="A132">
         <v>131</v>
       </c>
       <c r="B132" t="s">
         <v>378</v>
       </c>
       <c r="C132" s="1" t="s">
         <v>379</v>
       </c>
       <c r="D132" t="s">
         <v>380</v>
       </c>
     </row>
     <row r="133" spans="1:4">
       <c r="A133">
         <v>132</v>
       </c>
       <c r="B133" t="s">
         <v>381</v>
       </c>
       <c r="C133" s="1" t="s">
-        <v>382</v>
+        <v>379</v>
       </c>
       <c r="D133" t="s">
-        <v>383</v>
+        <v>370</v>
       </c>
     </row>
     <row r="134" spans="1:4">
       <c r="A134">
         <v>133</v>
       </c>
       <c r="B134" t="s">
+        <v>382</v>
+      </c>
+      <c r="C134" s="1" t="s">
+        <v>383</v>
+      </c>
+      <c r="D134" t="s">
         <v>384</v>
-      </c>
-[...4 lines deleted...]
-        <v>373</v>
       </c>
     </row>
     <row r="135" spans="1:4">
       <c r="A135">
         <v>134</v>
       </c>
       <c r="B135" t="s">
         <v>385</v>
       </c>
       <c r="C135" s="1" t="s">
         <v>386</v>
       </c>
       <c r="D135" t="s">
         <v>387</v>
       </c>
     </row>
     <row r="136" spans="1:4">
       <c r="A136">
         <v>135</v>
       </c>
       <c r="B136" t="s">
         <v>388</v>
       </c>
       <c r="C136" s="1" t="s">
         <v>389</v>
@@ -3557,78 +3554,76 @@
       <c r="D138" t="s">
         <v>396</v>
       </c>
     </row>
     <row r="139" spans="1:4">
       <c r="A139">
         <v>138</v>
       </c>
       <c r="B139" t="s">
         <v>397</v>
       </c>
       <c r="C139" s="1" t="s">
         <v>398</v>
       </c>
       <c r="D139" t="s">
         <v>399</v>
       </c>
     </row>
     <row r="140" spans="1:4">
       <c r="A140">
         <v>139</v>
       </c>
       <c r="B140" t="s">
         <v>400</v>
       </c>
-      <c r="C140" s="1" t="s">
+      <c r="C140" s="1"/>
+      <c r="D140" t="s">
         <v>401</v>
-      </c>
-[...1 lines deleted...]
-        <v>402</v>
       </c>
     </row>
     <row r="141" spans="1:4">
       <c r="B141" t="s">
-        <v>403</v>
+        <v>402</v>
       </c>
       <c r="C141" s="1"/>
     </row>
     <row r="142" spans="1:4">
       <c r="B142" t="s">
-        <v>404</v>
+        <v>403</v>
       </c>
       <c r="C142" s="1"/>
     </row>
     <row r="143" spans="1:4">
       <c r="B143" t="s">
-        <v>405</v>
+        <v>404</v>
       </c>
       <c r="C143" s="1"/>
     </row>
     <row r="144" spans="1:4">
       <c r="B144" t="s">
-        <v>406</v>
+        <v>405</v>
       </c>
       <c r="C144" s="1"/>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>