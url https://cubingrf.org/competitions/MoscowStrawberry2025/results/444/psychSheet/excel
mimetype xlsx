--- v0 (2026-01-15)
+++ v1 (2026-03-03)
@@ -12,109 +12,109 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="444" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="270">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="271">
   <si>
     <t>#</t>
   </si>
   <si>
     <t>Имя и фамилия участника</t>
   </si>
   <si>
     <t>Среднее</t>
   </si>
   <si>
     <t>Лучшее</t>
   </si>
   <si>
     <t>Тимофей Тарасенко</t>
   </si>
   <si>
-    <t>20.14</t>
-[...2 lines deleted...]
-    <t>16.95</t>
+    <t>22.28</t>
+  </si>
+  <si>
+    <t>19.19</t>
   </si>
   <si>
     <t>Анатолий Туренко</t>
   </si>
   <si>
-    <t>27.57</t>
+    <t>26.51</t>
   </si>
   <si>
     <t>22.52</t>
   </si>
   <si>
+    <t>Славомил Волосков</t>
+  </si>
+  <si>
+    <t>27.77</t>
+  </si>
+  <si>
+    <t>24.07</t>
+  </si>
+  <si>
     <t>Дмитрий Гундин</t>
   </si>
   <si>
     <t>28.54</t>
   </si>
   <si>
     <t>24.50</t>
   </si>
   <si>
     <t>Владимир Тихоненко</t>
   </si>
   <si>
     <t>29.14</t>
   </si>
   <si>
     <t>26.53</t>
   </si>
   <si>
-    <t>Славомил Волосков</t>
-[...7 lines deleted...]
-  <si>
     <t>Андрей Панов</t>
   </si>
   <si>
     <t>29.49</t>
   </si>
   <si>
     <t>26.24</t>
   </si>
   <si>
     <t>Дмитрий Васильев</t>
   </si>
   <si>
     <t>32.83</t>
   </si>
   <si>
     <t>28.74</t>
   </si>
   <si>
     <t>Арсений Павлов</t>
   </si>
   <si>
     <t>32.99</t>
   </si>
   <si>
     <t>27.07</t>
@@ -140,474 +140,477 @@
   <si>
     <t>34.49</t>
   </si>
   <si>
     <t>28.19</t>
   </si>
   <si>
     <t>Роман Шилов</t>
   </si>
   <si>
     <t>34.53</t>
   </si>
   <si>
     <t>31.25</t>
   </si>
   <si>
     <t>Андрей Синицын</t>
   </si>
   <si>
     <t>34.93</t>
   </si>
   <si>
     <t>31.39</t>
   </si>
   <si>
+    <t>Вадим Сухарев</t>
+  </si>
+  <si>
+    <t>35.27</t>
+  </si>
+  <si>
+    <t>33.55</t>
+  </si>
+  <si>
     <t>Илья Епифанов</t>
   </si>
   <si>
     <t>35.69</t>
   </si>
   <si>
     <t>30.11</t>
   </si>
   <si>
     <t>Максим Знаменщиков</t>
   </si>
   <si>
     <t>35.73</t>
   </si>
   <si>
     <t>30.98</t>
   </si>
   <si>
     <t>Дмитрий Душейко</t>
   </si>
   <si>
     <t>35.88</t>
   </si>
   <si>
     <t>27.83</t>
   </si>
   <si>
     <t>Даниил Тамбовцев</t>
   </si>
   <si>
     <t>36.27</t>
   </si>
   <si>
     <t>31.80</t>
   </si>
   <si>
     <t>Лев Маслов</t>
   </si>
   <si>
     <t>36.89</t>
   </si>
   <si>
     <t>30.19</t>
   </si>
   <si>
-    <t>Вадим Сухарев</t>
-[...5 lines deleted...]
-    <t>34.75</t>
+    <t>Александр Кропотов</t>
+  </si>
+  <si>
+    <t>37.24</t>
+  </si>
+  <si>
+    <t>26.91</t>
   </si>
   <si>
     <t>Анастасия Майкова</t>
   </si>
   <si>
-    <t>37.95</t>
+    <t>37.44</t>
   </si>
   <si>
     <t>30.51</t>
   </si>
   <si>
-    <t>Александр Кропотов</t>
-[...5 lines deleted...]
-    <t>30.21</t>
+    <t>Иван Ворошилов</t>
+  </si>
+  <si>
+    <t>38.62</t>
+  </si>
+  <si>
+    <t>35.92</t>
   </si>
   <si>
     <t>Олег Кремлёв</t>
   </si>
   <si>
     <t>38.91</t>
   </si>
   <si>
     <t>36.40</t>
   </si>
   <si>
     <t>Константин Артюшенко</t>
   </si>
   <si>
     <t>39.51</t>
   </si>
   <si>
     <t>37.16</t>
   </si>
   <si>
     <t>Кирилл Нурмухамедов</t>
   </si>
   <si>
     <t>40.43</t>
   </si>
   <si>
     <t>34.42</t>
   </si>
   <si>
+    <t>Иван Олейников</t>
+  </si>
+  <si>
+    <t>40.82</t>
+  </si>
+  <si>
+    <t>33.02</t>
+  </si>
+  <si>
+    <t>Александр Герасимов</t>
+  </si>
+  <si>
+    <t>41.67</t>
+  </si>
+  <si>
+    <t>37.06</t>
+  </si>
+  <si>
     <t>Тимур Иманов</t>
   </si>
   <si>
-    <t>40.74</t>
+    <t>41.80</t>
   </si>
   <si>
     <t>34.79</t>
   </si>
   <si>
-    <t>Иван Олейников</t>
-[...14 lines deleted...]
-    <t>37.06</t>
+    <t>Владимир Филин</t>
+  </si>
+  <si>
+    <t>41.90</t>
+  </si>
+  <si>
+    <t>35.01</t>
   </si>
   <si>
     <t>Андрей Кошелев</t>
   </si>
   <si>
     <t>42.48</t>
   </si>
   <si>
     <t>33.84</t>
   </si>
   <si>
-    <t>Иван Ворошилов</t>
-[...16 lines deleted...]
-  <si>
     <t>Максим Козловский</t>
   </si>
   <si>
     <t>43.34</t>
   </si>
   <si>
     <t>36.85</t>
   </si>
   <si>
     <t>Ислам Китиев</t>
   </si>
   <si>
     <t>43.36</t>
   </si>
   <si>
     <t>36.06</t>
   </si>
   <si>
     <t>Ксения Зырянова</t>
   </si>
   <si>
     <t>43.50</t>
   </si>
   <si>
     <t>37.52</t>
   </si>
   <si>
     <t>Артём Курицын</t>
   </si>
   <si>
     <t>43.65</t>
   </si>
   <si>
     <t>41.96</t>
   </si>
   <si>
     <t>Тимофей Терещенко</t>
   </si>
   <si>
     <t>43.87</t>
   </si>
   <si>
-    <t>35.87</t>
+    <t>37.85</t>
+  </si>
+  <si>
+    <t>Лев Якименко</t>
+  </si>
+  <si>
+    <t>44.30</t>
+  </si>
+  <si>
+    <t>36.82</t>
   </si>
   <si>
     <t>Андрей Жуков</t>
   </si>
   <si>
-    <t>44.72</t>
+    <t>45.13</t>
   </si>
   <si>
     <t>39.19</t>
   </si>
   <si>
+    <t>Макар Тихонов</t>
+  </si>
+  <si>
+    <t>45.70</t>
+  </si>
+  <si>
+    <t>36.87</t>
+  </si>
+  <si>
     <t>Глеб Некрасов</t>
   </si>
   <si>
     <t>46.54</t>
   </si>
   <si>
     <t>44.34</t>
   </si>
   <si>
+    <t>Дмитрий Резяпкин</t>
+  </si>
+  <si>
+    <t>49.34</t>
+  </si>
+  <si>
+    <t>41.93</t>
+  </si>
+  <si>
+    <t>Василий Николашин</t>
+  </si>
+  <si>
+    <t>49.55</t>
+  </si>
+  <si>
+    <t>42.20</t>
+  </si>
+  <si>
+    <t>Мартин Николаев</t>
+  </si>
+  <si>
+    <t>49.67</t>
+  </si>
+  <si>
+    <t>43.04</t>
+  </si>
+  <si>
+    <t>Юрий Гринчий</t>
+  </si>
+  <si>
+    <t>51.39</t>
+  </si>
+  <si>
+    <t>44.57</t>
+  </si>
+  <si>
     <t>Леонид Тарасенко</t>
   </si>
   <si>
-    <t>47.94</t>
-[...38 lines deleted...]
-    <t>44.57</t>
+    <t>51.41</t>
+  </si>
+  <si>
+    <t>48.66</t>
   </si>
   <si>
     <t>Владислав Затолокин</t>
   </si>
   <si>
     <t>51.48</t>
   </si>
   <si>
     <t>45.28</t>
   </si>
   <si>
     <t>Михаил Говголенко</t>
   </si>
   <si>
     <t>52.33</t>
   </si>
   <si>
     <t>46.95</t>
   </si>
   <si>
     <t>Ольга Ясакова</t>
   </si>
   <si>
     <t>52.41</t>
   </si>
   <si>
     <t>42.85</t>
   </si>
   <si>
-    <t>Макар Тихонов</t>
-[...7 lines deleted...]
-  <si>
     <t>Иван Милый</t>
   </si>
   <si>
     <t>52.75</t>
   </si>
   <si>
     <t>40.64</t>
   </si>
   <si>
     <t>Иван Сидоренко</t>
   </si>
   <si>
     <t>53.05</t>
   </si>
   <si>
     <t>43.67</t>
   </si>
   <si>
     <t>Марк Мирошников</t>
   </si>
   <si>
     <t>53.80</t>
   </si>
   <si>
     <t>51.06</t>
   </si>
   <si>
     <t>Алексей Корицкий</t>
   </si>
   <si>
-    <t>54.46</t>
+    <t>54.48</t>
   </si>
   <si>
     <t>47.68</t>
   </si>
   <si>
     <t>Дмитрий Колотвин</t>
   </si>
   <si>
     <t>54.87</t>
   </si>
   <si>
     <t>49.58</t>
   </si>
   <si>
     <t>Антон Бережнов</t>
   </si>
   <si>
     <t>55.10</t>
   </si>
   <si>
     <t>47.00</t>
   </si>
   <si>
-    <t>Лев Якименко</t>
+    <t>Агата Комекова</t>
   </si>
   <si>
     <t>55.92</t>
   </si>
   <si>
-    <t>48.30</t>
-[...4 lines deleted...]
-  <si>
     <t>49.71</t>
   </si>
   <si>
     <t>Дарья Пойда</t>
   </si>
   <si>
     <t>55.97</t>
   </si>
   <si>
     <t>47.69</t>
   </si>
   <si>
     <t>Степан Мельников</t>
   </si>
   <si>
     <t>56.45</t>
   </si>
   <si>
     <t>50.63</t>
   </si>
   <si>
     <t>Егор Харитонов</t>
   </si>
   <si>
     <t>56.47</t>
   </si>
   <si>
     <t>46.99</t>
   </si>
   <si>
     <t>Дмитрий Дунаев</t>
   </si>
   <si>
     <t>56.59</t>
   </si>
   <si>
     <t>49.27</t>
   </si>
   <si>
     <t>Филипп Радинский</t>
   </si>
   <si>
-    <t>57.13</t>
+    <t>57.40</t>
   </si>
   <si>
     <t>44.89</t>
   </si>
   <si>
     <t>Алексей Сенаторов</t>
   </si>
   <si>
     <t>57.70</t>
   </si>
   <si>
     <t>49.96</t>
   </si>
   <si>
     <t>Павел Мишин</t>
   </si>
   <si>
-    <t>58.37</t>
+    <t>59.22</t>
   </si>
   <si>
     <t>53.37</t>
   </si>
   <si>
     <t>Георгий Голосов</t>
   </si>
   <si>
     <t>59.96</t>
   </si>
   <si>
     <t>47.43</t>
   </si>
   <si>
     <t>Дарья Елисеева</t>
   </si>
   <si>
     <t>1:01.64</t>
   </si>
   <si>
     <t>48.67</t>
   </si>
   <si>
     <t>Александр Корев</t>
   </si>
@@ -656,123 +659,123 @@
   <si>
     <t>Денис Синюшкин</t>
   </si>
   <si>
     <t>1:08.78</t>
   </si>
   <si>
     <t>1:05.47</t>
   </si>
   <si>
     <t>Роман Самвелян</t>
   </si>
   <si>
     <t>1:08.94</t>
   </si>
   <si>
     <t>1:00.57</t>
   </si>
   <si>
     <t>Артём Райхман</t>
   </si>
   <si>
     <t>1:10.16</t>
   </si>
   <si>
-    <t>1:05.80</t>
+    <t>1:04.12</t>
   </si>
   <si>
     <t>Афанасий Иванов</t>
   </si>
   <si>
     <t>1:13.88</t>
   </si>
   <si>
-    <t>1:01.68</t>
+    <t>59.16</t>
   </si>
   <si>
     <t>Лука Лукаш</t>
   </si>
   <si>
     <t>1:14.04</t>
   </si>
   <si>
     <t>1:02.92</t>
   </si>
   <si>
     <t>Алексей Бережнов</t>
   </si>
   <si>
     <t>1:20.73</t>
   </si>
   <si>
     <t>1:09.13</t>
   </si>
   <si>
     <t>Владимир Буковец</t>
   </si>
   <si>
     <t>1:22.05</t>
   </si>
   <si>
     <t>1:03.21</t>
   </si>
   <si>
     <t>Владимир Козлов</t>
   </si>
   <si>
     <t>1:23.53</t>
   </si>
   <si>
     <t>1:13.00</t>
   </si>
   <si>
     <t>Михаил Курицын</t>
   </si>
   <si>
     <t>1:24.01</t>
   </si>
   <si>
     <t>1:15.73</t>
   </si>
   <si>
+    <t>Диана Мурник</t>
+  </si>
+  <si>
+    <t>1:25.72</t>
+  </si>
+  <si>
+    <t>1:23.36</t>
+  </si>
+  <si>
     <t>Мирон Головатый</t>
   </si>
   <si>
     <t>1:27.47</t>
   </si>
   <si>
     <t>1:16.06</t>
-  </si>
-[...7 lines deleted...]
-    <t>1:27.44</t>
   </si>
   <si>
     <t>Тимофей Антонов</t>
   </si>
   <si>
     <t>1:36.70</t>
   </si>
   <si>
     <t>1:18.94</t>
   </si>
   <si>
     <t>Александр Чебан</t>
   </si>
   <si>
     <t>1:56.80</t>
   </si>
   <si>
     <t>1:45.58</t>
   </si>
   <si>
     <t>Арсений Кузовлев</t>
   </si>
   <si>
     <t>1:21.85</t>
   </si>
@@ -1957,581 +1960,581 @@
         <v>158</v>
       </c>
     </row>
     <row r="54" spans="1:4">
       <c r="A54">
         <v>53</v>
       </c>
       <c r="B54" t="s">
         <v>159</v>
       </c>
       <c r="C54" s="1" t="s">
         <v>160</v>
       </c>
       <c r="D54" t="s">
         <v>161</v>
       </c>
     </row>
     <row r="55" spans="1:4">
       <c r="A55">
         <v>54</v>
       </c>
       <c r="B55" t="s">
         <v>162</v>
       </c>
       <c r="C55" s="1" t="s">
-        <v>160</v>
+        <v>163</v>
       </c>
       <c r="D55" t="s">
-        <v>163</v>
+        <v>164</v>
       </c>
     </row>
     <row r="56" spans="1:4">
       <c r="A56">
         <v>55</v>
       </c>
       <c r="B56" t="s">
-        <v>164</v>
+        <v>165</v>
       </c>
       <c r="C56" s="1" t="s">
-        <v>165</v>
+        <v>166</v>
       </c>
       <c r="D56" t="s">
-        <v>166</v>
+        <v>167</v>
       </c>
     </row>
     <row r="57" spans="1:4">
       <c r="A57">
         <v>56</v>
       </c>
       <c r="B57" t="s">
-        <v>167</v>
+        <v>168</v>
       </c>
       <c r="C57" s="1" t="s">
-        <v>168</v>
+        <v>169</v>
       </c>
       <c r="D57" t="s">
-        <v>169</v>
+        <v>170</v>
       </c>
     </row>
     <row r="58" spans="1:4">
       <c r="A58">
         <v>57</v>
       </c>
       <c r="B58" t="s">
-        <v>170</v>
+        <v>171</v>
       </c>
       <c r="C58" s="1" t="s">
-        <v>171</v>
+        <v>172</v>
       </c>
       <c r="D58" t="s">
-        <v>172</v>
+        <v>173</v>
       </c>
     </row>
     <row r="59" spans="1:4">
       <c r="A59">
         <v>58</v>
       </c>
       <c r="B59" t="s">
-        <v>173</v>
+        <v>174</v>
       </c>
       <c r="C59" s="1" t="s">
-        <v>174</v>
+        <v>175</v>
       </c>
       <c r="D59" t="s">
-        <v>175</v>
+        <v>176</v>
       </c>
     </row>
     <row r="60" spans="1:4">
       <c r="A60">
         <v>59</v>
       </c>
       <c r="B60" t="s">
-        <v>176</v>
+        <v>177</v>
       </c>
       <c r="C60" s="1" t="s">
-        <v>177</v>
+        <v>178</v>
       </c>
       <c r="D60" t="s">
-        <v>178</v>
+        <v>179</v>
       </c>
     </row>
     <row r="61" spans="1:4">
       <c r="A61">
         <v>60</v>
       </c>
       <c r="B61" t="s">
-        <v>179</v>
+        <v>180</v>
       </c>
       <c r="C61" s="1" t="s">
-        <v>180</v>
+        <v>181</v>
       </c>
       <c r="D61" t="s">
-        <v>181</v>
+        <v>182</v>
       </c>
     </row>
     <row r="62" spans="1:4">
       <c r="A62">
         <v>61</v>
       </c>
       <c r="B62" t="s">
-        <v>182</v>
+        <v>183</v>
       </c>
       <c r="C62" s="1" t="s">
-        <v>183</v>
+        <v>184</v>
       </c>
       <c r="D62" t="s">
-        <v>184</v>
+        <v>185</v>
       </c>
     </row>
     <row r="63" spans="1:4">
       <c r="A63">
         <v>62</v>
       </c>
       <c r="B63" t="s">
-        <v>185</v>
+        <v>186</v>
       </c>
       <c r="C63" s="1" t="s">
-        <v>186</v>
+        <v>187</v>
       </c>
       <c r="D63" t="s">
-        <v>187</v>
+        <v>188</v>
       </c>
     </row>
     <row r="64" spans="1:4">
       <c r="A64">
         <v>63</v>
       </c>
       <c r="B64" t="s">
-        <v>188</v>
+        <v>189</v>
       </c>
       <c r="C64" s="1" t="s">
-        <v>189</v>
+        <v>190</v>
       </c>
       <c r="D64" t="s">
-        <v>190</v>
+        <v>191</v>
       </c>
     </row>
     <row r="65" spans="1:4">
       <c r="A65">
         <v>64</v>
       </c>
       <c r="B65" t="s">
-        <v>191</v>
+        <v>192</v>
       </c>
       <c r="C65" s="1" t="s">
-        <v>192</v>
+        <v>193</v>
       </c>
       <c r="D65" t="s">
-        <v>193</v>
+        <v>194</v>
       </c>
     </row>
     <row r="66" spans="1:4">
       <c r="A66">
         <v>65</v>
       </c>
       <c r="B66" t="s">
-        <v>194</v>
+        <v>195</v>
       </c>
       <c r="C66" s="1" t="s">
-        <v>195</v>
+        <v>196</v>
       </c>
       <c r="D66" t="s">
-        <v>196</v>
+        <v>197</v>
       </c>
     </row>
     <row r="67" spans="1:4">
       <c r="A67">
         <v>66</v>
       </c>
       <c r="B67" t="s">
-        <v>197</v>
+        <v>198</v>
       </c>
       <c r="C67" s="1" t="s">
-        <v>198</v>
+        <v>199</v>
       </c>
       <c r="D67" t="s">
-        <v>199</v>
+        <v>200</v>
       </c>
     </row>
     <row r="68" spans="1:4">
       <c r="A68">
         <v>67</v>
       </c>
       <c r="B68" t="s">
-        <v>200</v>
+        <v>201</v>
       </c>
       <c r="C68" s="1" t="s">
-        <v>201</v>
+        <v>202</v>
       </c>
       <c r="D68" t="s">
-        <v>202</v>
+        <v>203</v>
       </c>
     </row>
     <row r="69" spans="1:4">
       <c r="A69">
         <v>68</v>
       </c>
       <c r="B69" t="s">
-        <v>203</v>
+        <v>204</v>
       </c>
       <c r="C69" s="1" t="s">
-        <v>204</v>
+        <v>205</v>
       </c>
       <c r="D69" t="s">
-        <v>205</v>
+        <v>206</v>
       </c>
     </row>
     <row r="70" spans="1:4">
       <c r="A70">
         <v>69</v>
       </c>
       <c r="B70" t="s">
-        <v>206</v>
+        <v>207</v>
       </c>
       <c r="C70" s="1" t="s">
-        <v>207</v>
+        <v>208</v>
       </c>
       <c r="D70" t="s">
-        <v>208</v>
+        <v>209</v>
       </c>
     </row>
     <row r="71" spans="1:4">
       <c r="A71">
         <v>70</v>
       </c>
       <c r="B71" t="s">
-        <v>209</v>
+        <v>210</v>
       </c>
       <c r="C71" s="1" t="s">
-        <v>210</v>
+        <v>211</v>
       </c>
       <c r="D71" t="s">
-        <v>211</v>
+        <v>212</v>
       </c>
     </row>
     <row r="72" spans="1:4">
       <c r="A72">
         <v>71</v>
       </c>
       <c r="B72" t="s">
-        <v>212</v>
+        <v>213</v>
       </c>
       <c r="C72" s="1" t="s">
-        <v>213</v>
+        <v>214</v>
       </c>
       <c r="D72" t="s">
-        <v>214</v>
+        <v>215</v>
       </c>
     </row>
     <row r="73" spans="1:4">
       <c r="A73">
         <v>72</v>
       </c>
       <c r="B73" t="s">
-        <v>215</v>
+        <v>216</v>
       </c>
       <c r="C73" s="1" t="s">
-        <v>216</v>
+        <v>217</v>
       </c>
       <c r="D73" t="s">
-        <v>217</v>
+        <v>218</v>
       </c>
     </row>
     <row r="74" spans="1:4">
       <c r="A74">
         <v>73</v>
       </c>
       <c r="B74" t="s">
-        <v>218</v>
+        <v>219</v>
       </c>
       <c r="C74" s="1" t="s">
-        <v>219</v>
+        <v>220</v>
       </c>
       <c r="D74" t="s">
-        <v>220</v>
+        <v>221</v>
       </c>
     </row>
     <row r="75" spans="1:4">
       <c r="A75">
         <v>74</v>
       </c>
       <c r="B75" t="s">
-        <v>221</v>
+        <v>222</v>
       </c>
       <c r="C75" s="1" t="s">
-        <v>222</v>
+        <v>223</v>
       </c>
       <c r="D75" t="s">
-        <v>223</v>
+        <v>224</v>
       </c>
     </row>
     <row r="76" spans="1:4">
       <c r="A76">
         <v>75</v>
       </c>
       <c r="B76" t="s">
-        <v>224</v>
+        <v>225</v>
       </c>
       <c r="C76" s="1" t="s">
-        <v>225</v>
+        <v>226</v>
       </c>
       <c r="D76" t="s">
-        <v>226</v>
+        <v>227</v>
       </c>
     </row>
     <row r="77" spans="1:4">
       <c r="A77">
         <v>76</v>
       </c>
       <c r="B77" t="s">
-        <v>227</v>
+        <v>228</v>
       </c>
       <c r="C77" s="1" t="s">
-        <v>228</v>
+        <v>229</v>
       </c>
       <c r="D77" t="s">
-        <v>229</v>
+        <v>230</v>
       </c>
     </row>
     <row r="78" spans="1:4">
       <c r="A78">
         <v>77</v>
       </c>
       <c r="B78" t="s">
-        <v>230</v>
+        <v>231</v>
       </c>
       <c r="C78" s="1" t="s">
-        <v>231</v>
+        <v>232</v>
       </c>
       <c r="D78" t="s">
-        <v>232</v>
+        <v>233</v>
       </c>
     </row>
     <row r="79" spans="1:4">
       <c r="A79">
         <v>78</v>
       </c>
       <c r="B79" t="s">
-        <v>233</v>
+        <v>234</v>
       </c>
       <c r="C79" s="1" t="s">
-        <v>234</v>
+        <v>235</v>
       </c>
       <c r="D79" t="s">
-        <v>235</v>
+        <v>236</v>
       </c>
     </row>
     <row r="80" spans="1:4">
       <c r="A80">
         <v>79</v>
       </c>
       <c r="B80" t="s">
-        <v>236</v>
+        <v>237</v>
       </c>
       <c r="C80" s="1" t="s">
-        <v>237</v>
+        <v>238</v>
       </c>
       <c r="D80" t="s">
-        <v>238</v>
+        <v>239</v>
       </c>
     </row>
     <row r="81" spans="1:4">
       <c r="A81">
         <v>80</v>
       </c>
       <c r="B81" t="s">
-        <v>239</v>
+        <v>240</v>
       </c>
       <c r="C81" s="1" t="s">
-        <v>240</v>
+        <v>241</v>
       </c>
       <c r="D81" t="s">
-        <v>241</v>
+        <v>242</v>
       </c>
     </row>
     <row r="82" spans="1:4">
       <c r="A82">
         <v>81</v>
       </c>
       <c r="B82" t="s">
-        <v>242</v>
+        <v>243</v>
       </c>
       <c r="C82" s="1" t="s">
-        <v>243</v>
+        <v>244</v>
       </c>
       <c r="D82" t="s">
-        <v>244</v>
+        <v>245</v>
       </c>
     </row>
     <row r="83" spans="1:4">
       <c r="A83">
         <v>82</v>
       </c>
       <c r="B83" t="s">
-        <v>245</v>
+        <v>246</v>
       </c>
       <c r="C83" s="1"/>
       <c r="D83" t="s">
-        <v>246</v>
+        <v>247</v>
       </c>
     </row>
     <row r="84" spans="1:4">
       <c r="A84">
         <v>83</v>
       </c>
       <c r="B84" t="s">
-        <v>247</v>
+        <v>248</v>
       </c>
       <c r="C84" s="1"/>
       <c r="D84" t="s">
-        <v>248</v>
+        <v>249</v>
       </c>
     </row>
     <row r="85" spans="1:4">
       <c r="A85">
         <v>84</v>
       </c>
       <c r="B85" t="s">
-        <v>249</v>
+        <v>250</v>
       </c>
       <c r="C85" s="1"/>
       <c r="D85" t="s">
-        <v>250</v>
+        <v>251</v>
       </c>
     </row>
     <row r="86" spans="1:4">
       <c r="A86">
         <v>85</v>
       </c>
       <c r="B86" t="s">
-        <v>251</v>
+        <v>252</v>
       </c>
       <c r="C86" s="1"/>
       <c r="D86" t="s">
-        <v>252</v>
+        <v>253</v>
       </c>
     </row>
     <row r="87" spans="1:4">
       <c r="A87">
         <v>86</v>
       </c>
       <c r="B87" t="s">
-        <v>253</v>
+        <v>254</v>
       </c>
       <c r="C87" s="1"/>
       <c r="D87" t="s">
-        <v>254</v>
+        <v>255</v>
       </c>
     </row>
     <row r="88" spans="1:4">
       <c r="A88">
         <v>87</v>
       </c>
       <c r="B88" t="s">
-        <v>255</v>
+        <v>256</v>
       </c>
       <c r="C88" s="1"/>
       <c r="D88" t="s">
-        <v>256</v>
+        <v>257</v>
       </c>
     </row>
     <row r="89" spans="1:4">
       <c r="A89">
         <v>88</v>
       </c>
       <c r="B89" t="s">
-        <v>257</v>
+        <v>258</v>
       </c>
       <c r="C89" s="1"/>
       <c r="D89" t="s">
-        <v>258</v>
+        <v>259</v>
       </c>
     </row>
     <row r="90" spans="1:4">
       <c r="A90">
         <v>89</v>
       </c>
       <c r="B90" t="s">
-        <v>259</v>
+        <v>260</v>
       </c>
       <c r="C90" s="1"/>
       <c r="D90" t="s">
-        <v>260</v>
+        <v>261</v>
       </c>
     </row>
     <row r="91" spans="1:4">
       <c r="A91">
         <v>90</v>
       </c>
       <c r="B91" t="s">
-        <v>261</v>
+        <v>262</v>
       </c>
       <c r="C91" s="1"/>
       <c r="D91" t="s">
-        <v>262</v>
+        <v>263</v>
       </c>
     </row>
     <row r="92" spans="1:4">
       <c r="B92" t="s">
-        <v>263</v>
+        <v>264</v>
       </c>
       <c r="C92" s="1"/>
     </row>
     <row r="93" spans="1:4">
       <c r="B93" t="s">
-        <v>264</v>
+        <v>265</v>
       </c>
       <c r="C93" s="1"/>
     </row>
     <row r="94" spans="1:4">
       <c r="B94" t="s">
-        <v>265</v>
+        <v>266</v>
       </c>
       <c r="C94" s="1"/>
     </row>
     <row r="95" spans="1:4">
       <c r="B95" t="s">
-        <v>266</v>
+        <v>267</v>
       </c>
       <c r="C95" s="1"/>
     </row>
     <row r="96" spans="1:4">
       <c r="B96" t="s">
-        <v>267</v>
+        <v>268</v>
       </c>
       <c r="C96" s="1"/>
     </row>
     <row r="97" spans="1:4">
       <c r="B97" t="s">
-        <v>268</v>
+        <v>269</v>
       </c>
       <c r="C97" s="1"/>
     </row>
     <row r="98" spans="1:4">
       <c r="B98" t="s">
-        <v>269</v>
+        <v>270</v>
       </c>
       <c r="C98" s="1"/>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>