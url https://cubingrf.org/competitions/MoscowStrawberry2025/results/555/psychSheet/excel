--- v0 (2025-11-30)
+++ v1 (2026-01-15)
@@ -17,681 +17,681 @@
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="555" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="212">
   <si>
     <t>#</t>
   </si>
   <si>
-    <t>Competitor</t>
-[...11 lines deleted...]
-    <t>37.50</t>
+    <t>Имя и фамилия участника</t>
+  </si>
+  <si>
+    <t>Среднее</t>
+  </si>
+  <si>
+    <t>Лучшее</t>
+  </si>
+  <si>
+    <t>Тимофей Тарасенко</t>
+  </si>
+  <si>
+    <t>36.35</t>
   </si>
   <si>
     <t>31.94</t>
   </si>
   <si>
-    <t>Slavomil Voloskov</t>
+    <t>Славомил Волосков</t>
   </si>
   <si>
     <t>50.67</t>
   </si>
   <si>
     <t>44.88</t>
   </si>
   <si>
-    <t>Andrey Panov</t>
+    <t>Андрей Панов</t>
   </si>
   <si>
     <t>53.03</t>
   </si>
   <si>
     <t>48.87</t>
   </si>
   <si>
-    <t>Vladislav Melnikov</t>
+    <t>Анатолий Туренко</t>
+  </si>
+  <si>
+    <t>54.02</t>
+  </si>
+  <si>
+    <t>46.09</t>
+  </si>
+  <si>
+    <t>Владислав Мельников</t>
   </si>
   <si>
     <t>54.29</t>
   </si>
   <si>
     <t>48.61</t>
   </si>
   <si>
-    <t>Anatolii Turenko</t>
-[...8 lines deleted...]
-    <t>Dmitry Vasilyev</t>
+    <t>Дмитрий Васильев</t>
   </si>
   <si>
     <t>55.24</t>
   </si>
   <si>
     <t>50.34</t>
   </si>
   <si>
-    <t>Maxim Ilin</t>
+    <t>Максим Ильин</t>
   </si>
   <si>
     <t>58.94</t>
   </si>
   <si>
     <t>54.76</t>
   </si>
   <si>
-    <t>Oleg Akkerman</t>
+    <t>Олег Аккерман</t>
   </si>
   <si>
     <t>59.92</t>
   </si>
   <si>
     <t>55.45</t>
   </si>
   <si>
-    <t>Dmitry Gundin</t>
+    <t>Дмитрий Гундин</t>
   </si>
   <si>
     <t>1:00.60</t>
   </si>
   <si>
     <t>51.01</t>
   </si>
   <si>
-    <t>Roman Shilov</t>
+    <t>Роман Шилов</t>
   </si>
   <si>
     <t>1:03.07</t>
   </si>
   <si>
     <t>55.39</t>
   </si>
   <si>
-    <t>Vladimir Tikhonenko</t>
+    <t>Владимир Тихоненко</t>
   </si>
   <si>
     <t>1:03.20</t>
   </si>
   <si>
     <t>51.69</t>
   </si>
   <si>
-    <t>Dmitrii Dusheiko</t>
+    <t>Дмитрий Душейко</t>
   </si>
   <si>
     <t>1:04.46</t>
   </si>
   <si>
     <t>52.77</t>
   </si>
   <si>
-    <t>Lev Maslov</t>
+    <t>Лев Маслов</t>
   </si>
   <si>
     <t>1:05.50</t>
   </si>
   <si>
     <t>59.74</t>
   </si>
   <si>
-    <t>Andrey Sinitsyn</t>
+    <t>Андрей Синицын</t>
   </si>
   <si>
     <t>1:08.75</t>
   </si>
   <si>
     <t>1:06.10</t>
   </si>
   <si>
-    <t>Vadim Sukharev</t>
+    <t>Арсений Павлов</t>
+  </si>
+  <si>
+    <t>1:09.06</t>
+  </si>
+  <si>
+    <t>1:02.16</t>
+  </si>
+  <si>
+    <t>Вадим Сухарев</t>
   </si>
   <si>
     <t>1:09.29</t>
   </si>
   <si>
     <t>59.43</t>
   </si>
   <si>
-    <t>Arsenii Pavlov</t>
-[...8 lines deleted...]
-    <t>Daniil Tambovtsev</t>
+    <t>Александр Кропотов</t>
+  </si>
+  <si>
+    <t>1:09.66</t>
+  </si>
+  <si>
+    <t>1:05.86</t>
+  </si>
+  <si>
+    <t>Даниил Тамбовцев</t>
   </si>
   <si>
     <t>1:10.82</t>
   </si>
   <si>
     <t>1:03.16</t>
   </si>
   <si>
-    <t>Artëm Kuritsyn</t>
+    <t>Артём Курицын</t>
   </si>
   <si>
     <t>1:11.34</t>
   </si>
   <si>
     <t>1:03.90</t>
   </si>
   <si>
-    <t>Maxim Znamenshchikov</t>
+    <t>Максим Знаменщиков</t>
   </si>
   <si>
     <t>1:13.09</t>
   </si>
   <si>
     <t>1:08.00</t>
   </si>
   <si>
-    <t>Ilya Epifanov</t>
+    <t>Илья Епифанов</t>
   </si>
   <si>
     <t>1:13.84</t>
   </si>
   <si>
     <t>1:05.46</t>
   </si>
   <si>
-    <t>Timofey Tereshchenko</t>
+    <t>Тимофей Терещенко</t>
   </si>
   <si>
     <t>1:14.68</t>
   </si>
   <si>
     <t>1:09.34</t>
   </si>
   <si>
-    <t>Aleksandr Gerasimov</t>
+    <t>Александр Герасимов</t>
   </si>
   <si>
     <t>1:16.27</t>
   </si>
   <si>
     <t>1:12.92</t>
   </si>
   <si>
-    <t>Timur Imanov</t>
+    <t>Тимур Иманов</t>
   </si>
   <si>
     <t>1:17.72</t>
   </si>
   <si>
     <t>1:08.50</t>
   </si>
   <si>
-    <t>Aleksandr Kropotov</t>
-[...8 lines deleted...]
-    <t>Kirill Nurmukhamedov</t>
+    <t>Кирилл Нурмухамедов</t>
   </si>
   <si>
     <t>1:19.17</t>
   </si>
   <si>
     <t>1:06.09</t>
   </si>
   <si>
-    <t>Konstantin Artiushenko</t>
+    <t>Константин Артюшенко</t>
   </si>
   <si>
     <t>1:20.06</t>
   </si>
   <si>
     <t>1:12.14</t>
   </si>
   <si>
-    <t>Islam Kitiev</t>
+    <t>Ислам Китиев</t>
   </si>
   <si>
     <t>1:20.12</t>
   </si>
   <si>
     <t>1:14.47</t>
   </si>
   <si>
-    <t>Oleg Kremlyov</t>
+    <t>Олег Кремлёв</t>
   </si>
   <si>
     <t>1:20.84</t>
   </si>
   <si>
     <t>1:12.24</t>
   </si>
   <si>
-    <t>Andrey Zhukov</t>
+    <t>Андрей Жуков</t>
   </si>
   <si>
     <t>1:27.92</t>
   </si>
   <si>
     <t>1:14.82</t>
   </si>
   <si>
-    <t>Olga Yasakova</t>
+    <t>Ольга Ясакова</t>
   </si>
   <si>
     <t>1:30.99</t>
   </si>
   <si>
     <t>1:15.87</t>
   </si>
   <si>
-    <t>Ivan Voroshilov</t>
+    <t>Иван Ворошилов</t>
   </si>
   <si>
     <t>1:31.49</t>
   </si>
   <si>
     <t>1:26.03</t>
   </si>
   <si>
-    <t>Anastasiya Maykova</t>
-[...2 lines deleted...]
-    <t>1:33.52</t>
+    <t>Анастасия Майкова</t>
+  </si>
+  <si>
+    <t>1:32.71</t>
   </si>
   <si>
     <t>1:24.75</t>
   </si>
   <si>
-    <t>Andrey Kohhelev</t>
+    <t>Андрей Кошелев</t>
   </si>
   <si>
     <t>1:36.48</t>
   </si>
   <si>
     <t>1:26.93</t>
   </si>
   <si>
-    <t>Yuriy Grinchiy</t>
+    <t>Юрий Гринчий</t>
   </si>
   <si>
     <t>1:37.01</t>
   </si>
   <si>
     <t>1:17.92</t>
   </si>
   <si>
-    <t>Alexey Koritskiy</t>
+    <t>Алексей Корицкий</t>
   </si>
   <si>
     <t>1:37.71</t>
   </si>
   <si>
     <t>1:29.79</t>
   </si>
   <si>
-    <t>Egor Kharitonov</t>
+    <t>Егор Харитонов</t>
   </si>
   <si>
     <t>1:38.53</t>
   </si>
   <si>
     <t>1:32.56</t>
   </si>
   <si>
-    <t>Maria Zhits</t>
+    <t>Мария Жиц</t>
   </si>
   <si>
     <t>1:39.23</t>
   </si>
   <si>
     <t>1:28.18</t>
   </si>
   <si>
-    <t>Leonid Tarasenko</t>
+    <t>Леонид Тарасенко</t>
   </si>
   <si>
     <t>1:39.39</t>
   </si>
   <si>
     <t>1:24.36</t>
   </si>
   <si>
-    <t>Agata Komekova</t>
+    <t>Агата Комекова</t>
   </si>
   <si>
     <t>1:39.62</t>
   </si>
   <si>
     <t>1:32.08</t>
   </si>
   <si>
-    <t>Kseniya Zyryanova</t>
+    <t>Ксения Зырянова</t>
   </si>
   <si>
     <t>1:40.19</t>
   </si>
   <si>
     <t>1:33.14</t>
   </si>
   <si>
-    <t>Ivan Milyi</t>
+    <t>Иван Милый</t>
   </si>
   <si>
     <t>1:42.83</t>
   </si>
   <si>
     <t>1:23.34</t>
   </si>
   <si>
-    <t>Anton Berezhnov</t>
+    <t>Антон Бережнов</t>
   </si>
   <si>
     <t>1:45.47</t>
   </si>
   <si>
     <t>1:32.82</t>
   </si>
   <si>
-    <t>Vladislav Zatolokin</t>
+    <t>Марк Мирошников</t>
+  </si>
+  <si>
+    <t>1:46.78</t>
+  </si>
+  <si>
+    <t>1:37.09</t>
+  </si>
+  <si>
+    <t>Владислав Затолокин</t>
   </si>
   <si>
     <t>1:47.04</t>
   </si>
   <si>
-    <t>1:39.44</t>
-[...2 lines deleted...]
-    <t>Darʹya Poyda</t>
+    <t>1:37.99</t>
+  </si>
+  <si>
+    <t>Дарья Пойда</t>
   </si>
   <si>
     <t>1:47.07</t>
   </si>
   <si>
     <t>1:39.95</t>
   </si>
   <si>
-    <t>Gleb Nekrasov</t>
+    <t>Глеб Некрасов</t>
   </si>
   <si>
     <t>1:47.14</t>
   </si>
   <si>
     <t>1:28.01</t>
   </si>
   <si>
-    <t>Vladimir Filin</t>
+    <t>Владимир Филин</t>
   </si>
   <si>
     <t>1:47.71</t>
   </si>
   <si>
     <t>1:37.18</t>
   </si>
   <si>
-    <t>Ivan Sidorenko</t>
+    <t>Иван Сидоренко</t>
   </si>
   <si>
     <t>1:47.91</t>
   </si>
   <si>
     <t>1:29.74</t>
   </si>
   <si>
-    <t>Dmitriy Dunaev</t>
+    <t>Дмитрий Дунаев</t>
   </si>
   <si>
     <t>1:48.63</t>
   </si>
   <si>
     <t>1:37.84</t>
   </si>
   <si>
-    <t>Andrey Bakin</t>
+    <t>Андрей Бакин</t>
   </si>
   <si>
     <t>1:52.75</t>
   </si>
   <si>
     <t>1:46.18</t>
   </si>
   <si>
-    <t>Philipp Radinskiy</t>
+    <t>Филипп Радинский</t>
   </si>
   <si>
     <t>1:52.99</t>
   </si>
   <si>
     <t>1:43.38</t>
   </si>
   <si>
-    <t>Vasilii Nikolashin</t>
+    <t>Василий Николашин</t>
   </si>
   <si>
     <t>1:53.16</t>
   </si>
   <si>
     <t>1:46.27</t>
   </si>
   <si>
-    <t>Mark Miroshnikov</t>
-[...8 lines deleted...]
-    <t>Yan Shukevich</t>
+    <t>Ян Шукевич</t>
   </si>
   <si>
     <t>2:01.55</t>
   </si>
   <si>
     <t>1:42.20</t>
   </si>
   <si>
-    <t>Makar Tihonov</t>
+    <t>Макар Тихонов</t>
   </si>
   <si>
     <t>2:02.17</t>
   </si>
   <si>
     <t>2:00.41</t>
   </si>
   <si>
-    <t>Dmitriy Rezyapkin</t>
+    <t>Дмитрий Резяпкин</t>
   </si>
   <si>
     <t>2:07.67</t>
   </si>
   <si>
     <t>1:55.37</t>
   </si>
   <si>
-    <t>Maksim Kozlovskiy</t>
+    <t>Максим Козловский</t>
   </si>
   <si>
     <t>2:10.53</t>
   </si>
   <si>
     <t>1:51.57</t>
   </si>
   <si>
-    <t>Daria Eliseeva</t>
+    <t>Дарья Елисеева</t>
   </si>
   <si>
     <t>2:11.42</t>
   </si>
   <si>
     <t>1:53.17</t>
   </si>
   <si>
-    <t>Lev Yakimenko</t>
+    <t>Лев Якименко</t>
   </si>
   <si>
     <t>2:13.32</t>
   </si>
   <si>
     <t>1:57.32</t>
   </si>
   <si>
-    <t>Dmitry Rodin</t>
+    <t>Дмитрий Родин</t>
   </si>
   <si>
     <t>2:15.07</t>
   </si>
   <si>
     <t>1:50.17</t>
   </si>
   <si>
-    <t>Egor Kasyuk</t>
+    <t>Егор Касюк</t>
   </si>
   <si>
     <t>2:37.70</t>
   </si>
   <si>
     <t>2:20.05</t>
   </si>
   <si>
-    <t>Diana Murnik</t>
+    <t>Диана Мурник</t>
   </si>
   <si>
     <t>3:05.17</t>
   </si>
   <si>
     <t>2:40.12</t>
   </si>
   <si>
-    <t>Anastasiya Vergunova</t>
+    <t>Анастасия Вергунова</t>
   </si>
   <si>
     <t>4:00.99</t>
   </si>
   <si>
     <t>3:27.59</t>
   </si>
   <si>
-    <t>Mikhail Govgolenko</t>
+    <t>Михаил Говголенко</t>
   </si>
   <si>
     <t>2:11.36</t>
   </si>
   <si>
-    <t>Ivan Oleinikov</t>
+    <t>Иван Олейников</t>
   </si>
   <si>
     <t>2:18.18</t>
   </si>
   <si>
-    <t>Dmitry Kolotvin</t>
+    <t>Дмитрий Колотвин</t>
   </si>
   <si>
     <t>2:22.11</t>
   </si>
   <si>
-    <t>Artem Raykhman</t>
+    <t>Артём Райхман</t>
   </si>
   <si>
     <t>2:24.32</t>
   </si>
   <si>
-    <t>Georgiy Golosov</t>
+    <t>Георгий Голосов</t>
   </si>
   <si>
     <t>2:24.91</t>
   </si>
   <si>
-    <t>Martin Nikolayev</t>
+    <t>Мартин Николаев</t>
   </si>
   <si>
     <t>2:27.31</t>
   </si>
   <si>
-    <t>Timofey Antonov</t>
+    <t>Тимофей Антонов</t>
   </si>
   <si>
     <t>2:34.95</t>
   </si>
   <si>
-    <t>Lev Kuraev</t>
+    <t>Лев Кураев</t>
   </si>
   <si>
     <t>2:37.01</t>
   </si>
   <si>
-    <t>Nikita Malyshkin</t>
+    <t>Никита Малышкин</t>
   </si>
   <si>
     <t>2:37.82</t>
   </si>
   <si>
-    <t>Aleksey Berezhnov</t>
+    <t>Алексей Бережнов</t>
   </si>
   <si>
     <t>3:54.26</t>
   </si>
   <si>
-    <t>Alexander Korev</t>
-[...2 lines deleted...]
-    <t>Stanislav Ermakov</t>
+    <t>Александр Корев</t>
+  </si>
+  <si>
+    <t>Станислав Ермаков</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -1014,51 +1014,51 @@
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:D75"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="C75" sqref="C75"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="3.428" bestFit="true" customWidth="true" style="0"/>
-    <col min="2" max="2" width="26.993" bestFit="true" customWidth="true" style="0"/>
+    <col min="2" max="2" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="9.283" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:4">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
         <v>2</v>
       </c>
       <c r="D1" s="1" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="2" spans="1:4">
       <c r="A2">
         <v>1</v>
       </c>
       <c r="B2" t="s">
         <v>4</v>
       </c>