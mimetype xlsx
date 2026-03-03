--- v1 (2026-01-15)
+++ v2 (2026-03-03)
@@ -29,252 +29,252 @@
     <sheet name="555" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="212">
   <si>
     <t>#</t>
   </si>
   <si>
     <t>Имя и фамилия участника</t>
   </si>
   <si>
     <t>Среднее</t>
   </si>
   <si>
     <t>Лучшее</t>
   </si>
   <si>
     <t>Тимофей Тарасенко</t>
   </si>
   <si>
-    <t>36.35</t>
+    <t>38.03</t>
   </si>
   <si>
     <t>31.94</t>
   </si>
   <si>
     <t>Славомил Волосков</t>
   </si>
   <si>
     <t>50.67</t>
   </si>
   <si>
     <t>44.88</t>
   </si>
   <si>
+    <t>Анатолий Туренко</t>
+  </si>
+  <si>
+    <t>52.82</t>
+  </si>
+  <si>
+    <t>46.09</t>
+  </si>
+  <si>
     <t>Андрей Панов</t>
   </si>
   <si>
     <t>53.03</t>
   </si>
   <si>
     <t>48.87</t>
   </si>
   <si>
-    <t>Анатолий Туренко</t>
-[...7 lines deleted...]
-  <si>
     <t>Владислав Мельников</t>
   </si>
   <si>
     <t>54.29</t>
   </si>
   <si>
     <t>48.61</t>
   </si>
   <si>
     <t>Дмитрий Васильев</t>
   </si>
   <si>
     <t>55.24</t>
   </si>
   <si>
     <t>50.34</t>
   </si>
   <si>
+    <t>Дмитрий Гундин</t>
+  </si>
+  <si>
+    <t>58.68</t>
+  </si>
+  <si>
+    <t>51.01</t>
+  </si>
+  <si>
     <t>Максим Ильин</t>
   </si>
   <si>
     <t>58.94</t>
   </si>
   <si>
     <t>54.76</t>
   </si>
   <si>
     <t>Олег Аккерман</t>
   </si>
   <si>
     <t>59.92</t>
   </si>
   <si>
     <t>55.45</t>
   </si>
   <si>
-    <t>Дмитрий Гундин</t>
-[...7 lines deleted...]
-  <si>
     <t>Роман Шилов</t>
   </si>
   <si>
     <t>1:03.07</t>
   </si>
   <si>
     <t>55.39</t>
   </si>
   <si>
     <t>Владимир Тихоненко</t>
   </si>
   <si>
     <t>1:03.20</t>
   </si>
   <si>
     <t>51.69</t>
   </si>
   <si>
     <t>Дмитрий Душейко</t>
   </si>
   <si>
     <t>1:04.46</t>
   </si>
   <si>
     <t>52.77</t>
   </si>
   <si>
+    <t>Вадим Сухарев</t>
+  </si>
+  <si>
+    <t>1:05.43</t>
+  </si>
+  <si>
+    <t>59.43</t>
+  </si>
+  <si>
     <t>Лев Маслов</t>
   </si>
   <si>
     <t>1:05.50</t>
   </si>
   <si>
     <t>59.74</t>
   </si>
   <si>
+    <t>Арсений Павлов</t>
+  </si>
+  <si>
+    <t>1:07.50</t>
+  </si>
+  <si>
+    <t>1:00.94</t>
+  </si>
+  <si>
     <t>Андрей Синицын</t>
   </si>
   <si>
     <t>1:08.75</t>
   </si>
   <si>
     <t>1:06.10</t>
   </si>
   <si>
-    <t>Арсений Павлов</t>
-[...16 lines deleted...]
-  <si>
     <t>Александр Кропотов</t>
   </si>
   <si>
     <t>1:09.66</t>
   </si>
   <si>
     <t>1:05.86</t>
   </si>
   <si>
     <t>Даниил Тамбовцев</t>
   </si>
   <si>
     <t>1:10.82</t>
   </si>
   <si>
     <t>1:03.16</t>
   </si>
   <si>
     <t>Артём Курицын</t>
   </si>
   <si>
     <t>1:11.34</t>
   </si>
   <si>
     <t>1:03.90</t>
   </si>
   <si>
     <t>Максим Знаменщиков</t>
   </si>
   <si>
     <t>1:13.09</t>
   </si>
   <si>
     <t>1:08.00</t>
   </si>
   <si>
     <t>Илья Епифанов</t>
   </si>
   <si>
     <t>1:13.84</t>
   </si>
   <si>
     <t>1:05.46</t>
   </si>
   <si>
+    <t>Александр Герасимов</t>
+  </si>
+  <si>
+    <t>1:16.27</t>
+  </si>
+  <si>
+    <t>1:12.92</t>
+  </si>
+  <si>
     <t>Тимофей Терещенко</t>
   </si>
   <si>
-    <t>1:14.68</t>
-[...11 lines deleted...]
-    <t>1:12.92</t>
+    <t>1:16.84</t>
+  </si>
+  <si>
+    <t>1:06.32</t>
   </si>
   <si>
     <t>Тимур Иманов</t>
   </si>
   <si>
     <t>1:17.72</t>
   </si>
   <si>
     <t>1:08.50</t>
   </si>
   <si>
     <t>Кирилл Нурмухамедов</t>
   </si>
   <si>
     <t>1:19.17</t>
   </si>
   <si>
     <t>1:06.09</t>
   </si>
   <si>
     <t>Константин Артюшенко</t>
   </si>
   <si>
     <t>1:20.06</t>
   </si>
@@ -287,210 +287,228 @@
   <si>
     <t>1:20.12</t>
   </si>
   <si>
     <t>1:14.47</t>
   </si>
   <si>
     <t>Олег Кремлёв</t>
   </si>
   <si>
     <t>1:20.84</t>
   </si>
   <si>
     <t>1:12.24</t>
   </si>
   <si>
     <t>Андрей Жуков</t>
   </si>
   <si>
     <t>1:27.92</t>
   </si>
   <si>
     <t>1:14.82</t>
   </si>
   <si>
+    <t>Андрей Кошелев</t>
+  </si>
+  <si>
+    <t>1:28.86</t>
+  </si>
+  <si>
+    <t>1:20.53</t>
+  </si>
+  <si>
+    <t>Лев Якименко</t>
+  </si>
+  <si>
+    <t>1:29.46</t>
+  </si>
+  <si>
+    <t>1:10.33</t>
+  </si>
+  <si>
     <t>Ольга Ясакова</t>
   </si>
   <si>
-    <t>1:30.99</t>
+    <t>1:29.76</t>
   </si>
   <si>
     <t>1:15.87</t>
   </si>
   <si>
     <t>Иван Ворошилов</t>
   </si>
   <si>
     <t>1:31.49</t>
   </si>
   <si>
     <t>1:26.03</t>
   </si>
   <si>
     <t>Анастасия Майкова</t>
   </si>
   <si>
     <t>1:32.71</t>
   </si>
   <si>
     <t>1:24.75</t>
   </si>
   <si>
-    <t>Андрей Кошелев</t>
-[...5 lines deleted...]
-    <t>1:26.93</t>
+    <t>Владимир Филин</t>
+  </si>
+  <si>
+    <t>1:32.98</t>
+  </si>
+  <si>
+    <t>1:25.03</t>
   </si>
   <si>
     <t>Юрий Гринчий</t>
   </si>
   <si>
     <t>1:37.01</t>
   </si>
   <si>
     <t>1:17.92</t>
   </si>
   <si>
     <t>Алексей Корицкий</t>
   </si>
   <si>
     <t>1:37.71</t>
   </si>
   <si>
     <t>1:29.79</t>
   </si>
   <si>
     <t>Егор Харитонов</t>
   </si>
   <si>
     <t>1:38.53</t>
   </si>
   <si>
     <t>1:32.56</t>
   </si>
   <si>
     <t>Мария Жиц</t>
   </si>
   <si>
     <t>1:39.23</t>
   </si>
   <si>
     <t>1:28.18</t>
   </si>
   <si>
+    <t>Агата Комекова</t>
+  </si>
+  <si>
+    <t>1:39.62</t>
+  </si>
+  <si>
+    <t>1:32.08</t>
+  </si>
+  <si>
+    <t>Ксения Зырянова</t>
+  </si>
+  <si>
+    <t>1:40.19</t>
+  </si>
+  <si>
+    <t>1:33.14</t>
+  </si>
+  <si>
+    <t>Макар Тихонов</t>
+  </si>
+  <si>
+    <t>1:41.78</t>
+  </si>
+  <si>
+    <t>1:13.89</t>
+  </si>
+  <si>
+    <t>Иван Милый</t>
+  </si>
+  <si>
+    <t>1:42.83</t>
+  </si>
+  <si>
+    <t>1:23.34</t>
+  </si>
+  <si>
+    <t>Антон Бережнов</t>
+  </si>
+  <si>
+    <t>1:45.47</t>
+  </si>
+  <si>
+    <t>1:32.82</t>
+  </si>
+  <si>
+    <t>Марк Мирошников</t>
+  </si>
+  <si>
+    <t>1:46.78</t>
+  </si>
+  <si>
+    <t>1:37.09</t>
+  </si>
+  <si>
+    <t>Владислав Затолокин</t>
+  </si>
+  <si>
+    <t>1:47.04</t>
+  </si>
+  <si>
+    <t>1:37.99</t>
+  </si>
+  <si>
+    <t>Дарья Пойда</t>
+  </si>
+  <si>
+    <t>1:47.07</t>
+  </si>
+  <si>
+    <t>1:39.95</t>
+  </si>
+  <si>
+    <t>Глеб Некрасов</t>
+  </si>
+  <si>
+    <t>1:47.14</t>
+  </si>
+  <si>
+    <t>1:28.01</t>
+  </si>
+  <si>
     <t>Леонид Тарасенко</t>
   </si>
   <si>
-    <t>1:39.39</t>
-[...83 lines deleted...]
-    <t>1:37.18</t>
+    <t>1:47.36</t>
+  </si>
+  <si>
+    <t>1:25.13</t>
   </si>
   <si>
     <t>Иван Сидоренко</t>
   </si>
   <si>
     <t>1:47.91</t>
   </si>
   <si>
     <t>1:29.74</t>
   </si>
   <si>
     <t>Дмитрий Дунаев</t>
   </si>
   <si>
     <t>1:48.63</t>
   </si>
   <si>
     <t>1:37.84</t>
   </si>
   <si>
     <t>Андрей Бакин</t>
   </si>
   <si>
     <t>1:52.75</t>
   </si>
@@ -503,120 +521,102 @@
   <si>
     <t>1:52.99</t>
   </si>
   <si>
     <t>1:43.38</t>
   </si>
   <si>
     <t>Василий Николашин</t>
   </si>
   <si>
     <t>1:53.16</t>
   </si>
   <si>
     <t>1:46.27</t>
   </si>
   <si>
     <t>Ян Шукевич</t>
   </si>
   <si>
     <t>2:01.55</t>
   </si>
   <si>
     <t>1:42.20</t>
   </si>
   <si>
-    <t>Макар Тихонов</t>
-[...7 lines deleted...]
-  <si>
     <t>Дмитрий Резяпкин</t>
   </si>
   <si>
     <t>2:07.67</t>
   </si>
   <si>
     <t>1:55.37</t>
   </si>
   <si>
     <t>Максим Козловский</t>
   </si>
   <si>
     <t>2:10.53</t>
   </si>
   <si>
     <t>1:51.57</t>
   </si>
   <si>
     <t>Дарья Елисеева</t>
   </si>
   <si>
-    <t>2:11.42</t>
+    <t>2:11.72</t>
   </si>
   <si>
     <t>1:53.17</t>
   </si>
   <si>
-    <t>Лев Якименко</t>
-[...7 lines deleted...]
-  <si>
     <t>Дмитрий Родин</t>
   </si>
   <si>
     <t>2:15.07</t>
   </si>
   <si>
     <t>1:50.17</t>
   </si>
   <si>
+    <t>Диана Мурник</t>
+  </si>
+  <si>
+    <t>2:36.62</t>
+  </si>
+  <si>
+    <t>2:27.28</t>
+  </si>
+  <si>
     <t>Егор Касюк</t>
   </si>
   <si>
     <t>2:37.70</t>
   </si>
   <si>
     <t>2:20.05</t>
-  </si>
-[...7 lines deleted...]
-    <t>2:40.12</t>
   </si>
   <si>
     <t>Анастасия Вергунова</t>
   </si>
   <si>
     <t>4:00.99</t>
   </si>
   <si>
     <t>3:27.59</t>
   </si>
   <si>
     <t>Михаил Говголенко</t>
   </si>
   <si>
     <t>2:11.36</t>
   </si>
   <si>
     <t>Иван Олейников</t>
   </si>
   <si>
     <t>2:18.18</t>
   </si>
   <si>
     <t>Дмитрий Колотвин</t>
   </si>