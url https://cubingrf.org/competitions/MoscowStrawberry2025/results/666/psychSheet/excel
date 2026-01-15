--- v0 (2025-11-30)
+++ v1 (2026-01-15)
@@ -17,450 +17,450 @@
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="666" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="135">
   <si>
     <t>#</t>
   </si>
   <si>
-    <t>Competitor</t>
-[...17 lines deleted...]
-    <t>Slavomil Voloskov</t>
+    <t>Имя и фамилия участника</t>
+  </si>
+  <si>
+    <t>Среднее</t>
+  </si>
+  <si>
+    <t>Лучшее</t>
+  </si>
+  <si>
+    <t>Тимофей Тарасенко</t>
+  </si>
+  <si>
+    <t>1:10.06</t>
+  </si>
+  <si>
+    <t>1:05.88</t>
+  </si>
+  <si>
+    <t>Славомил Волосков</t>
   </si>
   <si>
     <t>1:40.96</t>
   </si>
   <si>
     <t>1:30.25</t>
   </si>
   <si>
-    <t>Oleg Akkerman</t>
+    <t>Олег Аккерман</t>
   </si>
   <si>
     <t>1:45.78</t>
   </si>
   <si>
     <t>1:42.86</t>
   </si>
   <si>
-    <t>Andrey Panov</t>
+    <t>Андрей Панов</t>
   </si>
   <si>
     <t>1:48.55</t>
   </si>
   <si>
     <t>1:44.57</t>
   </si>
   <si>
-    <t>Vladislav Melnikov</t>
+    <t>Владислав Мельников</t>
   </si>
   <si>
     <t>1:51.94</t>
   </si>
   <si>
     <t>1:46.19</t>
   </si>
   <si>
-    <t>Anatolii Turenko</t>
-[...8 lines deleted...]
-    <t>Dmitry Vasilyev</t>
+    <t>Анатолий Туренко</t>
+  </si>
+  <si>
+    <t>1:53.20</t>
+  </si>
+  <si>
+    <t>1:47.25</t>
+  </si>
+  <si>
+    <t>Дмитрий Васильев</t>
   </si>
   <si>
     <t>1:53.71</t>
   </si>
   <si>
     <t>1:47.54</t>
   </si>
   <si>
-    <t>Lev Maslov</t>
+    <t>Лев Маслов</t>
   </si>
   <si>
     <t>1:56.83</t>
   </si>
   <si>
     <t>1:50.61</t>
   </si>
   <si>
-    <t>Roman Shilov</t>
+    <t>Роман Шилов</t>
   </si>
   <si>
     <t>2:01.63</t>
   </si>
   <si>
     <t>1:54.06</t>
   </si>
   <si>
-    <t>Dmitrii Dusheiko</t>
+    <t>Дмитрий Душейко</t>
   </si>
   <si>
     <t>2:02.51</t>
   </si>
   <si>
     <t>1:51.86</t>
   </si>
   <si>
-    <t>Maxim Ilin</t>
+    <t>Максим Ильин</t>
   </si>
   <si>
     <t>2:14.90</t>
   </si>
   <si>
     <t>2:11.56</t>
   </si>
   <si>
-    <t>Ilya Epifanov</t>
+    <t>Илья Епифанов</t>
   </si>
   <si>
     <t>2:20.51</t>
   </si>
   <si>
     <t>2:17.76</t>
   </si>
   <si>
-    <t>Vadim Sukharev</t>
+    <t>Вадим Сухарев</t>
   </si>
   <si>
     <t>2:22.54</t>
   </si>
   <si>
     <t>2:12.70</t>
   </si>
   <si>
-    <t>Aleksandr Kropotov</t>
+    <t>Александр Кропотов</t>
   </si>
   <si>
     <t>2:23.57</t>
   </si>
   <si>
     <t>2:15.10</t>
   </si>
   <si>
-    <t>Aleksandr Gerasimov</t>
+    <t>Александр Герасимов</t>
   </si>
   <si>
     <t>2:27.42</t>
   </si>
   <si>
     <t>2:21.85</t>
   </si>
   <si>
-    <t>Timofey Tereshchenko</t>
+    <t>Тимофей Терещенко</t>
   </si>
   <si>
     <t>2:27.92</t>
   </si>
   <si>
     <t>2:13.13</t>
   </si>
   <si>
-    <t>Vladimir Tikhonenko</t>
+    <t>Владимир Тихоненко</t>
   </si>
   <si>
     <t>2:30.12</t>
   </si>
   <si>
     <t>2:06.79</t>
   </si>
   <si>
-    <t>Artëm Kuritsyn</t>
+    <t>Артём Курицын</t>
   </si>
   <si>
     <t>2:31.98</t>
   </si>
   <si>
     <t>2:23.05</t>
   </si>
   <si>
-    <t>Oleg Kremlyov</t>
+    <t>Олег Кремлёв</t>
   </si>
   <si>
     <t>2:35.90</t>
   </si>
   <si>
     <t>2:30.79</t>
   </si>
   <si>
-    <t>Islam Kitiev</t>
+    <t>Ислам Китиев</t>
   </si>
   <si>
     <t>2:36.43</t>
   </si>
   <si>
     <t>2:26.93</t>
   </si>
   <si>
-    <t>Konstantin Artiushenko</t>
+    <t>Константин Артюшенко</t>
   </si>
   <si>
     <t>2:39.17</t>
   </si>
   <si>
     <t>2:23.91</t>
   </si>
   <si>
-    <t>Daniil Tambovtsev</t>
+    <t>Даниил Тамбовцев</t>
   </si>
   <si>
     <t>2:40.70</t>
   </si>
   <si>
     <t>2:33.58</t>
   </si>
   <si>
-    <t>Maxim Znamenshchikov</t>
+    <t>Максим Знаменщиков</t>
   </si>
   <si>
     <t>2:41.00</t>
   </si>
   <si>
     <t>2:27.03</t>
   </si>
   <si>
-    <t>Andrey Zhukov</t>
+    <t>Андрей Жуков</t>
   </si>
   <si>
     <t>2:45.80</t>
   </si>
   <si>
     <t>2:36.84</t>
   </si>
   <si>
-    <t>Olga Yasakova</t>
+    <t>Ольга Ясакова</t>
   </si>
   <si>
     <t>2:47.98</t>
   </si>
   <si>
     <t>2:39.72</t>
   </si>
   <si>
-    <t>Kirill Nurmukhamedov</t>
+    <t>Кирилл Нурмухамедов</t>
   </si>
   <si>
     <t>2:54.45</t>
   </si>
   <si>
     <t>2:43.54</t>
   </si>
   <si>
-    <t>Leonid Tarasenko</t>
+    <t>Леонид Тарасенко</t>
   </si>
   <si>
     <t>3:11.53</t>
   </si>
   <si>
     <t>2:58.18</t>
   </si>
   <si>
-    <t>Timur Imanov</t>
+    <t>Тимур Иманов</t>
   </si>
   <si>
     <t>3:13.55</t>
   </si>
   <si>
     <t>3:10.60</t>
   </si>
   <si>
-    <t>Ivan Milyi</t>
+    <t>Иван Милый</t>
   </si>
   <si>
     <t>3:17.29</t>
   </si>
   <si>
     <t>3:04.74</t>
   </si>
   <si>
-    <t>Anastasiya Maykova</t>
+    <t>Анастасия Майкова</t>
   </si>
   <si>
     <t>3:36.14</t>
   </si>
   <si>
     <t>3:24.13</t>
   </si>
   <si>
-    <t>Vladislav Zatolokin</t>
+    <t>Владислав Затолокин</t>
   </si>
   <si>
     <t>3:44.62</t>
   </si>
   <si>
     <t>3:31.36</t>
   </si>
   <si>
-    <t>Darʹya Poyda</t>
+    <t>Дарья Пойда</t>
   </si>
   <si>
     <t>3:48.62</t>
   </si>
   <si>
     <t>3:26.90</t>
   </si>
   <si>
-    <t>Andrey Bakin</t>
+    <t>Андрей Бакин</t>
   </si>
   <si>
     <t>4:01.78</t>
   </si>
   <si>
     <t>3:42.38</t>
   </si>
   <si>
-    <t>Gleb Nekrasov</t>
+    <t>Глеб Некрасов</t>
   </si>
   <si>
     <t>4:14.30</t>
   </si>
   <si>
     <t>3:37.24</t>
   </si>
   <si>
-    <t>Dmitriy Dunaev</t>
+    <t>Дмитрий Дунаев</t>
   </si>
   <si>
     <t>4:15.92</t>
   </si>
   <si>
     <t>3:48.79</t>
   </si>
   <si>
-    <t>Egor Kharitonov</t>
+    <t>Егор Харитонов</t>
   </si>
   <si>
     <t>4:44.78</t>
   </si>
   <si>
     <t>3:30.99</t>
   </si>
   <si>
-    <t>Diana Murnik</t>
+    <t>Диана Мурник</t>
   </si>
   <si>
     <t>5:16.92</t>
   </si>
   <si>
     <t>5:04.25</t>
   </si>
   <si>
-    <t>Daria Eliseeva</t>
+    <t>Дарья Елисеева</t>
   </si>
   <si>
     <t>5:19.86</t>
   </si>
   <si>
     <t>4:43.12</t>
   </si>
   <si>
-    <t>Makar Tihonov</t>
+    <t>Макар Тихонов</t>
   </si>
   <si>
     <t>5:30.53</t>
   </si>
   <si>
     <t>5:13.14</t>
   </si>
   <si>
-    <t>Lev Kuraev</t>
+    <t>Лев Кураев</t>
   </si>
   <si>
     <t>5:45.54</t>
   </si>
   <si>
     <t>5:02.08</t>
   </si>
   <si>
-    <t>Vladimir Bukovets</t>
+    <t>Владимир Буковец</t>
   </si>
   <si>
     <t>6:13.56</t>
   </si>
   <si>
     <t>5:57.79</t>
   </si>
   <si>
-    <t>Ivan Sidorenko</t>
+    <t>Иван Сидоренко</t>
   </si>
   <si>
     <t>3:42.78</t>
   </si>
   <si>
-    <t>Egor Kasyuk</t>
+    <t>Егор Касюк</t>
   </si>
   <si>
     <t>5:02.66</t>
   </si>
   <si>
-    <t>Anastasiya Vergunova</t>
-[...8 lines deleted...]
-    <t>Nikita Malyshkin</t>
+    <t>Анастасия Вергунова</t>
+  </si>
+  <si>
+    <t>Артём Райхман</t>
+  </si>
+  <si>
+    <t>Михаил Говголенко</t>
+  </si>
+  <si>
+    <t>Никита Малышкин</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -783,51 +783,51 @@
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:D48"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="C48" sqref="C48"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="3.428" bestFit="true" customWidth="true" style="0"/>
-    <col min="2" max="2" width="26.993" bestFit="true" customWidth="true" style="0"/>
+    <col min="2" max="2" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="9.283" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:4">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
         <v>2</v>
       </c>
       <c r="D1" s="1" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="2" spans="1:4">
       <c r="A2">
         <v>1</v>
       </c>
       <c r="B2" t="s">
         <v>4</v>
       </c>