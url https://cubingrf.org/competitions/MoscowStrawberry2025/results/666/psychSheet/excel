--- v1 (2026-01-15)
+++ v2 (2026-03-03)
@@ -12,98 +12,98 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="666" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="135">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="133">
   <si>
     <t>#</t>
   </si>
   <si>
     <t>Имя и фамилия участника</t>
   </si>
   <si>
     <t>Среднее</t>
   </si>
   <si>
     <t>Лучшее</t>
   </si>
   <si>
     <t>Тимофей Тарасенко</t>
   </si>
   <si>
-    <t>1:10.06</t>
-[...2 lines deleted...]
-    <t>1:05.88</t>
+    <t>1:15.20</t>
+  </si>
+  <si>
+    <t>1:13.07</t>
   </si>
   <si>
     <t>Славомил Волосков</t>
   </si>
   <si>
-    <t>1:40.96</t>
-[...2 lines deleted...]
-    <t>1:30.25</t>
+    <t>1:32.99</t>
+  </si>
+  <si>
+    <t>1:27.13</t>
   </si>
   <si>
     <t>Олег Аккерман</t>
   </si>
   <si>
     <t>1:45.78</t>
   </si>
   <si>
     <t>1:42.86</t>
   </si>
   <si>
     <t>Андрей Панов</t>
   </si>
   <si>
-    <t>1:48.55</t>
-[...2 lines deleted...]
-    <t>1:44.57</t>
+    <t>1:46.68</t>
+  </si>
+  <si>
+    <t>1:43.51</t>
   </si>
   <si>
     <t>Владислав Мельников</t>
   </si>
   <si>
     <t>1:51.94</t>
   </si>
   <si>
     <t>1:46.19</t>
   </si>
   <si>
     <t>Анатолий Туренко</t>
   </si>
   <si>
     <t>1:53.20</t>
   </si>
   <si>
     <t>1:47.25</t>
   </si>
   <si>
     <t>Дмитрий Васильев</t>
   </si>
   <si>
     <t>1:53.71</t>
   </si>
@@ -125,95 +125,95 @@
   <si>
     <t>2:01.63</t>
   </si>
   <si>
     <t>1:54.06</t>
   </si>
   <si>
     <t>Дмитрий Душейко</t>
   </si>
   <si>
     <t>2:02.51</t>
   </si>
   <si>
     <t>1:51.86</t>
   </si>
   <si>
     <t>Максим Ильин</t>
   </si>
   <si>
     <t>2:14.90</t>
   </si>
   <si>
     <t>2:11.56</t>
   </si>
   <si>
+    <t>Вадим Сухарев</t>
+  </si>
+  <si>
+    <t>2:15.52</t>
+  </si>
+  <si>
+    <t>2:06.94</t>
+  </si>
+  <si>
+    <t>Тимофей Терещенко</t>
+  </si>
+  <si>
+    <t>2:19.81</t>
+  </si>
+  <si>
+    <t>2:09.25</t>
+  </si>
+  <si>
     <t>Илья Епифанов</t>
   </si>
   <si>
     <t>2:20.51</t>
   </si>
   <si>
     <t>2:17.76</t>
   </si>
   <si>
-    <t>Вадим Сухарев</t>
-[...7 lines deleted...]
-  <si>
     <t>Александр Кропотов</t>
   </si>
   <si>
     <t>2:23.57</t>
   </si>
   <si>
     <t>2:15.10</t>
   </si>
   <si>
     <t>Александр Герасимов</t>
   </si>
   <si>
     <t>2:27.42</t>
   </si>
   <si>
     <t>2:21.85</t>
   </si>
   <si>
-    <t>Тимофей Терещенко</t>
-[...7 lines deleted...]
-  <si>
     <t>Владимир Тихоненко</t>
   </si>
   <si>
     <t>2:30.12</t>
   </si>
   <si>
     <t>2:06.79</t>
   </si>
   <si>
     <t>Артём Курицын</t>
   </si>
   <si>
     <t>2:31.98</t>
   </si>
   <si>
     <t>2:23.05</t>
   </si>
   <si>
     <t>Олег Кремлёв</t>
   </si>
   <si>
     <t>2:35.90</t>
   </si>
   <si>
     <t>2:30.79</t>
@@ -233,234 +233,228 @@
   <si>
     <t>2:39.17</t>
   </si>
   <si>
     <t>2:23.91</t>
   </si>
   <si>
     <t>Даниил Тамбовцев</t>
   </si>
   <si>
     <t>2:40.70</t>
   </si>
   <si>
     <t>2:33.58</t>
   </si>
   <si>
     <t>Максим Знаменщиков</t>
   </si>
   <si>
     <t>2:41.00</t>
   </si>
   <si>
     <t>2:27.03</t>
   </si>
   <si>
+    <t>Ольга Ясакова</t>
+  </si>
+  <si>
+    <t>2:42.41</t>
+  </si>
+  <si>
+    <t>2:36.82</t>
+  </si>
+  <si>
     <t>Андрей Жуков</t>
   </si>
   <si>
     <t>2:45.80</t>
   </si>
   <si>
     <t>2:36.84</t>
   </si>
   <si>
-    <t>Ольга Ясакова</t>
-[...7 lines deleted...]
-  <si>
     <t>Кирилл Нурмухамедов</t>
   </si>
   <si>
     <t>2:54.45</t>
   </si>
   <si>
     <t>2:43.54</t>
   </si>
   <si>
+    <t>Иван Милый</t>
+  </si>
+  <si>
+    <t>3:17.29</t>
+  </si>
+  <si>
+    <t>3:04.74</t>
+  </si>
+  <si>
+    <t>Анастасия Майкова</t>
+  </si>
+  <si>
+    <t>3:36.14</t>
+  </si>
+  <si>
+    <t>3:24.13</t>
+  </si>
+  <si>
+    <t>Владислав Затолокин</t>
+  </si>
+  <si>
+    <t>3:44.62</t>
+  </si>
+  <si>
+    <t>3:31.36</t>
+  </si>
+  <si>
+    <t>Дарья Пойда</t>
+  </si>
+  <si>
+    <t>3:48.62</t>
+  </si>
+  <si>
+    <t>3:26.90</t>
+  </si>
+  <si>
     <t>Леонид Тарасенко</t>
   </si>
   <si>
-    <t>3:11.53</t>
-[...2 lines deleted...]
-    <t>2:58.18</t>
+    <t>3:49.94</t>
+  </si>
+  <si>
+    <t>3:44.70</t>
+  </si>
+  <si>
+    <t>Макар Тихонов</t>
+  </si>
+  <si>
+    <t>3:49.98</t>
+  </si>
+  <si>
+    <t>3:35.01</t>
+  </si>
+  <si>
+    <t>Андрей Бакин</t>
+  </si>
+  <si>
+    <t>4:01.78</t>
+  </si>
+  <si>
+    <t>3:42.38</t>
+  </si>
+  <si>
+    <t>Глеб Некрасов</t>
+  </si>
+  <si>
+    <t>4:14.30</t>
+  </si>
+  <si>
+    <t>3:47.46</t>
+  </si>
+  <si>
+    <t>Дмитрий Дунаев</t>
+  </si>
+  <si>
+    <t>4:15.92</t>
+  </si>
+  <si>
+    <t>3:48.79</t>
+  </si>
+  <si>
+    <t>Егор Харитонов</t>
+  </si>
+  <si>
+    <t>4:44.78</t>
+  </si>
+  <si>
+    <t>3:30.99</t>
+  </si>
+  <si>
+    <t>Диана Мурник</t>
+  </si>
+  <si>
+    <t>5:16.92</t>
+  </si>
+  <si>
+    <t>5:04.25</t>
+  </si>
+  <si>
+    <t>Дарья Елисеева</t>
+  </si>
+  <si>
+    <t>5:19.86</t>
+  </si>
+  <si>
+    <t>4:43.12</t>
+  </si>
+  <si>
+    <t>Лев Кураев</t>
+  </si>
+  <si>
+    <t>5:45.54</t>
+  </si>
+  <si>
+    <t>5:02.08</t>
+  </si>
+  <si>
+    <t>Владимир Буковец</t>
+  </si>
+  <si>
+    <t>6:13.56</t>
+  </si>
+  <si>
+    <t>5:57.79</t>
+  </si>
+  <si>
+    <t>Иван Сидоренко</t>
+  </si>
+  <si>
+    <t>3:42.78</t>
+  </si>
+  <si>
+    <t>Егор Касюк</t>
+  </si>
+  <si>
+    <t>5:02.66</t>
+  </si>
+  <si>
+    <t>Анастасия Вергунова</t>
+  </si>
+  <si>
+    <t>Артём Райхман</t>
+  </si>
+  <si>
+    <t>Михаил Говголенко</t>
+  </si>
+  <si>
+    <t>Никита Малышкин</t>
   </si>
   <si>
     <t>Тимур Иманов</t>
-  </si>
-[...145 lines deleted...]
-    <t>Никита Малышкин</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -1369,102 +1363,94 @@
       <c r="D40" t="s">
         <v>120</v>
       </c>
     </row>
     <row r="41" spans="1:4">
       <c r="A41">
         <v>40</v>
       </c>
       <c r="B41" t="s">
         <v>121</v>
       </c>
       <c r="C41" s="1" t="s">
         <v>122</v>
       </c>
       <c r="D41" t="s">
         <v>123</v>
       </c>
     </row>
     <row r="42" spans="1:4">
       <c r="A42">
         <v>41</v>
       </c>
       <c r="B42" t="s">
         <v>124</v>
       </c>
-      <c r="C42" s="1" t="s">
+      <c r="C42" s="1"/>
+      <c r="D42" t="s">
         <v>125</v>
-      </c>
-[...1 lines deleted...]
-        <v>126</v>
       </c>
     </row>
     <row r="43" spans="1:4">
       <c r="A43">
         <v>42</v>
       </c>
       <c r="B43" t="s">
-        <v>127</v>
+        <v>126</v>
       </c>
       <c r="C43" s="1"/>
       <c r="D43" t="s">
+        <v>127</v>
+      </c>
+    </row>
+    <row r="44" spans="1:4">
+      <c r="B44" t="s">
         <v>128</v>
       </c>
-    </row>
-[...6 lines deleted...]
-      </c>
       <c r="C44" s="1"/>
-      <c r="D44" t="s">
-[...1 lines deleted...]
-      </c>
     </row>
     <row r="45" spans="1:4">
       <c r="B45" t="s">
-        <v>131</v>
+        <v>129</v>
       </c>
       <c r="C45" s="1"/>
     </row>
     <row r="46" spans="1:4">
       <c r="B46" t="s">
-        <v>132</v>
+        <v>130</v>
       </c>
       <c r="C46" s="1"/>
     </row>
     <row r="47" spans="1:4">
       <c r="B47" t="s">
-        <v>133</v>
+        <v>131</v>
       </c>
       <c r="C47" s="1"/>
     </row>
     <row r="48" spans="1:4">
       <c r="B48" t="s">
-        <v>134</v>
+        <v>132</v>
       </c>
       <c r="C48" s="1"/>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>