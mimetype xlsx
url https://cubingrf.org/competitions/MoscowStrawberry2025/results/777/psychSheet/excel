--- v0 (2025-11-30)
+++ v1 (2026-01-15)
@@ -143,66 +143,66 @@
   <si>
     <t>3:27.96</t>
   </si>
   <si>
     <t>3:18.36</t>
   </si>
   <si>
     <t>Вадим Сухарев</t>
   </si>
   <si>
     <t>3:28.17</t>
   </si>
   <si>
     <t>3:17.82</t>
   </si>
   <si>
     <t>Александр Герасимов</t>
   </si>
   <si>
     <t>3:35.48</t>
   </si>
   <si>
     <t>3:27.84</t>
   </si>
   <si>
+    <t>Александр Кропотов</t>
+  </si>
+  <si>
+    <t>3:38.56</t>
+  </si>
+  <si>
+    <t>3:26.92</t>
+  </si>
+  <si>
     <t>Тимофей Терещенко</t>
   </si>
   <si>
     <t>3:44.06</t>
   </si>
   <si>
     <t>3:38.81</t>
-  </si>
-[...7 lines deleted...]
-    <t>3:39.73</t>
   </si>
   <si>
     <t>Олег Кремлёв</t>
   </si>
   <si>
     <t>4:05.82</t>
   </si>
   <si>
     <t>3:50.17</t>
   </si>
   <si>
     <t>Илья Епифанов</t>
   </si>
   <si>
     <t>4:07.45</t>
   </si>
   <si>
     <t>3:36.75</t>
   </si>
   <si>
     <t>Ислам Китиев</t>
   </si>
   <si>
     <t>4:13.15</t>
   </si>