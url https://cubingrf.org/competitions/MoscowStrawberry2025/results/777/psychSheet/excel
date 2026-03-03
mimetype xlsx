--- v1 (2026-01-15)
+++ v2 (2026-03-03)
@@ -29,216 +29,216 @@
     <sheet name="777" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="121">
   <si>
     <t>#</t>
   </si>
   <si>
     <t>Имя и фамилия участника</t>
   </si>
   <si>
     <t>Среднее</t>
   </si>
   <si>
     <t>Лучшее</t>
   </si>
   <si>
     <t>Тимофей Тарасенко</t>
   </si>
   <si>
-    <t>1:50.73</t>
+    <t>1:51.12</t>
   </si>
   <si>
     <t>1:44.79</t>
   </si>
   <si>
     <t>Славомил Волосков</t>
   </si>
   <si>
     <t>2:24.68</t>
   </si>
   <si>
-    <t>2:18.94</t>
+    <t>2:16.59</t>
+  </si>
+  <si>
+    <t>Андрей Панов</t>
+  </si>
+  <si>
+    <t>2:36.80</t>
+  </si>
+  <si>
+    <t>2:25.69</t>
   </si>
   <si>
     <t>Олег Аккерман</t>
   </si>
   <si>
     <t>2:37.91</t>
   </si>
   <si>
     <t>2:29.41</t>
   </si>
   <si>
     <t>Дмитрий Васильев</t>
   </si>
   <si>
     <t>2:48.71</t>
   </si>
   <si>
     <t>2:37.21</t>
   </si>
   <si>
-    <t>Андрей Панов</t>
-[...7 lines deleted...]
-  <si>
     <t>Лев Маслов</t>
   </si>
   <si>
     <t>2:55.00</t>
   </si>
   <si>
-    <t>2:46.59</t>
+    <t>2:45.19</t>
   </si>
   <si>
     <t>Роман Шилов</t>
   </si>
   <si>
     <t>2:55.10</t>
   </si>
   <si>
     <t>2:51.70</t>
   </si>
   <si>
     <t>Дмитрий Душейко</t>
   </si>
   <si>
     <t>2:56.07</t>
   </si>
   <si>
     <t>2:46.81</t>
   </si>
   <si>
     <t>Владислав Мельников</t>
   </si>
   <si>
     <t>2:56.25</t>
   </si>
   <si>
     <t>2:49.05</t>
   </si>
   <si>
+    <t>Вадим Сухарев</t>
+  </si>
+  <si>
+    <t>3:25.98</t>
+  </si>
+  <si>
+    <t>3:11.98</t>
+  </si>
+  <si>
+    <t>Анатолий Туренко</t>
+  </si>
+  <si>
+    <t>3:27.96</t>
+  </si>
+  <si>
+    <t>3:21.63</t>
+  </si>
+  <si>
     <t>Максим Ильин</t>
   </si>
   <si>
-    <t>3:26.84</t>
-[...20 lines deleted...]
-    <t>3:17.82</t>
+    <t>3:33.19</t>
+  </si>
+  <si>
+    <t>3:21.18</t>
   </si>
   <si>
     <t>Александр Герасимов</t>
   </si>
   <si>
     <t>3:35.48</t>
   </si>
   <si>
     <t>3:27.84</t>
   </si>
   <si>
     <t>Александр Кропотов</t>
   </si>
   <si>
     <t>3:38.56</t>
   </si>
   <si>
     <t>3:26.92</t>
   </si>
   <si>
     <t>Тимофей Терещенко</t>
   </si>
   <si>
     <t>3:44.06</t>
   </si>
   <si>
-    <t>3:38.81</t>
+    <t>3:36.70</t>
   </si>
   <si>
     <t>Олег Кремлёв</t>
   </si>
   <si>
     <t>4:05.82</t>
   </si>
   <si>
     <t>3:50.17</t>
   </si>
   <si>
     <t>Илья Епифанов</t>
   </si>
   <si>
     <t>4:07.45</t>
   </si>
   <si>
     <t>3:36.75</t>
   </si>
   <si>
     <t>Ислам Китиев</t>
   </si>
   <si>
     <t>4:13.15</t>
   </si>
   <si>
     <t>3:50.45</t>
   </si>
   <si>
     <t>Ольга Ясакова</t>
   </si>
   <si>
-    <t>4:13.42</t>
-[...2 lines deleted...]
-    <t>4:04.32</t>
+    <t>4:18.15</t>
+  </si>
+  <si>
+    <t>4:07.24</t>
   </si>
   <si>
     <t>Даниил Тамбовцев</t>
   </si>
   <si>
     <t>4:20.73</t>
   </si>
   <si>
     <t>3:51.66</t>
   </si>
   <si>
     <t>Константин Артюшенко</t>
   </si>
   <si>
     <t>4:35.83</t>
   </si>
   <si>
     <t>4:14.72</t>
   </si>
   <si>
     <t>Андрей Жуков</t>
   </si>
   <si>
     <t>4:37.94</t>
   </si>
@@ -269,120 +269,120 @@
   <si>
     <t>4:58.18</t>
   </si>
   <si>
     <t>4:44.68</t>
   </si>
   <si>
     <t>Иван Милый</t>
   </si>
   <si>
     <t>5:06.79</t>
   </si>
   <si>
     <t>5:01.21</t>
   </si>
   <si>
     <t>Кирилл Нурмухамедов</t>
   </si>
   <si>
     <t>5:16.93</t>
   </si>
   <si>
     <t>4:50.93</t>
   </si>
   <si>
+    <t>Анастасия Майкова</t>
+  </si>
+  <si>
+    <t>5:30.66</t>
+  </si>
+  <si>
+    <t>5:05.46</t>
+  </si>
+  <si>
+    <t>Владислав Затолокин</t>
+  </si>
+  <si>
+    <t>5:31.03</t>
+  </si>
+  <si>
+    <t>5:10.97</t>
+  </si>
+  <si>
+    <t>Ксения Зырянова</t>
+  </si>
+  <si>
+    <t>5:56.43</t>
+  </si>
+  <si>
+    <t>5:39.54</t>
+  </si>
+  <si>
+    <t>Дарья Пойда</t>
+  </si>
+  <si>
+    <t>6:03.93</t>
+  </si>
+  <si>
+    <t>5:41.55</t>
+  </si>
+  <si>
     <t>Леонид Тарасенко</t>
   </si>
   <si>
-    <t>5:28.37</t>
-[...38 lines deleted...]
-    <t>5:41.55</t>
+    <t>6:25.75</t>
+  </si>
+  <si>
+    <t>5:59.96</t>
   </si>
   <si>
     <t>Глеб Некрасов</t>
   </si>
   <si>
     <t>6:38.82</t>
   </si>
   <si>
     <t>6:29.84</t>
   </si>
   <si>
     <t>Дмитрий Дунаев</t>
   </si>
   <si>
     <t>7:19.82</t>
   </si>
   <si>
     <t>6:47.67</t>
   </si>
   <si>
     <t>Диана Мурник</t>
   </si>
   <si>
     <t>8:53.47</t>
   </si>
   <si>
-    <t>8:12.25</t>
+    <t>7:56.63</t>
   </si>
   <si>
     <t>Егор Харитонов</t>
   </si>
   <si>
     <t>7:00.71</t>
   </si>
   <si>
     <t>Лев Кураев</t>
   </si>
   <si>
     <t>7:53.45</t>
   </si>
   <si>
     <t>Егор Касюк</t>
   </si>
   <si>
     <t>7:54.81</t>
   </si>
   <si>
     <t>Александр Корев</t>
   </si>
   <si>
     <t>9:15.08</t>
   </si>