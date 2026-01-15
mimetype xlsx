--- v0 (2025-11-30)
+++ v1 (2026-01-15)
@@ -29,51 +29,51 @@
     <sheet name="minx" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="201">
   <si>
     <t>#</t>
   </si>
   <si>
     <t>Имя и фамилия участника</t>
   </si>
   <si>
     <t>Среднее</t>
   </si>
   <si>
     <t>Лучшее</t>
   </si>
   <si>
     <t>Тимофей Тарасенко</t>
   </si>
   <si>
-    <t>25.33</t>
+    <t>24.38</t>
   </si>
   <si>
     <t>21.79</t>
   </si>
   <si>
     <t>Анатолий Туренко</t>
   </si>
   <si>
     <t>39.00</t>
   </si>
   <si>
     <t>35.28</t>
   </si>
   <si>
     <t>Дмитрий Васильев</t>
   </si>
   <si>
     <t>41.65</t>
   </si>
   <si>
     <t>35.69</t>
   </si>
   <si>
     <t>Славомил Волосков</t>
   </si>