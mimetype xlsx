--- v1 (2026-01-15)
+++ v2 (2026-01-15)
@@ -17,648 +17,648 @@
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="minx" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="201">
   <si>
     <t>#</t>
   </si>
   <si>
-    <t>Имя и фамилия участника</t>
-[...8 lines deleted...]
-    <t>Тимофей Тарасенко</t>
+    <t>Competitor</t>
+  </si>
+  <si>
+    <t>Average</t>
+  </si>
+  <si>
+    <t>Best</t>
+  </si>
+  <si>
+    <t>Timofei Tarasenko</t>
   </si>
   <si>
     <t>24.38</t>
   </si>
   <si>
     <t>21.79</t>
   </si>
   <si>
-    <t>Анатолий Туренко</t>
+    <t>Anatolii Turenko</t>
   </si>
   <si>
     <t>39.00</t>
   </si>
   <si>
     <t>35.28</t>
   </si>
   <si>
-    <t>Дмитрий Васильев</t>
+    <t>Dmitry Vasilyev</t>
   </si>
   <si>
     <t>41.65</t>
   </si>
   <si>
     <t>35.69</t>
   </si>
   <si>
-    <t>Славомил Волосков</t>
+    <t>Slavomil Voloskov</t>
   </si>
   <si>
     <t>42.37</t>
   </si>
   <si>
     <t>34.47</t>
   </si>
   <si>
-    <t>Дарья Елисеева</t>
+    <t>Daria Eliseeva</t>
   </si>
   <si>
     <t>43.82</t>
   </si>
   <si>
     <t>38.67</t>
   </si>
   <si>
-    <t>Олег Кремлёв</t>
+    <t>Oleg Kremlyov</t>
   </si>
   <si>
     <t>44.08</t>
   </si>
   <si>
     <t>36.96</t>
   </si>
   <si>
-    <t>Ислам Китиев</t>
+    <t>Islam Kitiev</t>
   </si>
   <si>
     <t>44.16</t>
   </si>
   <si>
     <t>40.28</t>
   </si>
   <si>
-    <t>Вадим Сухарев</t>
+    <t>Vadim Sukharev</t>
   </si>
   <si>
     <t>46.18</t>
   </si>
   <si>
     <t>38.90</t>
   </si>
   <si>
-    <t>Арсений Павлов</t>
+    <t>Arsenii Pavlov</t>
   </si>
   <si>
     <t>49.75</t>
   </si>
   <si>
     <t>48.20</t>
   </si>
   <si>
-    <t>Андрей Панов</t>
+    <t>Andrey Panov</t>
   </si>
   <si>
     <t>50.31</t>
   </si>
   <si>
     <t>46.95</t>
   </si>
   <si>
-    <t>Иван Ворошилов</t>
+    <t>Ivan Voroshilov</t>
   </si>
   <si>
     <t>51.68</t>
   </si>
   <si>
     <t>48.98</t>
   </si>
   <si>
-    <t>Тимур Иманов</t>
+    <t>Timur Imanov</t>
   </si>
   <si>
     <t>52.50</t>
   </si>
   <si>
     <t>43.78</t>
   </si>
   <si>
-    <t>Максим Знаменщиков</t>
+    <t>Maxim Znamenshchikov</t>
   </si>
   <si>
     <t>54.70</t>
   </si>
   <si>
     <t>45.79</t>
   </si>
   <si>
-    <t>Максим Ильин</t>
+    <t>Maxim Ilin</t>
   </si>
   <si>
     <t>57.83</t>
   </si>
   <si>
     <t>53.20</t>
   </si>
   <si>
-    <t>Леонид Тарасенко</t>
+    <t>Leonid Tarasenko</t>
   </si>
   <si>
     <t>59.37</t>
   </si>
   <si>
     <t>51.31</t>
   </si>
   <si>
-    <t>Роман Шилов</t>
+    <t>Roman Shilov</t>
   </si>
   <si>
     <t>1:01.00</t>
   </si>
   <si>
     <t>56.78</t>
   </si>
   <si>
-    <t>Тимофей Терещенко</t>
+    <t>Timofey Tereshchenko</t>
   </si>
   <si>
     <t>1:02.03</t>
   </si>
   <si>
     <t>54.26</t>
   </si>
   <si>
-    <t>Мария Жиц</t>
+    <t>Maria Zhits</t>
   </si>
   <si>
     <t>1:03.32</t>
   </si>
   <si>
     <t>59.53</t>
   </si>
   <si>
-    <t>Даниил Тамбовцев</t>
+    <t>Daniil Tambovtsev</t>
   </si>
   <si>
     <t>1:05.90</t>
   </si>
   <si>
     <t>56.62</t>
   </si>
   <si>
-    <t>Лев Маслов</t>
+    <t>Lev Maslov</t>
   </si>
   <si>
     <t>1:10.81</t>
   </si>
   <si>
     <t>57.50</t>
   </si>
   <si>
-    <t>Константин Васильев</t>
+    <t>Konstantin Vasilʹyev</t>
   </si>
   <si>
     <t>1:10.96</t>
   </si>
   <si>
     <t>1:05.24</t>
   </si>
   <si>
-    <t>Владимир Филин</t>
+    <t>Vladimir Filin</t>
   </si>
   <si>
     <t>1:11.14</t>
   </si>
   <si>
     <t>1:02.12</t>
   </si>
   <si>
-    <t>Дмитрий Гундин</t>
+    <t>Dmitry Gundin</t>
   </si>
   <si>
     <t>1:12.28</t>
   </si>
   <si>
     <t>1:08.49</t>
   </si>
   <si>
-    <t>Макар Тихонов</t>
+    <t>Makar Tihonov</t>
   </si>
   <si>
     <t>1:14.74</t>
   </si>
   <si>
     <t>1:08.40</t>
   </si>
   <si>
-    <t>Олег Аккерман</t>
+    <t>Oleg Akkerman</t>
   </si>
   <si>
     <t>1:19.14</t>
   </si>
   <si>
     <t>1:09.92</t>
   </si>
   <si>
-    <t>Филипп Радинский</t>
+    <t>Philipp Radinskiy</t>
   </si>
   <si>
     <t>1:20.89</t>
   </si>
   <si>
     <t>1:11.88</t>
   </si>
   <si>
-    <t>Степан Мельников</t>
+    <t>Stepan Melnikov</t>
   </si>
   <si>
     <t>1:21.34</t>
   </si>
   <si>
     <t>1:18.60</t>
   </si>
   <si>
-    <t>Константин Артюшенко</t>
+    <t>Konstantin Artiushenko</t>
   </si>
   <si>
     <t>1:21.51</t>
   </si>
   <si>
     <t>1:10.80</t>
   </si>
   <si>
-    <t>Иван Ковальчук</t>
+    <t>Ivan Kovalchuk</t>
   </si>
   <si>
     <t>1:22.44</t>
   </si>
   <si>
     <t>1:16.05</t>
   </si>
   <si>
-    <t>Александр Герасимов</t>
+    <t>Aleksandr Gerasimov</t>
   </si>
   <si>
     <t>1:24.99</t>
   </si>
   <si>
     <t>1:23.64</t>
   </si>
   <si>
-    <t>Алексей Корицкий</t>
+    <t>Alexey Koritskiy</t>
   </si>
   <si>
     <t>1:27.07</t>
   </si>
   <si>
     <t>1:21.19</t>
   </si>
   <si>
-    <t>Александр Кропотов</t>
+    <t>Aleksandr Kropotov</t>
   </si>
   <si>
     <t>1:29.28</t>
   </si>
   <si>
     <t>1:21.40</t>
   </si>
   <si>
-    <t>Илья Епифанов</t>
+    <t>Ilya Epifanov</t>
   </si>
   <si>
     <t>1:29.40</t>
   </si>
   <si>
     <t>1:14.40</t>
   </si>
   <si>
-    <t>Андрей Жуков</t>
+    <t>Andrey Zhukov</t>
   </si>
   <si>
     <t>1:30.09</t>
   </si>
   <si>
     <t>1:10.33</t>
   </si>
   <si>
-    <t>Иван Милый</t>
+    <t>Ivan Milyi</t>
   </si>
   <si>
     <t>1:30.52</t>
   </si>
   <si>
     <t>1:16.67</t>
   </si>
   <si>
-    <t>Максим Козловский</t>
+    <t>Maksim Kozlovskiy</t>
   </si>
   <si>
     <t>1:31.29</t>
   </si>
   <si>
     <t>1:29.50</t>
   </si>
   <si>
-    <t>Антон Бережнов</t>
+    <t>Anton Berezhnov</t>
   </si>
   <si>
     <t>1:32.70</t>
   </si>
   <si>
     <t>1:23.47</t>
   </si>
   <si>
-    <t>Анастасия Майкова</t>
+    <t>Anastasiya Maykova</t>
   </si>
   <si>
     <t>1:33.34</t>
   </si>
   <si>
     <t>1:21.48</t>
   </si>
   <si>
-    <t>Иван Сидоренко</t>
+    <t>Ivan Sidorenko</t>
   </si>
   <si>
     <t>1:35.62</t>
   </si>
   <si>
     <t>1:24.37</t>
   </si>
   <si>
-    <t>Кирилл Нурмухамедов</t>
+    <t>Kirill Nurmukhamedov</t>
   </si>
   <si>
     <t>1:36.32</t>
   </si>
   <si>
     <t>1:30.86</t>
   </si>
   <si>
-    <t>Ксения Зырянова</t>
+    <t>Kseniya Zyryanova</t>
   </si>
   <si>
     <t>1:36.86</t>
   </si>
   <si>
     <t>1:24.90</t>
   </si>
   <si>
-    <t>Лев Якименко</t>
+    <t>Lev Yakimenko</t>
   </si>
   <si>
     <t>1:39.79</t>
   </si>
   <si>
     <t>1:28.69</t>
   </si>
   <si>
-    <t>Марк Мирошников</t>
+    <t>Mark Miroshnikov</t>
   </si>
   <si>
     <t>1:40.02</t>
   </si>
   <si>
     <t>1:32.66</t>
   </si>
   <si>
-    <t>Алексей Сенаторов</t>
+    <t>Aleksey Senatorov</t>
   </si>
   <si>
     <t>1:40.92</t>
   </si>
   <si>
     <t>1:32.51</t>
   </si>
   <si>
-    <t>Никита Малышкин</t>
+    <t>Nikita Malyshkin</t>
   </si>
   <si>
     <t>1:44.44</t>
   </si>
   <si>
     <t>1:31.87</t>
   </si>
   <si>
-    <t>Георгий Голосов</t>
+    <t>Georgiy Golosov</t>
   </si>
   <si>
     <t>1:50.79</t>
   </si>
   <si>
     <t>1:33.37</t>
   </si>
   <si>
-    <t>Александр Корев</t>
+    <t>Alexander Korev</t>
   </si>
   <si>
     <t>1:57.29</t>
   </si>
   <si>
     <t>1:44.66</t>
   </si>
   <si>
-    <t>Дмитрий Колотвин</t>
+    <t>Dmitry Kolotvin</t>
   </si>
   <si>
     <t>2:04.80</t>
   </si>
   <si>
     <t>1:50.58</t>
   </si>
   <si>
-    <t>Иван Олейников</t>
+    <t>Ivan Oleinikov</t>
   </si>
   <si>
     <t>2:10.48</t>
   </si>
   <si>
     <t>1:51.91</t>
   </si>
   <si>
-    <t>Егор Касюк</t>
+    <t>Egor Kasyuk</t>
   </si>
   <si>
     <t>2:20.74</t>
   </si>
   <si>
     <t>2:06.03</t>
   </si>
   <si>
-    <t>Дарья Пойда</t>
+    <t>Darʹya Poyda</t>
   </si>
   <si>
     <t>2:29.62</t>
   </si>
   <si>
     <t>2:15.02</t>
   </si>
   <si>
-    <t>Владислав Затолокин</t>
+    <t>Vladislav Zatolokin</t>
   </si>
   <si>
     <t>2:34.68</t>
   </si>
   <si>
     <t>1:59.21</t>
   </si>
   <si>
-    <t>Михаил Говголенко</t>
+    <t>Mikhail Govgolenko</t>
   </si>
   <si>
     <t>2:40.44</t>
   </si>
   <si>
     <t>2:09.61</t>
   </si>
   <si>
-    <t>Глеб Некрасов</t>
+    <t>Gleb Nekrasov</t>
   </si>
   <si>
     <t>3:05.93</t>
   </si>
   <si>
     <t>2:09.92</t>
   </si>
   <si>
-    <t>Диана Мурник</t>
+    <t>Diana Murnik</t>
   </si>
   <si>
     <t>3:39.27</t>
   </si>
   <si>
     <t>2:44.28</t>
   </si>
   <si>
-    <t>Дмитрий Дунаев</t>
+    <t>Dmitriy Dunaev</t>
   </si>
   <si>
     <t>4:50.26</t>
   </si>
   <si>
     <t>2:19.22</t>
   </si>
   <si>
-    <t>Мария Подчуфарова</t>
+    <t>Mariya Podchufarova</t>
   </si>
   <si>
     <t>2:07.11</t>
   </si>
   <si>
-    <t>Егор Харитонов</t>
+    <t>Egor Kharitonov</t>
   </si>
   <si>
     <t>2:09.51</t>
   </si>
   <si>
-    <t>София Хегай</t>
+    <t>Sofiia Khegai</t>
   </si>
   <si>
     <t>2:15.56</t>
   </si>
   <si>
-    <t>Тимофей Антонов</t>
+    <t>Timofey Antonov</t>
   </si>
   <si>
     <t>2:17.33</t>
   </si>
   <si>
-    <t>Арсений Кузовлев</t>
+    <t>Arseniy Kuzovlev</t>
   </si>
   <si>
     <t>2:19.58</t>
   </si>
   <si>
-    <t>Дмитрий Резяпкин</t>
+    <t>Dmitriy Rezyapkin</t>
   </si>
   <si>
     <t>2:20.54</t>
   </si>
   <si>
-    <t>Мирон Головатый</t>
+    <t>Miron Golovatyi</t>
   </si>
   <si>
     <t>2:33.08</t>
   </si>
   <si>
-    <t>Владимир Буковец</t>
+    <t>Vladimir Bukovets</t>
   </si>
   <si>
     <t>2:40.14</t>
   </si>
   <si>
-    <t>Татьяна Григоровская</t>
+    <t>Tatyana Grigorovskaya</t>
   </si>
   <si>
     <t>2:59.78</t>
   </si>
   <si>
-    <t>Ольга Кун</t>
+    <t>Olʹga Kun</t>
   </si>
   <si>
     <t>4:47.22</t>
   </si>
   <si>
-    <t>Александра Дорочинская</t>
-[...23 lines deleted...]
-    <t>Рустам Исмаилов</t>
+    <t>Aleksandra Dorochinskaia</t>
+  </si>
+  <si>
+    <t>Anastasiya Vergunova</t>
+  </si>
+  <si>
+    <t>Andrey Bakin</t>
+  </si>
+  <si>
+    <t>Artem Raykhman</t>
+  </si>
+  <si>
+    <t>Denis Sinyushkin</t>
+  </si>
+  <si>
+    <t>Nikita Yevlanov</t>
+  </si>
+  <si>
+    <t>Roman Komissarov</t>
+  </si>
+  <si>
+    <t>Ruslan Samokhvalov</t>
+  </si>
+  <si>
+    <t>Rustam Ismailov</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -981,51 +981,51 @@
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:D76"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="C76" sqref="C76"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="3.428" bestFit="true" customWidth="true" style="0"/>
-    <col min="2" max="2" width="28.136" bestFit="true" customWidth="true" style="0"/>
+    <col min="2" max="2" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="9.283" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:4">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
         <v>2</v>
       </c>
       <c r="D1" s="1" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="2" spans="1:4">
       <c r="A2">
         <v>1</v>
       </c>
       <c r="B2" t="s">
         <v>4</v>
       </c>