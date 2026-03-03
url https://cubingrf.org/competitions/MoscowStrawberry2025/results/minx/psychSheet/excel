--- v2 (2026-01-15)
+++ v3 (2026-03-03)
@@ -12,653 +12,644 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="minx" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="201">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="198">
   <si>
     <t>#</t>
   </si>
   <si>
-    <t>Competitor</t>
-[...11 lines deleted...]
-    <t>24.38</t>
+    <t>Имя и фамилия участника</t>
+  </si>
+  <si>
+    <t>Среднее</t>
+  </si>
+  <si>
+    <t>Лучшее</t>
+  </si>
+  <si>
+    <t>Тимофей Тарасенко</t>
+  </si>
+  <si>
+    <t>25.33</t>
   </si>
   <si>
     <t>21.79</t>
   </si>
   <si>
-    <t>Anatolii Turenko</t>
+    <t>Анатолий Туренко</t>
   </si>
   <si>
     <t>39.00</t>
   </si>
   <si>
     <t>35.28</t>
   </si>
   <si>
-    <t>Dmitry Vasilyev</t>
+    <t>Дмитрий Васильев</t>
   </si>
   <si>
     <t>41.65</t>
   </si>
   <si>
     <t>35.69</t>
   </si>
   <si>
-    <t>Slavomil Voloskov</t>
+    <t>Славомил Волосков</t>
   </si>
   <si>
     <t>42.37</t>
   </si>
   <si>
     <t>34.47</t>
   </si>
   <si>
-    <t>Daria Eliseeva</t>
+    <t>Дарья Елисеева</t>
   </si>
   <si>
     <t>43.82</t>
   </si>
   <si>
     <t>38.67</t>
   </si>
   <si>
-    <t>Oleg Kremlyov</t>
+    <t>Олег Кремлёв</t>
   </si>
   <si>
     <t>44.08</t>
   </si>
   <si>
     <t>36.96</t>
   </si>
   <si>
-    <t>Islam Kitiev</t>
+    <t>Ислам Китиев</t>
   </si>
   <si>
     <t>44.16</t>
   </si>
   <si>
     <t>40.28</t>
   </si>
   <si>
-    <t>Vadim Sukharev</t>
+    <t>Вадим Сухарев</t>
   </si>
   <si>
     <t>46.18</t>
   </si>
   <si>
     <t>38.90</t>
   </si>
   <si>
-    <t>Arsenii Pavlov</t>
+    <t>Арсений Павлов</t>
   </si>
   <si>
     <t>49.75</t>
   </si>
   <si>
     <t>48.20</t>
   </si>
   <si>
-    <t>Andrey Panov</t>
+    <t>Андрей Панов</t>
   </si>
   <si>
     <t>50.31</t>
   </si>
   <si>
     <t>46.95</t>
   </si>
   <si>
-    <t>Ivan Voroshilov</t>
+    <t>Иван Ворошилов</t>
   </si>
   <si>
     <t>51.68</t>
   </si>
   <si>
     <t>48.98</t>
   </si>
   <si>
-    <t>Timur Imanov</t>
-[...8 lines deleted...]
-    <t>Maxim Znamenshchikov</t>
+    <t>Максим Знаменщиков</t>
   </si>
   <si>
     <t>54.70</t>
   </si>
   <si>
     <t>45.79</t>
   </si>
   <si>
-    <t>Maxim Ilin</t>
+    <t>Тимур Иманов</t>
+  </si>
+  <si>
+    <t>55.35</t>
+  </si>
+  <si>
+    <t>45.38</t>
+  </si>
+  <si>
+    <t>Максим Ильин</t>
   </si>
   <si>
     <t>57.83</t>
   </si>
   <si>
-    <t>53.20</t>
-[...11 lines deleted...]
-    <t>Roman Shilov</t>
+    <t>53.35</t>
+  </si>
+  <si>
+    <t>Роман Шилов</t>
   </si>
   <si>
     <t>1:01.00</t>
   </si>
   <si>
     <t>56.78</t>
   </si>
   <si>
-    <t>Timofey Tereshchenko</t>
+    <t>Тимофей Терещенко</t>
   </si>
   <si>
     <t>1:02.03</t>
   </si>
   <si>
     <t>54.26</t>
   </si>
   <si>
-    <t>Maria Zhits</t>
+    <t>Мария Жиц</t>
   </si>
   <si>
     <t>1:03.32</t>
   </si>
   <si>
     <t>59.53</t>
   </si>
   <si>
-    <t>Daniil Tambovtsev</t>
+    <t>Даниил Тамбовцев</t>
   </si>
   <si>
     <t>1:05.90</t>
   </si>
   <si>
     <t>56.62</t>
   </si>
   <si>
-    <t>Lev Maslov</t>
+    <t>Леонид Тарасенко</t>
+  </si>
+  <si>
+    <t>1:07.49</t>
+  </si>
+  <si>
+    <t>59.76</t>
+  </si>
+  <si>
+    <t>Лев Маслов</t>
   </si>
   <si>
     <t>1:10.81</t>
   </si>
   <si>
     <t>57.50</t>
   </si>
   <si>
-    <t>Konstantin Vasilʹyev</t>
+    <t>Константин Васильев</t>
   </si>
   <si>
     <t>1:10.96</t>
   </si>
   <si>
     <t>1:05.24</t>
   </si>
   <si>
-    <t>Vladimir Filin</t>
+    <t>Владимир Филин</t>
   </si>
   <si>
     <t>1:11.14</t>
   </si>
   <si>
-    <t>1:02.12</t>
-[...2 lines deleted...]
-    <t>Dmitry Gundin</t>
+    <t>1:01.77</t>
+  </si>
+  <si>
+    <t>Дмитрий Гундин</t>
   </si>
   <si>
     <t>1:12.28</t>
   </si>
   <si>
     <t>1:08.49</t>
   </si>
   <si>
-    <t>Makar Tihonov</t>
+    <t>Макар Тихонов</t>
   </si>
   <si>
     <t>1:14.74</t>
   </si>
   <si>
     <t>1:08.40</t>
   </si>
   <si>
-    <t>Oleg Akkerman</t>
+    <t>Олег Аккерман</t>
   </si>
   <si>
     <t>1:19.14</t>
   </si>
   <si>
     <t>1:09.92</t>
   </si>
   <si>
-    <t>Philipp Radinskiy</t>
+    <t>Филипп Радинский</t>
   </si>
   <si>
     <t>1:20.89</t>
   </si>
   <si>
     <t>1:11.88</t>
   </si>
   <si>
-    <t>Stepan Melnikov</t>
+    <t>Степан Мельников</t>
   </si>
   <si>
     <t>1:21.34</t>
   </si>
   <si>
     <t>1:18.60</t>
   </si>
   <si>
-    <t>Konstantin Artiushenko</t>
+    <t>Константин Артюшенко</t>
   </si>
   <si>
     <t>1:21.51</t>
   </si>
   <si>
     <t>1:10.80</t>
   </si>
   <si>
-    <t>Ivan Kovalchuk</t>
+    <t>Иван Ковальчук</t>
   </si>
   <si>
     <t>1:22.44</t>
   </si>
   <si>
     <t>1:16.05</t>
   </si>
   <si>
-    <t>Aleksandr Gerasimov</t>
+    <t>Александр Герасимов</t>
   </si>
   <si>
     <t>1:24.99</t>
   </si>
   <si>
     <t>1:23.64</t>
   </si>
   <si>
-    <t>Alexey Koritskiy</t>
-[...8 lines deleted...]
-    <t>Aleksandr Kropotov</t>
+    <t>Александр Кропотов</t>
   </si>
   <si>
     <t>1:29.28</t>
   </si>
   <si>
     <t>1:21.40</t>
   </si>
   <si>
-    <t>Ilya Epifanov</t>
+    <t>Илья Епифанов</t>
   </si>
   <si>
     <t>1:29.40</t>
   </si>
   <si>
     <t>1:14.40</t>
   </si>
   <si>
-    <t>Andrey Zhukov</t>
+    <t>Андрей Жуков</t>
   </si>
   <si>
     <t>1:30.09</t>
   </si>
   <si>
     <t>1:10.33</t>
   </si>
   <si>
-    <t>Ivan Milyi</t>
+    <t>Иван Милый</t>
   </si>
   <si>
     <t>1:30.52</t>
   </si>
   <si>
     <t>1:16.67</t>
   </si>
   <si>
-    <t>Maksim Kozlovskiy</t>
+    <t>Максим Козловский</t>
   </si>
   <si>
     <t>1:31.29</t>
   </si>
   <si>
     <t>1:29.50</t>
   </si>
   <si>
-    <t>Anton Berezhnov</t>
+    <t>Антон Бережнов</t>
   </si>
   <si>
     <t>1:32.70</t>
   </si>
   <si>
     <t>1:23.47</t>
   </si>
   <si>
-    <t>Anastasiya Maykova</t>
+    <t>Анастасия Майкова</t>
   </si>
   <si>
     <t>1:33.34</t>
   </si>
   <si>
-    <t>1:21.48</t>
-[...2 lines deleted...]
-    <t>Ivan Sidorenko</t>
+    <t>1:20.53</t>
+  </si>
+  <si>
+    <t>Лев Якименко</t>
+  </si>
+  <si>
+    <t>1:34.98</t>
+  </si>
+  <si>
+    <t>1:22.85</t>
+  </si>
+  <si>
+    <t>Иван Сидоренко</t>
   </si>
   <si>
     <t>1:35.62</t>
   </si>
   <si>
     <t>1:24.37</t>
   </si>
   <si>
-    <t>Kirill Nurmukhamedov</t>
+    <t>Алексей Корицкий</t>
+  </si>
+  <si>
+    <t>1:35.71</t>
+  </si>
+  <si>
+    <t>1:23.07</t>
+  </si>
+  <si>
+    <t>Кирилл Нурмухамедов</t>
   </si>
   <si>
     <t>1:36.32</t>
   </si>
   <si>
     <t>1:30.86</t>
   </si>
   <si>
-    <t>Kseniya Zyryanova</t>
+    <t>Ксения Зырянова</t>
   </si>
   <si>
     <t>1:36.86</t>
   </si>
   <si>
     <t>1:24.90</t>
   </si>
   <si>
-    <t>Lev Yakimenko</t>
-[...8 lines deleted...]
-    <t>Mark Miroshnikov</t>
+    <t>Марк Мирошников</t>
   </si>
   <si>
     <t>1:40.02</t>
   </si>
   <si>
     <t>1:32.66</t>
   </si>
   <si>
-    <t>Aleksey Senatorov</t>
+    <t>Алексей Сенаторов</t>
   </si>
   <si>
     <t>1:40.92</t>
   </si>
   <si>
     <t>1:32.51</t>
   </si>
   <si>
-    <t>Nikita Malyshkin</t>
+    <t>Никита Малышкин</t>
   </si>
   <si>
     <t>1:44.44</t>
   </si>
   <si>
     <t>1:31.87</t>
   </si>
   <si>
-    <t>Georgiy Golosov</t>
+    <t>Георгий Голосов</t>
   </si>
   <si>
     <t>1:50.79</t>
   </si>
   <si>
     <t>1:33.37</t>
   </si>
   <si>
-    <t>Alexander Korev</t>
+    <t>Александр Корев</t>
   </si>
   <si>
     <t>1:57.29</t>
   </si>
   <si>
     <t>1:44.66</t>
   </si>
   <si>
-    <t>Dmitry Kolotvin</t>
+    <t>Дмитрий Колотвин</t>
   </si>
   <si>
     <t>2:04.80</t>
   </si>
   <si>
     <t>1:50.58</t>
   </si>
   <si>
-    <t>Ivan Oleinikov</t>
+    <t>Иван Олейников</t>
   </si>
   <si>
     <t>2:10.48</t>
   </si>
   <si>
     <t>1:51.91</t>
   </si>
   <si>
-    <t>Egor Kasyuk</t>
+    <t>Егор Касюк</t>
   </si>
   <si>
     <t>2:20.74</t>
   </si>
   <si>
     <t>2:06.03</t>
   </si>
   <si>
-    <t>Darʹya Poyda</t>
+    <t>Дарья Пойда</t>
   </si>
   <si>
     <t>2:29.62</t>
   </si>
   <si>
     <t>2:15.02</t>
   </si>
   <si>
-    <t>Vladislav Zatolokin</t>
+    <t>Владислав Затолокин</t>
   </si>
   <si>
     <t>2:34.68</t>
   </si>
   <si>
     <t>1:59.21</t>
   </si>
   <si>
-    <t>Mikhail Govgolenko</t>
+    <t>Михаил Говголенко</t>
   </si>
   <si>
     <t>2:40.44</t>
   </si>
   <si>
     <t>2:09.61</t>
   </si>
   <si>
-    <t>Gleb Nekrasov</t>
-[...11 lines deleted...]
-    <t>3:39.27</t>
+    <t>Мария Подчуфарова</t>
+  </si>
+  <si>
+    <t>2:07.11</t>
+  </si>
+  <si>
+    <t>Егор Харитонов</t>
+  </si>
+  <si>
+    <t>2:09.51</t>
+  </si>
+  <si>
+    <t>София Хегай</t>
+  </si>
+  <si>
+    <t>2:15.56</t>
+  </si>
+  <si>
+    <t>Тимофей Антонов</t>
+  </si>
+  <si>
+    <t>2:17.33</t>
+  </si>
+  <si>
+    <t>Дмитрий Дунаев</t>
+  </si>
+  <si>
+    <t>2:19.22</t>
+  </si>
+  <si>
+    <t>Арсений Кузовлев</t>
+  </si>
+  <si>
+    <t>2:19.58</t>
+  </si>
+  <si>
+    <t>Глеб Некрасов</t>
+  </si>
+  <si>
+    <t>2:20.42</t>
+  </si>
+  <si>
+    <t>Дмитрий Резяпкин</t>
+  </si>
+  <si>
+    <t>2:20.54</t>
+  </si>
+  <si>
+    <t>Мирон Головатый</t>
+  </si>
+  <si>
+    <t>2:33.08</t>
+  </si>
+  <si>
+    <t>Владимир Буковец</t>
+  </si>
+  <si>
+    <t>2:40.14</t>
+  </si>
+  <si>
+    <t>Диана Мурник</t>
   </si>
   <si>
     <t>2:44.28</t>
   </si>
   <si>
-    <t>Dmitriy Dunaev</t>
-[...56 lines deleted...]
-    <t>Tatyana Grigorovskaya</t>
+    <t>Татьяна Григоровская</t>
   </si>
   <si>
     <t>2:59.78</t>
   </si>
   <si>
-    <t>Olʹga Kun</t>
+    <t>Ольга Кун</t>
   </si>
   <si>
     <t>4:47.22</t>
   </si>
   <si>
-    <t>Aleksandra Dorochinskaia</t>
-[...23 lines deleted...]
-    <t>Rustam Ismailov</t>
+    <t>Александра Дорочинская</t>
+  </si>
+  <si>
+    <t>Анастасия Вергунова</t>
+  </si>
+  <si>
+    <t>Андрей Бакин</t>
+  </si>
+  <si>
+    <t>Артём Райхман</t>
+  </si>
+  <si>
+    <t>Денис Синюшкин</t>
+  </si>
+  <si>
+    <t>Никита Евланов</t>
+  </si>
+  <si>
+    <t>Роман Комиссаров</t>
+  </si>
+  <si>
+    <t>Руслан Самохвалов</t>
+  </si>
+  <si>
+    <t>Рустам Исмаилов</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -981,51 +972,51 @@
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:D76"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="C76" sqref="C76"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="3.428" bestFit="true" customWidth="true" style="0"/>
-    <col min="2" max="2" width="29.421" bestFit="true" customWidth="true" style="0"/>
+    <col min="2" max="2" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="9.283" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:4">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
         <v>2</v>
       </c>
       <c r="D1" s="1" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="2" spans="1:4">
       <c r="A2">
         <v>1</v>
       </c>
       <c r="B2" t="s">
         <v>4</v>
       </c>
@@ -1749,256 +1740,250 @@
       <c r="D53" t="s">
         <v>159</v>
       </c>
     </row>
     <row r="54" spans="1:4">
       <c r="A54">
         <v>53</v>
       </c>
       <c r="B54" t="s">
         <v>160</v>
       </c>
       <c r="C54" s="1" t="s">
         <v>161</v>
       </c>
       <c r="D54" t="s">
         <v>162</v>
       </c>
     </row>
     <row r="55" spans="1:4">
       <c r="A55">
         <v>54</v>
       </c>
       <c r="B55" t="s">
         <v>163</v>
       </c>
-      <c r="C55" s="1" t="s">
+      <c r="C55" s="1"/>
+      <c r="D55" t="s">
         <v>164</v>
-      </c>
-[...1 lines deleted...]
-        <v>165</v>
       </c>
     </row>
     <row r="56" spans="1:4">
       <c r="A56">
         <v>55</v>
       </c>
       <c r="B56" t="s">
+        <v>165</v>
+      </c>
+      <c r="C56" s="1"/>
+      <c r="D56" t="s">
         <v>166</v>
-      </c>
-[...4 lines deleted...]
-        <v>168</v>
       </c>
     </row>
     <row r="57" spans="1:4">
       <c r="A57">
         <v>56</v>
       </c>
       <c r="B57" t="s">
-        <v>169</v>
-[...3 lines deleted...]
-      </c>
+        <v>167</v>
+      </c>
+      <c r="C57" s="1"/>
       <c r="D57" t="s">
-        <v>171</v>
+        <v>168</v>
       </c>
     </row>
     <row r="58" spans="1:4">
       <c r="A58">
         <v>57</v>
       </c>
       <c r="B58" t="s">
-        <v>172</v>
+        <v>169</v>
       </c>
       <c r="C58" s="1"/>
       <c r="D58" t="s">
-        <v>173</v>
+        <v>170</v>
       </c>
     </row>
     <row r="59" spans="1:4">
       <c r="A59">
         <v>58</v>
       </c>
       <c r="B59" t="s">
-        <v>174</v>
+        <v>171</v>
       </c>
       <c r="C59" s="1"/>
       <c r="D59" t="s">
-        <v>175</v>
+        <v>172</v>
       </c>
     </row>
     <row r="60" spans="1:4">
       <c r="A60">
         <v>59</v>
       </c>
       <c r="B60" t="s">
-        <v>176</v>
+        <v>173</v>
       </c>
       <c r="C60" s="1"/>
       <c r="D60" t="s">
-        <v>177</v>
+        <v>174</v>
       </c>
     </row>
     <row r="61" spans="1:4">
       <c r="A61">
         <v>60</v>
       </c>
       <c r="B61" t="s">
-        <v>178</v>
+        <v>175</v>
       </c>
       <c r="C61" s="1"/>
       <c r="D61" t="s">
-        <v>179</v>
+        <v>176</v>
       </c>
     </row>
     <row r="62" spans="1:4">
       <c r="A62">
         <v>61</v>
       </c>
       <c r="B62" t="s">
-        <v>180</v>
+        <v>177</v>
       </c>
       <c r="C62" s="1"/>
       <c r="D62" t="s">
-        <v>181</v>
+        <v>178</v>
       </c>
     </row>
     <row r="63" spans="1:4">
       <c r="A63">
         <v>62</v>
       </c>
       <c r="B63" t="s">
-        <v>182</v>
+        <v>179</v>
       </c>
       <c r="C63" s="1"/>
       <c r="D63" t="s">
-        <v>183</v>
+        <v>180</v>
       </c>
     </row>
     <row r="64" spans="1:4">
       <c r="A64">
         <v>63</v>
       </c>
       <c r="B64" t="s">
-        <v>184</v>
+        <v>181</v>
       </c>
       <c r="C64" s="1"/>
       <c r="D64" t="s">
-        <v>185</v>
+        <v>182</v>
       </c>
     </row>
     <row r="65" spans="1:4">
       <c r="A65">
         <v>64</v>
       </c>
       <c r="B65" t="s">
-        <v>186</v>
+        <v>183</v>
       </c>
       <c r="C65" s="1"/>
       <c r="D65" t="s">
-        <v>187</v>
+        <v>184</v>
       </c>
     </row>
     <row r="66" spans="1:4">
       <c r="A66">
         <v>65</v>
       </c>
       <c r="B66" t="s">
-        <v>188</v>
+        <v>185</v>
       </c>
       <c r="C66" s="1"/>
       <c r="D66" t="s">
-        <v>189</v>
+        <v>186</v>
       </c>
     </row>
     <row r="67" spans="1:4">
       <c r="A67">
         <v>66</v>
       </c>
       <c r="B67" t="s">
-        <v>190</v>
+        <v>187</v>
       </c>
       <c r="C67" s="1"/>
       <c r="D67" t="s">
-        <v>191</v>
+        <v>188</v>
       </c>
     </row>
     <row r="68" spans="1:4">
       <c r="B68" t="s">
-        <v>192</v>
+        <v>189</v>
       </c>
       <c r="C68" s="1"/>
     </row>
     <row r="69" spans="1:4">
       <c r="B69" t="s">
-        <v>193</v>
+        <v>190</v>
       </c>
       <c r="C69" s="1"/>
     </row>
     <row r="70" spans="1:4">
       <c r="B70" t="s">
-        <v>194</v>
+        <v>191</v>
       </c>
       <c r="C70" s="1"/>
     </row>
     <row r="71" spans="1:4">
       <c r="B71" t="s">
-        <v>195</v>
+        <v>192</v>
       </c>
       <c r="C71" s="1"/>
     </row>
     <row r="72" spans="1:4">
       <c r="B72" t="s">
-        <v>196</v>
+        <v>193</v>
       </c>
       <c r="C72" s="1"/>
     </row>
     <row r="73" spans="1:4">
       <c r="B73" t="s">
-        <v>197</v>
+        <v>194</v>
       </c>
       <c r="C73" s="1"/>
     </row>
     <row r="74" spans="1:4">
       <c r="B74" t="s">
-        <v>198</v>
+        <v>195</v>
       </c>
       <c r="C74" s="1"/>
     </row>
     <row r="75" spans="1:4">
       <c r="B75" t="s">
-        <v>199</v>
+        <v>196</v>
       </c>
       <c r="C75" s="1"/>
     </row>
     <row r="76" spans="1:4">
       <c r="B76" t="s">
-        <v>200</v>
+        <v>197</v>
       </c>
       <c r="C76" s="1"/>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>