--- v0 (2025-11-30)
+++ v1 (2026-01-15)
@@ -17,870 +17,870 @@
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="333oh" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="275">
   <si>
     <t>#</t>
   </si>
   <si>
-    <t>Competitor</t>
-[...8 lines deleted...]
-    <t>Timofei Tarasenko</t>
+    <t>Имя и фамилия участника</t>
+  </si>
+  <si>
+    <t>Среднее</t>
+  </si>
+  <si>
+    <t>Лучшее</t>
+  </si>
+  <si>
+    <t>Тимофей Тарасенко</t>
   </si>
   <si>
     <t>10.54</t>
   </si>
   <si>
     <t>7.88</t>
   </si>
   <si>
-    <t>Anatolii Turenko</t>
+    <t>Анатолий Туренко</t>
   </si>
   <si>
     <t>10.75</t>
   </si>
   <si>
     <t>8.87</t>
   </si>
   <si>
-    <t>Dmitry Gundin</t>
+    <t>Дмитрий Гундин</t>
   </si>
   <si>
     <t>11.27</t>
   </si>
   <si>
     <t>9.42</t>
   </si>
   <si>
-    <t>Slavomil Voloskov</t>
+    <t>Славомил Волосков</t>
   </si>
   <si>
     <t>11.28</t>
   </si>
   <si>
     <t>7.63</t>
   </si>
   <si>
-    <t>Artem Sosnovskikh</t>
+    <t>Артём Сосновских</t>
   </si>
   <si>
     <t>11.58</t>
   </si>
   <si>
     <t>10.07</t>
   </si>
   <si>
-    <t>Pavel Galaktionov</t>
+    <t>Павел Галактионов</t>
   </si>
   <si>
     <t>11.71</t>
   </si>
   <si>
     <t>9.04</t>
   </si>
   <si>
-    <t>Alexander Bashutkin</t>
+    <t>Александр Башуткин</t>
   </si>
   <si>
     <t>12.06</t>
   </si>
   <si>
     <t>9.81</t>
   </si>
   <si>
-    <t>Grigoriy Barashkin</t>
+    <t>Григорий Барашкин</t>
   </si>
   <si>
     <t>12.07</t>
   </si>
   <si>
     <t>8.91</t>
   </si>
   <si>
-    <t>Andrey Panov</t>
+    <t>Андрей Панов</t>
   </si>
   <si>
     <t>12.67</t>
   </si>
   <si>
     <t>10.82</t>
   </si>
   <si>
-    <t>Nikita Popkov</t>
+    <t>Никита Попков</t>
   </si>
   <si>
     <t>13.81</t>
   </si>
   <si>
     <t>9.14</t>
   </si>
   <si>
-    <t>Maxim Ilin</t>
+    <t>Максим Ильин</t>
   </si>
   <si>
     <t>13.82</t>
   </si>
   <si>
     <t>10.29</t>
   </si>
   <si>
-    <t>Lev Maslov</t>
+    <t>Лев Маслов</t>
   </si>
   <si>
     <t>14.42</t>
   </si>
   <si>
     <t>10.25</t>
   </si>
   <si>
-    <t>Andrey Sinitsyn</t>
+    <t>Андрей Синицын</t>
   </si>
   <si>
     <t>15.06</t>
   </si>
   <si>
     <t>12.53</t>
   </si>
   <si>
-    <t>Dmitrii Dusheiko</t>
+    <t>Дмитрий Душейко</t>
   </si>
   <si>
     <t>15.27</t>
   </si>
   <si>
     <t>13.68</t>
   </si>
   <si>
-    <t>Alexander Ermakov</t>
+    <t>Александр Ермаков</t>
   </si>
   <si>
     <t>15.28</t>
   </si>
   <si>
     <t>13.60</t>
   </si>
   <si>
-    <t>Ilya Epifanov</t>
+    <t>Илья Епифанов</t>
   </si>
   <si>
     <t>15.33</t>
   </si>
   <si>
     <t>12.55</t>
   </si>
   <si>
-    <t>Vladislav Kozhin</t>
+    <t>Владислав Кожин</t>
   </si>
   <si>
     <t>15.49</t>
   </si>
   <si>
     <t>11.47</t>
   </si>
   <si>
-    <t>Yuri Ryakin</t>
+    <t>Юрий Рякин</t>
   </si>
   <si>
     <t>15.52</t>
   </si>
   <si>
     <t>12.15</t>
   </si>
   <si>
-    <t>Dmitry Vasilyev</t>
+    <t>Дмитрий Васильев</t>
   </si>
   <si>
     <t>15.71</t>
   </si>
   <si>
     <t>12.68</t>
   </si>
   <si>
-    <t>Nikita Platonov</t>
+    <t>Никита Платонов</t>
   </si>
   <si>
     <t>15.85</t>
   </si>
   <si>
     <t>12.60</t>
   </si>
   <si>
-    <t>Dmitry Kosterev</t>
+    <t>Дмитрий Костерев</t>
   </si>
   <si>
     <t>15.87</t>
   </si>
   <si>
-    <t>Danila Ryabinin</t>
+    <t>Данила Рябинин</t>
   </si>
   <si>
     <t>15.88</t>
   </si>
   <si>
     <t>12.21</t>
   </si>
   <si>
-    <t>Gleb Pyasetskiy</t>
+    <t>Глеб Пясецкий</t>
   </si>
   <si>
     <t>15.89</t>
   </si>
   <si>
     <t>11.99</t>
   </si>
   <si>
-    <t>Vladimir Filin</t>
+    <t>Владимир Филин</t>
   </si>
   <si>
     <t>16.09</t>
   </si>
   <si>
-    <t>Islam Kitiev</t>
+    <t>Тимофей Тюльпаков</t>
+  </si>
+  <si>
+    <t>16.41</t>
+  </si>
+  <si>
+    <t>12.58</t>
+  </si>
+  <si>
+    <t>Ислам Китиев</t>
   </si>
   <si>
     <t>16.49</t>
   </si>
   <si>
     <t>13.41</t>
   </si>
   <si>
-    <t>Maksim Kozlovskiy</t>
+    <t>Максим Козловский</t>
   </si>
   <si>
     <t>16.67</t>
   </si>
   <si>
     <t>14.62</t>
   </si>
   <si>
-    <t>Aleksandr Korotayev</t>
+    <t>Александр Коротаев</t>
   </si>
   <si>
     <t>17.00</t>
   </si>
   <si>
     <t>11.90</t>
   </si>
   <si>
-    <t>Ekaterina Kaneva</t>
+    <t>Екатерина Канева</t>
   </si>
   <si>
     <t>17.05</t>
   </si>
   <si>
     <t>11.53</t>
   </si>
   <si>
-    <t>Timofey Tyulpakov</t>
-[...8 lines deleted...]
-    <t>Martin Nikolayev</t>
+    <t>Мартин Николаев</t>
   </si>
   <si>
     <t>17.31</t>
   </si>
   <si>
     <t>13.05</t>
   </si>
   <si>
-    <t>Andrei Maslov</t>
+    <t>Андрей Маслов</t>
   </si>
   <si>
     <t>17.56</t>
   </si>
   <si>
-    <t>Polina Lapteva</t>
+    <t>Полина Лаптева</t>
   </si>
   <si>
     <t>17.59</t>
   </si>
   <si>
     <t>13.22</t>
   </si>
   <si>
-    <t>Igor Kolosov</t>
+    <t>Игорь Колосов</t>
   </si>
   <si>
     <t>17.89</t>
   </si>
   <si>
     <t>13.39</t>
   </si>
   <si>
-    <t>Daniil Tambovtsev</t>
+    <t>Даниил Тамбовцев</t>
   </si>
   <si>
     <t>18.22</t>
   </si>
   <si>
     <t>14.24</t>
   </si>
   <si>
-    <t>Valeriy Kurbatov</t>
+    <t>Валерий Курбатов</t>
   </si>
   <si>
     <t>18.97</t>
   </si>
   <si>
     <t>15.39</t>
   </si>
   <si>
-    <t>Roman Shilov</t>
+    <t>Роман Шилов</t>
   </si>
   <si>
     <t>15.59</t>
   </si>
   <si>
-    <t>Vladislav Shurshilin</t>
+    <t>Владислав Шуршилин</t>
   </si>
   <si>
     <t>19.03</t>
   </si>
   <si>
     <t>14.44</t>
   </si>
   <si>
-    <t>Dmitrii Saukov</t>
+    <t>Дмитрий Сауков</t>
   </si>
   <si>
     <t>19.17</t>
   </si>
   <si>
     <t>10.56</t>
   </si>
   <si>
-    <t>Ivan Oleinikov</t>
+    <t>Иван Олейников</t>
   </si>
   <si>
     <t>19.21</t>
   </si>
   <si>
-    <t>Dmitriy Tupis</t>
+    <t>Дмитрий Тупис</t>
   </si>
   <si>
     <t>19.28</t>
   </si>
   <si>
     <t>16.14</t>
   </si>
   <si>
-    <t>Mikhail Govgolenko</t>
+    <t>Михаил Говголенко</t>
   </si>
   <si>
     <t>19.41</t>
   </si>
   <si>
     <t>17.17</t>
   </si>
   <si>
-    <t>Vladislav Androsov</t>
+    <t>Владислав Андросов</t>
   </si>
   <si>
     <t>18.07</t>
   </si>
   <si>
-    <t>Oleg Demchuk</t>
+    <t>Анастасия Майкова</t>
+  </si>
+  <si>
+    <t>19.48</t>
+  </si>
+  <si>
+    <t>15.63</t>
+  </si>
+  <si>
+    <t>Олег Демчук</t>
   </si>
   <si>
     <t>19.84</t>
   </si>
   <si>
     <t>16.60</t>
   </si>
   <si>
-    <t>Anastasiya Maykova</t>
-[...8 lines deleted...]
-    <t>Roman Samvelyan</t>
+    <t>Роман Самвелян</t>
   </si>
   <si>
     <t>19.97</t>
   </si>
   <si>
     <t>16.68</t>
   </si>
   <si>
-    <t>Ekaterina Soboleva</t>
+    <t>Екатерина Соболева</t>
   </si>
   <si>
     <t>20.47</t>
   </si>
   <si>
     <t>14.35</t>
   </si>
   <si>
-    <t>Dmitry Kolotvin</t>
+    <t>Дмитрий Колотвин</t>
   </si>
   <si>
     <t>20.62</t>
   </si>
   <si>
     <t>18.95</t>
   </si>
   <si>
-    <t>Konstantin Artiushenko</t>
+    <t>Константин Артюшенко</t>
   </si>
   <si>
     <t>20.68</t>
   </si>
   <si>
     <t>18.56</t>
   </si>
   <si>
-    <t>Platon Kabakov</t>
+    <t>Платон Кабаков</t>
   </si>
   <si>
     <t>20.96</t>
   </si>
   <si>
     <t>15.01</t>
   </si>
   <si>
-    <t>Aleksandr Dokin</t>
+    <t>Александр Докин</t>
   </si>
   <si>
     <t>21.06</t>
   </si>
   <si>
     <t>18.19</t>
   </si>
   <si>
-    <t>Andrey Zhukov</t>
+    <t>Андрей Жуков</t>
   </si>
   <si>
     <t>21.81</t>
   </si>
   <si>
     <t>16.96</t>
   </si>
   <si>
-    <t>Kirill Nurmukhamedov</t>
+    <t>Кирилл Нурмухамедов</t>
   </si>
   <si>
     <t>22.00</t>
   </si>
   <si>
     <t>17.88</t>
   </si>
   <si>
-    <t>Maksim Deych</t>
+    <t>Максим Дейч</t>
   </si>
   <si>
     <t>22.06</t>
   </si>
   <si>
     <t>17.36</t>
   </si>
   <si>
-    <t>Ilʹya Stogov</t>
+    <t>Илья Стогов</t>
   </si>
   <si>
     <t>22.46</t>
   </si>
   <si>
     <t>17.13</t>
   </si>
   <si>
-    <t>Nikolay Podobayev</t>
+    <t>Николай Подобаев</t>
   </si>
   <si>
     <t>22.66</t>
   </si>
   <si>
     <t>18.50</t>
   </si>
   <si>
-    <t>Yuri Konovalov</t>
+    <t>Юрий Коновалов</t>
   </si>
   <si>
     <t>22.75</t>
   </si>
   <si>
     <t>17.20</t>
   </si>
   <si>
-    <t>Stepan Shchevelev</t>
+    <t>Степан Щевелёв</t>
   </si>
   <si>
     <t>22.97</t>
   </si>
   <si>
     <t>16.91</t>
   </si>
   <si>
-    <t>Ivan Milyi</t>
+    <t>Иван Милый</t>
   </si>
   <si>
     <t>23.69</t>
   </si>
   <si>
     <t>18.33</t>
   </si>
   <si>
-    <t>Mikhail Ignatʹyev</t>
+    <t>Михаил Игнатьев</t>
   </si>
   <si>
     <t>23.80</t>
   </si>
   <si>
     <t>19.24</t>
   </si>
   <si>
-    <t>Ivan Sidorenko</t>
+    <t>Иван Сидоренко</t>
   </si>
   <si>
     <t>23.98</t>
   </si>
   <si>
     <t>18.48</t>
   </si>
   <si>
-    <t>Andrey Kohhelev</t>
+    <t>Андрей Кошелев</t>
   </si>
   <si>
     <t>24.28</t>
   </si>
   <si>
     <t>16.95</t>
   </si>
   <si>
-    <t>Nikita Brylin</t>
+    <t>Никита Брылин</t>
   </si>
   <si>
     <t>24.29</t>
   </si>
   <si>
     <t>22.08</t>
   </si>
   <si>
-    <t>Daniil Abdulov</t>
+    <t>Даниил Абдулов</t>
   </si>
   <si>
     <t>24.37</t>
   </si>
   <si>
-    <t>Ivan Streshinskiy</t>
+    <t>Иван Стрешинский</t>
   </si>
   <si>
     <t>24.61</t>
   </si>
   <si>
     <t>21.17</t>
   </si>
   <si>
-    <t>Alexey Koritskiy</t>
+    <t>Алексей Корицкий</t>
   </si>
   <si>
     <t>24.90</t>
   </si>
   <si>
     <t>20.20</t>
   </si>
   <si>
-    <t>Vasilii Nikolashin</t>
+    <t>Василий Николашин</t>
   </si>
   <si>
     <t>24.94</t>
   </si>
   <si>
     <t>17.83</t>
   </si>
   <si>
-    <t>Yekaterina Shurayeva</t>
+    <t>Екатерина Шураева</t>
   </si>
   <si>
     <t>25.02</t>
   </si>
   <si>
     <t>23.04</t>
   </si>
   <si>
-    <t>Olga Fyodorova</t>
+    <t>Ольга Фёдорова</t>
   </si>
   <si>
     <t>27.28</t>
   </si>
   <si>
-    <t>Timofey Tereshchenko</t>
+    <t>Тимофей Терещенко</t>
   </si>
   <si>
     <t>27.40</t>
   </si>
   <si>
     <t>21.61</t>
   </si>
   <si>
-    <t>Agata Komekova</t>
+    <t>Агата Комекова</t>
   </si>
   <si>
     <t>27.77</t>
   </si>
   <si>
     <t>23.70</t>
   </si>
   <si>
-    <t>Ivan Litsov</t>
+    <t>Иван Лицов</t>
   </si>
   <si>
     <t>28.10</t>
   </si>
   <si>
     <t>23.34</t>
   </si>
   <si>
-    <t>Luka Lukash</t>
+    <t>Лука Лукаш</t>
   </si>
   <si>
     <t>29.84</t>
   </si>
   <si>
-    <t>Aleksandra Lukianova</t>
+    <t>Александра Лукьянова</t>
   </si>
   <si>
     <t>30.92</t>
   </si>
   <si>
     <t>26.01</t>
   </si>
   <si>
-    <t>Daria Eliseeva</t>
+    <t>Дарья Елисеева</t>
   </si>
   <si>
     <t>32.58</t>
   </si>
   <si>
     <t>23.85</t>
   </si>
   <si>
-    <t>Anton Semidetko</t>
+    <t>Антон Семидетко</t>
   </si>
   <si>
     <t>32.78</t>
   </si>
   <si>
     <t>26.72</t>
   </si>
   <si>
-    <t>Dmitry Rodin</t>
+    <t>Дмитрий Родин</t>
   </si>
   <si>
     <t>32.87</t>
   </si>
   <si>
     <t>27.18</t>
   </si>
   <si>
-    <t>Aleksey Senatorov</t>
+    <t>Алексей Сенаторов</t>
   </si>
   <si>
     <t>33.21</t>
   </si>
   <si>
     <t>28.20</t>
   </si>
   <si>
-    <t>Arseniy Kislitsyn</t>
+    <t>Арсений Кислицын</t>
   </si>
   <si>
     <t>33.25</t>
   </si>
   <si>
     <t>21.99</t>
   </si>
   <si>
-    <t>Georgiy Golosov</t>
+    <t>Георгий Голосов</t>
   </si>
   <si>
     <t>34.02</t>
   </si>
   <si>
     <t>27.54</t>
   </si>
   <si>
-    <t>Nikita Kuznetsov</t>
+    <t>Никита Кузнецов</t>
   </si>
   <si>
     <t>35.36</t>
   </si>
   <si>
     <t>31.06</t>
   </si>
   <si>
-    <t>Daniil Romashkov</t>
+    <t>Даниил Ромашков</t>
   </si>
   <si>
     <t>37.53</t>
   </si>
   <si>
     <t>30.68</t>
   </si>
   <si>
-    <t>Anastasia Tikhenko</t>
+    <t>Анастасия Тихенко</t>
   </si>
   <si>
     <t>38.23</t>
   </si>
   <si>
     <t>33.45</t>
   </si>
   <si>
-    <t>Rodion Pershin</t>
+    <t>Родион Першин</t>
   </si>
   <si>
     <t>40.76</t>
   </si>
   <si>
     <t>35.05</t>
   </si>
   <si>
-    <t>Kristina Koroleva</t>
+    <t>Кристина Королёва</t>
   </si>
   <si>
     <t>40.86</t>
   </si>
   <si>
     <t>36.72</t>
   </si>
   <si>
-    <t>Vladimir Nuzhdin</t>
+    <t>Владимир Нуждин</t>
   </si>
   <si>
     <t>42.68</t>
   </si>
   <si>
     <t>34.79</t>
   </si>
   <si>
-    <t>Vasiliy Pisʹmarev</t>
+    <t>Василий Письмарев</t>
   </si>
   <si>
     <t>1:01.37</t>
   </si>
   <si>
     <t>53.12</t>
   </si>
   <si>
-    <t>Aleksandr Bolʹshakov</t>
+    <t>Александр Большаков</t>
   </si>
   <si>
     <t>1:07.72</t>
   </si>
   <si>
     <t>54.49</t>
   </si>
   <si>
-    <t>Alexander Kopytok</t>
+    <t>Александр Копыток</t>
   </si>
   <si>
     <t>48.11</t>
   </si>
   <si>
-    <t>Aleksandr Smirnov</t>
+    <t>Александр Смирнов</t>
   </si>
   <si>
     <t>58.77</t>
   </si>
   <si>
-    <t>Serafim Danilov</t>
+    <t>Серафим Данилов</t>
   </si>
   <si>
     <t>1:06.63</t>
   </si>
   <si>
-    <t>Olʹga Kun</t>
+    <t>Ольга Кун</t>
   </si>
   <si>
     <t>1:07.48</t>
   </si>
   <si>
-    <t>Roman Yermoshkevich</t>
+    <t>Роман Ермошкевич</t>
   </si>
   <si>
     <t>1:07.52</t>
   </si>
   <si>
-    <t>Konstantin Sokolov</t>
+    <t>Константин Соколов</t>
   </si>
   <si>
     <t>1:58.05</t>
   </si>
   <si>
-    <t>Alexander Mazurenko</t>
-[...17 lines deleted...]
-    <t>Tikhon Mitus</t>
+    <t>Александр Мазуренко</t>
+  </si>
+  <si>
+    <t>Владимир Першин</t>
+  </si>
+  <si>
+    <t>Георгий Панков</t>
+  </si>
+  <si>
+    <t>Даниил Тертышный</t>
+  </si>
+  <si>
+    <t>Леонид Кузнецов</t>
+  </si>
+  <si>
+    <t>Максим Шевченко</t>
+  </si>
+  <si>
+    <t>Тихон Митус</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -1203,51 +1203,51 @@
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:D101"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="C101" sqref="C101"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="3.428" bestFit="true" customWidth="true" style="0"/>
-    <col min="2" max="2" width="26.993" bestFit="true" customWidth="true" style="0"/>
+    <col min="2" max="2" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="9.283" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:4">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
         <v>2</v>
       </c>
       <c r="D1" s="1" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="2" spans="1:4">
       <c r="A2">
         <v>1</v>
       </c>
       <c r="B2" t="s">
         <v>4</v>
       </c>