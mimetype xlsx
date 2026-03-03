--- v1 (2026-01-15)
+++ v2 (2026-03-03)
@@ -12,875 +12,881 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="333oh" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="275">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="277">
   <si>
     <t>#</t>
   </si>
   <si>
-    <t>Имя и фамилия участника</t>
-[...8 lines deleted...]
-    <t>Тимофей Тарасенко</t>
+    <t>Competitor</t>
+  </si>
+  <si>
+    <t>Average</t>
+  </si>
+  <si>
+    <t>Best</t>
+  </si>
+  <si>
+    <t>Timofei Tarasenko</t>
   </si>
   <si>
     <t>10.54</t>
   </si>
   <si>
-    <t>7.88</t>
-[...5 lines deleted...]
-    <t>10.75</t>
+    <t>8.69</t>
+  </si>
+  <si>
+    <t>Dmitry Gundin</t>
+  </si>
+  <si>
+    <t>10.77</t>
+  </si>
+  <si>
+    <t>9.42</t>
+  </si>
+  <si>
+    <t>Slavomil Voloskov</t>
+  </si>
+  <si>
+    <t>11.28</t>
+  </si>
+  <si>
+    <t>7.63</t>
+  </si>
+  <si>
+    <t>Artem Sosnovskikh</t>
+  </si>
+  <si>
+    <t>11.58</t>
+  </si>
+  <si>
+    <t>10.07</t>
+  </si>
+  <si>
+    <t>Anatolii Turenko</t>
+  </si>
+  <si>
+    <t>11.70</t>
   </si>
   <si>
     <t>8.87</t>
   </si>
   <si>
-    <t>Дмитрий Гундин</t>
-[...44 lines deleted...]
-    <t>Григорий Барашкин</t>
+    <t>Grigoriy Barashkin</t>
   </si>
   <si>
     <t>12.07</t>
   </si>
   <si>
     <t>8.91</t>
   </si>
   <si>
-    <t>Андрей Панов</t>
+    <t>Andrey Panov</t>
   </si>
   <si>
     <t>12.67</t>
   </si>
   <si>
-    <t>10.82</t>
-[...2 lines deleted...]
-    <t>Никита Попков</t>
+    <t>10.78</t>
+  </si>
+  <si>
+    <t>Alexander Bashutkin</t>
+  </si>
+  <si>
+    <t>13.13</t>
+  </si>
+  <si>
+    <t>10.90</t>
+  </si>
+  <si>
+    <t>Pavel Galaktionov</t>
+  </si>
+  <si>
+    <t>13.48</t>
+  </si>
+  <si>
+    <t>9.64</t>
+  </si>
+  <si>
+    <t>Nikita Popkov</t>
   </si>
   <si>
     <t>13.81</t>
   </si>
   <si>
-    <t>9.14</t>
-[...2 lines deleted...]
-    <t>Максим Ильин</t>
+    <t>10.35</t>
+  </si>
+  <si>
+    <t>Maxim Ilin</t>
   </si>
   <si>
     <t>13.82</t>
   </si>
   <si>
     <t>10.29</t>
   </si>
   <si>
-    <t>Лев Маслов</t>
+    <t>Lev Maslov</t>
   </si>
   <si>
     <t>14.42</t>
   </si>
   <si>
     <t>10.25</t>
   </si>
   <si>
-    <t>Андрей Синицын</t>
+    <t>Andrey Sinitsyn</t>
   </si>
   <si>
     <t>15.06</t>
   </si>
   <si>
     <t>12.53</t>
   </si>
   <si>
-    <t>Дмитрий Душейко</t>
+    <t>Dmitrii Dusheiko</t>
   </si>
   <si>
     <t>15.27</t>
   </si>
   <si>
+    <t>13.31</t>
+  </si>
+  <si>
+    <t>Alexander Ermakov</t>
+  </si>
+  <si>
+    <t>15.28</t>
+  </si>
+  <si>
+    <t>13.60</t>
+  </si>
+  <si>
+    <t>Ilya Epifanov</t>
+  </si>
+  <si>
+    <t>15.33</t>
+  </si>
+  <si>
+    <t>12.55</t>
+  </si>
+  <si>
+    <t>Vladimir Filin</t>
+  </si>
+  <si>
+    <t>15.46</t>
+  </si>
+  <si>
+    <t>12.39</t>
+  </si>
+  <si>
+    <t>Yuri Ryakin</t>
+  </si>
+  <si>
+    <t>15.52</t>
+  </si>
+  <si>
+    <t>12.15</t>
+  </si>
+  <si>
+    <t>Vladislav Kozhin</t>
+  </si>
+  <si>
+    <t>15.64</t>
+  </si>
+  <si>
+    <t>11.47</t>
+  </si>
+  <si>
+    <t>Dmitry Vasilyev</t>
+  </si>
+  <si>
+    <t>15.71</t>
+  </si>
+  <si>
+    <t>12.68</t>
+  </si>
+  <si>
+    <t>Nikita Platonov</t>
+  </si>
+  <si>
+    <t>15.85</t>
+  </si>
+  <si>
+    <t>12.60</t>
+  </si>
+  <si>
+    <t>Dmitry Kosterev</t>
+  </si>
+  <si>
+    <t>15.87</t>
+  </si>
+  <si>
     <t>13.68</t>
   </si>
   <si>
-    <t>Александр Ермаков</t>
-[...68 lines deleted...]
-    <t>Глеб Пясецкий</t>
+    <t>Gleb Pyasetskiy</t>
   </si>
   <si>
     <t>15.89</t>
   </si>
   <si>
     <t>11.99</t>
   </si>
   <si>
-    <t>Владимир Филин</t>
-[...5 lines deleted...]
-    <t>Тимофей Тюльпаков</t>
+    <t>Timofey Tyulpakov</t>
   </si>
   <si>
     <t>16.41</t>
   </si>
   <si>
     <t>12.58</t>
   </si>
   <si>
-    <t>Ислам Китиев</t>
+    <t>Islam Kitiev</t>
   </si>
   <si>
     <t>16.49</t>
   </si>
   <si>
     <t>13.41</t>
   </si>
   <si>
-    <t>Максим Козловский</t>
+    <t>Maksim Kozlovskiy</t>
   </si>
   <si>
     <t>16.67</t>
   </si>
   <si>
     <t>14.62</t>
   </si>
   <si>
-    <t>Александр Коротаев</t>
+    <t>Aleksandr Korotayev</t>
   </si>
   <si>
     <t>17.00</t>
   </si>
   <si>
     <t>11.90</t>
   </si>
   <si>
-    <t>Екатерина Канева</t>
+    <t>Ekaterina Kaneva</t>
   </si>
   <si>
     <t>17.05</t>
   </si>
   <si>
     <t>11.53</t>
   </si>
   <si>
-    <t>Мартин Николаев</t>
+    <t>Martin Nikolayev</t>
   </si>
   <si>
     <t>17.31</t>
   </si>
   <si>
     <t>13.05</t>
   </si>
   <si>
-    <t>Андрей Маслов</t>
-[...5 lines deleted...]
-    <t>Полина Лаптева</t>
+    <t>Polina Lapteva</t>
   </si>
   <si>
     <t>17.59</t>
   </si>
   <si>
     <t>13.22</t>
   </si>
   <si>
-    <t>Игорь Колосов</t>
-[...2 lines deleted...]
-    <t>17.89</t>
+    <t>Daniil Tambovtsev</t>
+  </si>
+  <si>
+    <t>18.22</t>
+  </si>
+  <si>
+    <t>14.24</t>
+  </si>
+  <si>
+    <t>Andrei Maslov</t>
+  </si>
+  <si>
+    <t>18.32</t>
+  </si>
+  <si>
+    <t>15.37</t>
+  </si>
+  <si>
+    <t>Roman Shilov</t>
+  </si>
+  <si>
+    <t>18.97</t>
+  </si>
+  <si>
+    <t>15.59</t>
+  </si>
+  <si>
+    <t>Vladislav Shurshilin</t>
+  </si>
+  <si>
+    <t>19.03</t>
+  </si>
+  <si>
+    <t>14.44</t>
+  </si>
+  <si>
+    <t>Dmitrii Saukov</t>
+  </si>
+  <si>
+    <t>19.17</t>
+  </si>
+  <si>
+    <t>16.06</t>
+  </si>
+  <si>
+    <t>Ivan Oleinikov</t>
+  </si>
+  <si>
+    <t>19.21</t>
+  </si>
+  <si>
+    <t>Valeriy Kurbatov</t>
+  </si>
+  <si>
+    <t>19.22</t>
+  </si>
+  <si>
+    <t>15.39</t>
+  </si>
+  <si>
+    <t>Dmitriy Tupis</t>
+  </si>
+  <si>
+    <t>19.28</t>
+  </si>
+  <si>
+    <t>16.14</t>
+  </si>
+  <si>
+    <t>Mikhail Govgolenko</t>
+  </si>
+  <si>
+    <t>19.41</t>
+  </si>
+  <si>
+    <t>17.17</t>
+  </si>
+  <si>
+    <t>Vladislav Androsov</t>
+  </si>
+  <si>
+    <t>18.07</t>
+  </si>
+  <si>
+    <t>Anastasiya Maykova</t>
+  </si>
+  <si>
+    <t>19.48</t>
+  </si>
+  <si>
+    <t>15.63</t>
+  </si>
+  <si>
+    <t>Igor Kolosov</t>
+  </si>
+  <si>
+    <t>19.52</t>
   </si>
   <si>
     <t>13.39</t>
   </si>
   <si>
-    <t>Даниил Тамбовцев</t>
-[...80 lines deleted...]
-    <t>Олег Демчук</t>
+    <t>Ekaterina Soboleva</t>
+  </si>
+  <si>
+    <t>19.67</t>
+  </si>
+  <si>
+    <t>14.35</t>
+  </si>
+  <si>
+    <t>Oleg Demchuk</t>
   </si>
   <si>
     <t>19.84</t>
   </si>
   <si>
     <t>16.60</t>
   </si>
   <si>
-    <t>Роман Самвелян</t>
+    <t>Roman Samvelyan</t>
   </si>
   <si>
     <t>19.97</t>
   </si>
   <si>
     <t>16.68</t>
   </si>
   <si>
-    <t>Екатерина Соболева</t>
-[...8 lines deleted...]
-    <t>Дмитрий Колотвин</t>
+    <t>Dmitry Kolotvin</t>
   </si>
   <si>
     <t>20.62</t>
   </si>
   <si>
     <t>18.95</t>
   </si>
   <si>
-    <t>Константин Артюшенко</t>
+    <t>Konstantin Artiushenko</t>
   </si>
   <si>
     <t>20.68</t>
   </si>
   <si>
     <t>18.56</t>
   </si>
   <si>
-    <t>Платон Кабаков</t>
+    <t>Platon Kabakov</t>
   </si>
   <si>
     <t>20.96</t>
   </si>
   <si>
     <t>15.01</t>
   </si>
   <si>
-    <t>Александр Докин</t>
+    <t>Aleksandr Dokin</t>
   </si>
   <si>
     <t>21.06</t>
   </si>
   <si>
     <t>18.19</t>
   </si>
   <si>
-    <t>Андрей Жуков</t>
+    <t>Andrey Zhukov</t>
   </si>
   <si>
     <t>21.81</t>
   </si>
   <si>
     <t>16.96</t>
   </si>
   <si>
-    <t>Кирилл Нурмухамедов</t>
+    <t>Kirill Nurmukhamedov</t>
   </si>
   <si>
     <t>22.00</t>
   </si>
   <si>
     <t>17.88</t>
   </si>
   <si>
-    <t>Максим Дейч</t>
+    <t>Maksim Deych</t>
   </si>
   <si>
     <t>22.06</t>
   </si>
   <si>
     <t>17.36</t>
   </si>
   <si>
-    <t>Илья Стогов</t>
+    <t>Ilʹya Stogov</t>
   </si>
   <si>
     <t>22.46</t>
   </si>
   <si>
     <t>17.13</t>
   </si>
   <si>
-    <t>Николай Подобаев</t>
+    <t>Nikolay Podobayev</t>
   </si>
   <si>
     <t>22.66</t>
   </si>
   <si>
     <t>18.50</t>
   </si>
   <si>
-    <t>Юрий Коновалов</t>
+    <t>Yuri Konovalov</t>
   </si>
   <si>
     <t>22.75</t>
   </si>
   <si>
     <t>17.20</t>
   </si>
   <si>
-    <t>Степан Щевелёв</t>
+    <t>Stepan Shchevelev</t>
   </si>
   <si>
     <t>22.97</t>
   </si>
   <si>
     <t>16.91</t>
   </si>
   <si>
-    <t>Иван Милый</t>
+    <t>Ivan Milyi</t>
   </si>
   <si>
     <t>23.69</t>
   </si>
   <si>
     <t>18.33</t>
   </si>
   <si>
-    <t>Михаил Игнатьев</t>
+    <t>Mikhail Ignatʹyev</t>
   </si>
   <si>
     <t>23.80</t>
   </si>
   <si>
     <t>19.24</t>
   </si>
   <si>
-    <t>Иван Сидоренко</t>
+    <t>Ivan Sidorenko</t>
   </si>
   <si>
     <t>23.98</t>
   </si>
   <si>
     <t>18.48</t>
   </si>
   <si>
-    <t>Андрей Кошелев</t>
+    <t>Andrey Kohhelev</t>
   </si>
   <si>
     <t>24.28</t>
   </si>
   <si>
     <t>16.95</t>
   </si>
   <si>
-    <t>Никита Брылин</t>
+    <t>Nikita Brylin</t>
   </si>
   <si>
     <t>24.29</t>
   </si>
   <si>
     <t>22.08</t>
   </si>
   <si>
-    <t>Даниил Абдулов</t>
+    <t>Daniil Abdulov</t>
   </si>
   <si>
     <t>24.37</t>
   </si>
   <si>
-    <t>Иван Стрешинский</t>
+    <t>Ivan Streshinskiy</t>
   </si>
   <si>
     <t>24.61</t>
   </si>
   <si>
     <t>21.17</t>
   </si>
   <si>
-    <t>Алексей Корицкий</t>
+    <t>Alexey Koritskiy</t>
   </si>
   <si>
     <t>24.90</t>
   </si>
   <si>
     <t>20.20</t>
   </si>
   <si>
-    <t>Василий Николашин</t>
+    <t>Vasilii Nikolashin</t>
   </si>
   <si>
     <t>24.94</t>
   </si>
   <si>
     <t>17.83</t>
   </si>
   <si>
-    <t>Екатерина Шураева</t>
+    <t>Yekaterina Shurayeva</t>
   </si>
   <si>
     <t>25.02</t>
   </si>
   <si>
     <t>23.04</t>
   </si>
   <si>
-    <t>Ольга Фёдорова</t>
+    <t>Olga Fyodorova</t>
   </si>
   <si>
     <t>27.28</t>
   </si>
   <si>
-    <t>Тимофей Терещенко</t>
+    <t>Timofey Tereshchenko</t>
   </si>
   <si>
     <t>27.40</t>
   </si>
   <si>
     <t>21.61</t>
   </si>
   <si>
-    <t>Агата Комекова</t>
+    <t>Agata Komekova</t>
   </si>
   <si>
     <t>27.77</t>
   </si>
   <si>
     <t>23.70</t>
   </si>
   <si>
-    <t>Иван Лицов</t>
+    <t>Ivan Litsov</t>
   </si>
   <si>
     <t>28.10</t>
   </si>
   <si>
     <t>23.34</t>
   </si>
   <si>
-    <t>Лука Лукаш</t>
+    <t>Luka Lukash</t>
   </si>
   <si>
     <t>29.84</t>
   </si>
   <si>
-    <t>Александра Лукьянова</t>
+    <t>Aleksandra Lukianova</t>
   </si>
   <si>
     <t>30.92</t>
   </si>
   <si>
     <t>26.01</t>
   </si>
   <si>
-    <t>Дарья Елисеева</t>
+    <t>Daria Eliseeva</t>
   </si>
   <si>
     <t>32.58</t>
   </si>
   <si>
     <t>23.85</t>
   </si>
   <si>
-    <t>Антон Семидетко</t>
+    <t>Anton Semidetko</t>
   </si>
   <si>
     <t>32.78</t>
   </si>
   <si>
     <t>26.72</t>
   </si>
   <si>
-    <t>Дмитрий Родин</t>
+    <t>Dmitry Rodin</t>
   </si>
   <si>
     <t>32.87</t>
   </si>
   <si>
     <t>27.18</t>
   </si>
   <si>
-    <t>Алексей Сенаторов</t>
+    <t>Aleksey Senatorov</t>
   </si>
   <si>
     <t>33.21</t>
   </si>
   <si>
     <t>28.20</t>
   </si>
   <si>
-    <t>Арсений Кислицын</t>
+    <t>Arseniy Kislitsyn</t>
   </si>
   <si>
     <t>33.25</t>
   </si>
   <si>
     <t>21.99</t>
   </si>
   <si>
-    <t>Георгий Голосов</t>
+    <t>Georgiy Golosov</t>
   </si>
   <si>
     <t>34.02</t>
   </si>
   <si>
     <t>27.54</t>
   </si>
   <si>
-    <t>Никита Кузнецов</t>
+    <t>Nikita Kuznetsov</t>
   </si>
   <si>
     <t>35.36</t>
   </si>
   <si>
     <t>31.06</t>
   </si>
   <si>
-    <t>Даниил Ромашков</t>
+    <t>Daniil Romashkov</t>
   </si>
   <si>
     <t>37.53</t>
   </si>
   <si>
     <t>30.68</t>
   </si>
   <si>
-    <t>Анастасия Тихенко</t>
+    <t>Anastasia Tikhenko</t>
   </si>
   <si>
     <t>38.23</t>
   </si>
   <si>
     <t>33.45</t>
   </si>
   <si>
-    <t>Родион Першин</t>
+    <t>Rodion Pershin</t>
   </si>
   <si>
     <t>40.76</t>
   </si>
   <si>
     <t>35.05</t>
   </si>
   <si>
-    <t>Кристина Королёва</t>
+    <t>Kristina Koroleva</t>
   </si>
   <si>
     <t>40.86</t>
   </si>
   <si>
     <t>36.72</t>
   </si>
   <si>
-    <t>Владимир Нуждин</t>
+    <t>Vladimir Nuzhdin</t>
   </si>
   <si>
     <t>42.68</t>
   </si>
   <si>
     <t>34.79</t>
   </si>
   <si>
-    <t>Василий Письмарев</t>
+    <t>Vasiliy Pisʹmarev</t>
   </si>
   <si>
     <t>1:01.37</t>
   </si>
   <si>
     <t>53.12</t>
   </si>
   <si>
-    <t>Александр Большаков</t>
-[...8 lines deleted...]
-    <t>Александр Копыток</t>
+    <t>Aleksandr Bolʹshakov</t>
+  </si>
+  <si>
+    <t>1:10.25</t>
+  </si>
+  <si>
+    <t>57.26</t>
+  </si>
+  <si>
+    <t>Alexander Kopytok</t>
   </si>
   <si>
     <t>48.11</t>
   </si>
   <si>
-    <t>Александр Смирнов</t>
+    <t>Aleksandr Smirnov</t>
   </si>
   <si>
     <t>58.77</t>
   </si>
   <si>
-    <t>Серафим Данилов</t>
+    <t>Serafim Danilov</t>
   </si>
   <si>
     <t>1:06.63</t>
   </si>
   <si>
-    <t>Ольга Кун</t>
+    <t>Olʹga Kun</t>
   </si>
   <si>
     <t>1:07.48</t>
   </si>
   <si>
-    <t>Роман Ермошкевич</t>
+    <t>Roman Yermoshkevich</t>
   </si>
   <si>
     <t>1:07.52</t>
   </si>
   <si>
-    <t>Константин Соколов</t>
+    <t>Konstantin Sokolov</t>
   </si>
   <si>
     <t>1:58.05</t>
   </si>
   <si>
-    <t>Александр Мазуренко</t>
-[...17 lines deleted...]
-    <t>Тихон Митус</t>
+    <t>Alexander Mazurenko</t>
+  </si>
+  <si>
+    <t>Vladimir Pershin</t>
+  </si>
+  <si>
+    <t>Georgiy Pankov</t>
+  </si>
+  <si>
+    <t>Daniil Tertyshny</t>
+  </si>
+  <si>
+    <t>Danila Ryabinin</t>
+  </si>
+  <si>
+    <t>Leonid Kuznetsov</t>
+  </si>
+  <si>
+    <t>Maxim Shevchenko</t>
+  </si>
+  <si>
+    <t>Tikhon Mitus</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -1203,51 +1209,51 @@
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:D101"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="C101" sqref="C101"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="3.428" bestFit="true" customWidth="true" style="0"/>
-    <col min="2" max="2" width="28.136" bestFit="true" customWidth="true" style="0"/>
+    <col min="2" max="2" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="9.283" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:4">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
         <v>2</v>
       </c>
       <c r="D1" s="1" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="2" spans="1:4">
       <c r="A2">
         <v>1</v>
       </c>
       <c r="B2" t="s">
         <v>4</v>
       </c>
@@ -1513,1088 +1519,1080 @@
     <row r="21" spans="1:4">
       <c r="A21">
         <v>20</v>
       </c>
       <c r="B21" t="s">
         <v>61</v>
       </c>
       <c r="C21" s="1" t="s">
         <v>62</v>
       </c>
       <c r="D21" t="s">
         <v>63</v>
       </c>
     </row>
     <row r="22" spans="1:4">
       <c r="A22">
         <v>21</v>
       </c>
       <c r="B22" t="s">
         <v>64</v>
       </c>
       <c r="C22" s="1" t="s">
         <v>65</v>
       </c>
       <c r="D22" t="s">
-        <v>45</v>
+        <v>66</v>
       </c>
     </row>
     <row r="23" spans="1:4">
       <c r="A23">
         <v>22</v>
       </c>
       <c r="B23" t="s">
-        <v>66</v>
+        <v>67</v>
       </c>
       <c r="C23" s="1" t="s">
-        <v>67</v>
+        <v>68</v>
       </c>
       <c r="D23" t="s">
-        <v>68</v>
+        <v>69</v>
       </c>
     </row>
     <row r="24" spans="1:4">
       <c r="A24">
         <v>23</v>
       </c>
       <c r="B24" t="s">
-        <v>69</v>
+        <v>70</v>
       </c>
       <c r="C24" s="1" t="s">
-        <v>70</v>
+        <v>71</v>
       </c>
       <c r="D24" t="s">
-        <v>71</v>
+        <v>72</v>
       </c>
     </row>
     <row r="25" spans="1:4">
       <c r="A25">
         <v>24</v>
       </c>
       <c r="B25" t="s">
-        <v>72</v>
+        <v>73</v>
       </c>
       <c r="C25" s="1" t="s">
-        <v>73</v>
+        <v>74</v>
       </c>
       <c r="D25" t="s">
-        <v>48</v>
+        <v>75</v>
       </c>
     </row>
     <row r="26" spans="1:4">
       <c r="A26">
         <v>25</v>
       </c>
       <c r="B26" t="s">
-        <v>74</v>
+        <v>76</v>
       </c>
       <c r="C26" s="1" t="s">
-        <v>75</v>
+        <v>77</v>
       </c>
       <c r="D26" t="s">
-        <v>76</v>
+        <v>78</v>
       </c>
     </row>
     <row r="27" spans="1:4">
       <c r="A27">
         <v>26</v>
       </c>
       <c r="B27" t="s">
-        <v>77</v>
+        <v>79</v>
       </c>
       <c r="C27" s="1" t="s">
-        <v>78</v>
+        <v>80</v>
       </c>
       <c r="D27" t="s">
-        <v>79</v>
+        <v>81</v>
       </c>
     </row>
     <row r="28" spans="1:4">
       <c r="A28">
         <v>27</v>
       </c>
       <c r="B28" t="s">
-        <v>80</v>
+        <v>82</v>
       </c>
       <c r="C28" s="1" t="s">
-        <v>81</v>
+        <v>83</v>
       </c>
       <c r="D28" t="s">
-        <v>82</v>
+        <v>84</v>
       </c>
     </row>
     <row r="29" spans="1:4">
       <c r="A29">
         <v>28</v>
       </c>
       <c r="B29" t="s">
-        <v>83</v>
+        <v>85</v>
       </c>
       <c r="C29" s="1" t="s">
-        <v>84</v>
+        <v>86</v>
       </c>
       <c r="D29" t="s">
-        <v>85</v>
+        <v>87</v>
       </c>
     </row>
     <row r="30" spans="1:4">
       <c r="A30">
         <v>29</v>
       </c>
       <c r="B30" t="s">
-        <v>86</v>
+        <v>88</v>
       </c>
       <c r="C30" s="1" t="s">
-        <v>87</v>
+        <v>89</v>
       </c>
       <c r="D30" t="s">
-        <v>88</v>
+        <v>90</v>
       </c>
     </row>
     <row r="31" spans="1:4">
       <c r="A31">
         <v>30</v>
       </c>
       <c r="B31" t="s">
-        <v>89</v>
+        <v>91</v>
       </c>
       <c r="C31" s="1" t="s">
-        <v>90</v>
+        <v>92</v>
       </c>
       <c r="D31" t="s">
-        <v>91</v>
+        <v>93</v>
       </c>
     </row>
     <row r="32" spans="1:4">
       <c r="A32">
         <v>31</v>
       </c>
       <c r="B32" t="s">
-        <v>92</v>
+        <v>94</v>
       </c>
       <c r="C32" s="1" t="s">
-        <v>93</v>
+        <v>95</v>
       </c>
       <c r="D32" t="s">
-        <v>47</v>
+        <v>96</v>
       </c>
     </row>
     <row r="33" spans="1:4">
       <c r="A33">
         <v>32</v>
       </c>
       <c r="B33" t="s">
-        <v>94</v>
+        <v>97</v>
       </c>
       <c r="C33" s="1" t="s">
-        <v>95</v>
+        <v>98</v>
       </c>
       <c r="D33" t="s">
-        <v>96</v>
+        <v>99</v>
       </c>
     </row>
     <row r="34" spans="1:4">
       <c r="A34">
         <v>33</v>
       </c>
       <c r="B34" t="s">
-        <v>97</v>
+        <v>100</v>
       </c>
       <c r="C34" s="1" t="s">
-        <v>98</v>
+        <v>101</v>
       </c>
       <c r="D34" t="s">
-        <v>99</v>
+        <v>102</v>
       </c>
     </row>
     <row r="35" spans="1:4">
       <c r="A35">
         <v>34</v>
       </c>
       <c r="B35" t="s">
-        <v>100</v>
+        <v>103</v>
       </c>
       <c r="C35" s="1" t="s">
-        <v>101</v>
+        <v>104</v>
       </c>
       <c r="D35" t="s">
-        <v>102</v>
+        <v>105</v>
       </c>
     </row>
     <row r="36" spans="1:4">
       <c r="A36">
         <v>35</v>
       </c>
       <c r="B36" t="s">
-        <v>103</v>
+        <v>106</v>
       </c>
       <c r="C36" s="1" t="s">
-        <v>104</v>
+        <v>107</v>
       </c>
       <c r="D36" t="s">
-        <v>105</v>
+        <v>108</v>
       </c>
     </row>
     <row r="37" spans="1:4">
       <c r="A37">
         <v>36</v>
       </c>
       <c r="B37" t="s">
-        <v>106</v>
+        <v>109</v>
       </c>
       <c r="C37" s="1" t="s">
-        <v>104</v>
+        <v>110</v>
       </c>
       <c r="D37" t="s">
-        <v>107</v>
+        <v>32</v>
       </c>
     </row>
     <row r="38" spans="1:4">
       <c r="A38">
         <v>37</v>
       </c>
       <c r="B38" t="s">
-        <v>108</v>
+        <v>111</v>
       </c>
       <c r="C38" s="1" t="s">
-        <v>109</v>
+        <v>112</v>
       </c>
       <c r="D38" t="s">
-        <v>110</v>
+        <v>113</v>
       </c>
     </row>
     <row r="39" spans="1:4">
       <c r="A39">
         <v>38</v>
       </c>
       <c r="B39" t="s">
-        <v>111</v>
+        <v>114</v>
       </c>
       <c r="C39" s="1" t="s">
-        <v>112</v>
+        <v>115</v>
       </c>
       <c r="D39" t="s">
-        <v>113</v>
+        <v>116</v>
       </c>
     </row>
     <row r="40" spans="1:4">
       <c r="A40">
         <v>39</v>
       </c>
       <c r="B40" t="s">
-        <v>114</v>
+        <v>117</v>
       </c>
       <c r="C40" s="1" t="s">
-        <v>115</v>
+        <v>118</v>
       </c>
       <c r="D40" t="s">
-        <v>32</v>
+        <v>119</v>
       </c>
     </row>
     <row r="41" spans="1:4">
       <c r="A41">
         <v>40</v>
       </c>
       <c r="B41" t="s">
-        <v>116</v>
+        <v>120</v>
       </c>
       <c r="C41" s="1" t="s">
-        <v>117</v>
+        <v>118</v>
       </c>
       <c r="D41" t="s">
-        <v>118</v>
+        <v>121</v>
       </c>
     </row>
     <row r="42" spans="1:4">
       <c r="A42">
         <v>41</v>
       </c>
       <c r="B42" t="s">
-        <v>119</v>
+        <v>122</v>
       </c>
       <c r="C42" s="1" t="s">
-        <v>120</v>
+        <v>123</v>
       </c>
       <c r="D42" t="s">
-        <v>121</v>
+        <v>124</v>
       </c>
     </row>
     <row r="43" spans="1:4">
       <c r="A43">
         <v>42</v>
       </c>
       <c r="B43" t="s">
-        <v>122</v>
+        <v>125</v>
       </c>
       <c r="C43" s="1" t="s">
-        <v>120</v>
+        <v>126</v>
       </c>
       <c r="D43" t="s">
-        <v>123</v>
+        <v>127</v>
       </c>
     </row>
     <row r="44" spans="1:4">
       <c r="A44">
         <v>43</v>
       </c>
       <c r="B44" t="s">
-        <v>124</v>
+        <v>128</v>
       </c>
       <c r="C44" s="1" t="s">
-        <v>125</v>
+        <v>129</v>
       </c>
       <c r="D44" t="s">
-        <v>126</v>
+        <v>130</v>
       </c>
     </row>
     <row r="45" spans="1:4">
       <c r="A45">
         <v>44</v>
       </c>
       <c r="B45" t="s">
-        <v>127</v>
+        <v>131</v>
       </c>
       <c r="C45" s="1" t="s">
-        <v>128</v>
+        <v>132</v>
       </c>
       <c r="D45" t="s">
-        <v>129</v>
+        <v>133</v>
       </c>
     </row>
     <row r="46" spans="1:4">
       <c r="A46">
         <v>45</v>
       </c>
       <c r="B46" t="s">
-        <v>130</v>
+        <v>134</v>
       </c>
       <c r="C46" s="1" t="s">
-        <v>131</v>
+        <v>135</v>
       </c>
       <c r="D46" t="s">
-        <v>132</v>
+        <v>136</v>
       </c>
     </row>
     <row r="47" spans="1:4">
       <c r="A47">
         <v>46</v>
       </c>
       <c r="B47" t="s">
-        <v>133</v>
+        <v>137</v>
       </c>
       <c r="C47" s="1" t="s">
-        <v>134</v>
+        <v>138</v>
       </c>
       <c r="D47" t="s">
-        <v>135</v>
+        <v>139</v>
       </c>
     </row>
     <row r="48" spans="1:4">
       <c r="A48">
         <v>47</v>
       </c>
       <c r="B48" t="s">
-        <v>136</v>
+        <v>140</v>
       </c>
       <c r="C48" s="1" t="s">
-        <v>137</v>
+        <v>141</v>
       </c>
       <c r="D48" t="s">
-        <v>138</v>
+        <v>142</v>
       </c>
     </row>
     <row r="49" spans="1:4">
       <c r="A49">
         <v>48</v>
       </c>
       <c r="B49" t="s">
-        <v>139</v>
+        <v>143</v>
       </c>
       <c r="C49" s="1" t="s">
-        <v>140</v>
+        <v>144</v>
       </c>
       <c r="D49" t="s">
-        <v>141</v>
+        <v>145</v>
       </c>
     </row>
     <row r="50" spans="1:4">
       <c r="A50">
         <v>49</v>
       </c>
       <c r="B50" t="s">
-        <v>142</v>
+        <v>146</v>
       </c>
       <c r="C50" s="1" t="s">
-        <v>143</v>
+        <v>147</v>
       </c>
       <c r="D50" t="s">
-        <v>144</v>
+        <v>148</v>
       </c>
     </row>
     <row r="51" spans="1:4">
       <c r="A51">
         <v>50</v>
       </c>
       <c r="B51" t="s">
-        <v>145</v>
+        <v>149</v>
       </c>
       <c r="C51" s="1" t="s">
-        <v>146</v>
+        <v>150</v>
       </c>
       <c r="D51" t="s">
-        <v>147</v>
+        <v>151</v>
       </c>
     </row>
     <row r="52" spans="1:4">
       <c r="A52">
         <v>51</v>
       </c>
       <c r="B52" t="s">
-        <v>148</v>
+        <v>152</v>
       </c>
       <c r="C52" s="1" t="s">
-        <v>149</v>
+        <v>153</v>
       </c>
       <c r="D52" t="s">
-        <v>150</v>
+        <v>154</v>
       </c>
     </row>
     <row r="53" spans="1:4">
       <c r="A53">
         <v>52</v>
       </c>
       <c r="B53" t="s">
-        <v>151</v>
+        <v>155</v>
       </c>
       <c r="C53" s="1" t="s">
-        <v>152</v>
+        <v>156</v>
       </c>
       <c r="D53" t="s">
-        <v>153</v>
+        <v>157</v>
       </c>
     </row>
     <row r="54" spans="1:4">
       <c r="A54">
         <v>53</v>
       </c>
       <c r="B54" t="s">
-        <v>154</v>
+        <v>158</v>
       </c>
       <c r="C54" s="1" t="s">
-        <v>155</v>
+        <v>159</v>
       </c>
       <c r="D54" t="s">
-        <v>156</v>
+        <v>160</v>
       </c>
     </row>
     <row r="55" spans="1:4">
       <c r="A55">
         <v>54</v>
       </c>
       <c r="B55" t="s">
-        <v>157</v>
+        <v>161</v>
       </c>
       <c r="C55" s="1" t="s">
-        <v>158</v>
+        <v>162</v>
       </c>
       <c r="D55" t="s">
-        <v>159</v>
+        <v>163</v>
       </c>
     </row>
     <row r="56" spans="1:4">
       <c r="A56">
         <v>55</v>
       </c>
       <c r="B56" t="s">
-        <v>160</v>
+        <v>164</v>
       </c>
       <c r="C56" s="1" t="s">
-        <v>161</v>
+        <v>165</v>
       </c>
       <c r="D56" t="s">
-        <v>162</v>
+        <v>166</v>
       </c>
     </row>
     <row r="57" spans="1:4">
       <c r="A57">
         <v>56</v>
       </c>
       <c r="B57" t="s">
-        <v>163</v>
+        <v>167</v>
       </c>
       <c r="C57" s="1" t="s">
-        <v>164</v>
+        <v>168</v>
       </c>
       <c r="D57" t="s">
-        <v>165</v>
+        <v>169</v>
       </c>
     </row>
     <row r="58" spans="1:4">
       <c r="A58">
         <v>57</v>
       </c>
       <c r="B58" t="s">
-        <v>166</v>
+        <v>170</v>
       </c>
       <c r="C58" s="1" t="s">
-        <v>167</v>
+        <v>171</v>
       </c>
       <c r="D58" t="s">
-        <v>168</v>
+        <v>172</v>
       </c>
     </row>
     <row r="59" spans="1:4">
       <c r="A59">
         <v>58</v>
       </c>
       <c r="B59" t="s">
-        <v>169</v>
+        <v>173</v>
       </c>
       <c r="C59" s="1" t="s">
-        <v>170</v>
+        <v>174</v>
       </c>
       <c r="D59" t="s">
-        <v>171</v>
+        <v>175</v>
       </c>
     </row>
     <row r="60" spans="1:4">
       <c r="A60">
         <v>59</v>
       </c>
       <c r="B60" t="s">
-        <v>172</v>
+        <v>176</v>
       </c>
       <c r="C60" s="1" t="s">
-        <v>173</v>
+        <v>177</v>
       </c>
       <c r="D60" t="s">
-        <v>174</v>
+        <v>178</v>
       </c>
     </row>
     <row r="61" spans="1:4">
       <c r="A61">
         <v>60</v>
       </c>
       <c r="B61" t="s">
-        <v>175</v>
+        <v>179</v>
       </c>
       <c r="C61" s="1" t="s">
-        <v>176</v>
+        <v>180</v>
       </c>
       <c r="D61" t="s">
-        <v>177</v>
+        <v>181</v>
       </c>
     </row>
     <row r="62" spans="1:4">
       <c r="A62">
         <v>61</v>
       </c>
       <c r="B62" t="s">
-        <v>178</v>
+        <v>182</v>
       </c>
       <c r="C62" s="1" t="s">
-        <v>179</v>
+        <v>183</v>
       </c>
       <c r="D62" t="s">
-        <v>180</v>
+        <v>184</v>
       </c>
     </row>
     <row r="63" spans="1:4">
       <c r="A63">
         <v>62</v>
       </c>
       <c r="B63" t="s">
-        <v>181</v>
+        <v>185</v>
       </c>
       <c r="C63" s="1" t="s">
-        <v>182</v>
+        <v>186</v>
       </c>
       <c r="D63" t="s">
-        <v>183</v>
+        <v>102</v>
       </c>
     </row>
     <row r="64" spans="1:4">
       <c r="A64">
         <v>63</v>
       </c>
       <c r="B64" t="s">
-        <v>184</v>
+        <v>187</v>
       </c>
       <c r="C64" s="1" t="s">
-        <v>185</v>
+        <v>188</v>
       </c>
       <c r="D64" t="s">
-        <v>107</v>
+        <v>189</v>
       </c>
     </row>
     <row r="65" spans="1:4">
       <c r="A65">
         <v>64</v>
       </c>
       <c r="B65" t="s">
-        <v>186</v>
+        <v>190</v>
       </c>
       <c r="C65" s="1" t="s">
-        <v>187</v>
+        <v>191</v>
       </c>
       <c r="D65" t="s">
-        <v>188</v>
+        <v>192</v>
       </c>
     </row>
     <row r="66" spans="1:4">
       <c r="A66">
         <v>65</v>
       </c>
       <c r="B66" t="s">
-        <v>189</v>
+        <v>193</v>
       </c>
       <c r="C66" s="1" t="s">
-        <v>190</v>
+        <v>194</v>
       </c>
       <c r="D66" t="s">
-        <v>191</v>
+        <v>195</v>
       </c>
     </row>
     <row r="67" spans="1:4">
       <c r="A67">
         <v>66</v>
       </c>
       <c r="B67" t="s">
-        <v>192</v>
+        <v>196</v>
       </c>
       <c r="C67" s="1" t="s">
-        <v>193</v>
+        <v>197</v>
       </c>
       <c r="D67" t="s">
-        <v>194</v>
+        <v>198</v>
       </c>
     </row>
     <row r="68" spans="1:4">
       <c r="A68">
         <v>67</v>
       </c>
       <c r="B68" t="s">
-        <v>195</v>
+        <v>199</v>
       </c>
       <c r="C68" s="1" t="s">
-        <v>196</v>
+        <v>200</v>
       </c>
       <c r="D68" t="s">
-        <v>197</v>
+        <v>186</v>
       </c>
     </row>
     <row r="69" spans="1:4">
       <c r="A69">
         <v>68</v>
       </c>
       <c r="B69" t="s">
-        <v>198</v>
+        <v>201</v>
       </c>
       <c r="C69" s="1" t="s">
-        <v>199</v>
+        <v>202</v>
       </c>
       <c r="D69" t="s">
-        <v>185</v>
+        <v>203</v>
       </c>
     </row>
     <row r="70" spans="1:4">
       <c r="A70">
         <v>69</v>
       </c>
       <c r="B70" t="s">
-        <v>200</v>
+        <v>204</v>
       </c>
       <c r="C70" s="1" t="s">
-        <v>201</v>
+        <v>205</v>
       </c>
       <c r="D70" t="s">
-        <v>202</v>
+        <v>206</v>
       </c>
     </row>
     <row r="71" spans="1:4">
       <c r="A71">
         <v>70</v>
       </c>
       <c r="B71" t="s">
-        <v>203</v>
+        <v>207</v>
       </c>
       <c r="C71" s="1" t="s">
-        <v>204</v>
+        <v>208</v>
       </c>
       <c r="D71" t="s">
-        <v>205</v>
+        <v>209</v>
       </c>
     </row>
     <row r="72" spans="1:4">
       <c r="A72">
         <v>71</v>
       </c>
       <c r="B72" t="s">
-        <v>206</v>
+        <v>210</v>
       </c>
       <c r="C72" s="1" t="s">
-        <v>207</v>
+        <v>211</v>
       </c>
       <c r="D72" t="s">
-        <v>208</v>
+        <v>171</v>
       </c>
     </row>
     <row r="73" spans="1:4">
       <c r="A73">
         <v>72</v>
       </c>
       <c r="B73" t="s">
-        <v>209</v>
+        <v>212</v>
       </c>
       <c r="C73" s="1" t="s">
-        <v>210</v>
+        <v>213</v>
       </c>
       <c r="D73" t="s">
-        <v>170</v>
+        <v>214</v>
       </c>
     </row>
     <row r="74" spans="1:4">
       <c r="A74">
         <v>73</v>
       </c>
       <c r="B74" t="s">
-        <v>211</v>
+        <v>215</v>
       </c>
       <c r="C74" s="1" t="s">
-        <v>212</v>
+        <v>216</v>
       </c>
       <c r="D74" t="s">
-        <v>213</v>
+        <v>217</v>
       </c>
     </row>
     <row r="75" spans="1:4">
       <c r="A75">
         <v>74</v>
       </c>
       <c r="B75" t="s">
-        <v>214</v>
+        <v>218</v>
       </c>
       <c r="C75" s="1" t="s">
-        <v>215</v>
+        <v>219</v>
       </c>
       <c r="D75" t="s">
-        <v>216</v>
+        <v>220</v>
       </c>
     </row>
     <row r="76" spans="1:4">
       <c r="A76">
         <v>75</v>
       </c>
       <c r="B76" t="s">
-        <v>217</v>
+        <v>221</v>
       </c>
       <c r="C76" s="1" t="s">
-        <v>218</v>
+        <v>222</v>
       </c>
       <c r="D76" t="s">
-        <v>219</v>
+        <v>223</v>
       </c>
     </row>
     <row r="77" spans="1:4">
       <c r="A77">
         <v>76</v>
       </c>
       <c r="B77" t="s">
-        <v>220</v>
+        <v>224</v>
       </c>
       <c r="C77" s="1" t="s">
-        <v>221</v>
+        <v>225</v>
       </c>
       <c r="D77" t="s">
-        <v>222</v>
+        <v>226</v>
       </c>
     </row>
     <row r="78" spans="1:4">
       <c r="A78">
         <v>77</v>
       </c>
       <c r="B78" t="s">
-        <v>223</v>
+        <v>227</v>
       </c>
       <c r="C78" s="1" t="s">
-        <v>224</v>
+        <v>228</v>
       </c>
       <c r="D78" t="s">
-        <v>225</v>
+        <v>229</v>
       </c>
     </row>
     <row r="79" spans="1:4">
       <c r="A79">
         <v>78</v>
       </c>
       <c r="B79" t="s">
-        <v>226</v>
+        <v>230</v>
       </c>
       <c r="C79" s="1" t="s">
-        <v>227</v>
+        <v>231</v>
       </c>
       <c r="D79" t="s">
-        <v>228</v>
+        <v>232</v>
       </c>
     </row>
     <row r="80" spans="1:4">
       <c r="A80">
         <v>79</v>
       </c>
       <c r="B80" t="s">
-        <v>229</v>
+        <v>233</v>
       </c>
       <c r="C80" s="1" t="s">
-        <v>230</v>
+        <v>234</v>
       </c>
       <c r="D80" t="s">
-        <v>231</v>
+        <v>235</v>
       </c>
     </row>
     <row r="81" spans="1:4">
       <c r="A81">
         <v>80</v>
       </c>
       <c r="B81" t="s">
-        <v>232</v>
+        <v>236</v>
       </c>
       <c r="C81" s="1" t="s">
-        <v>233</v>
+        <v>237</v>
       </c>
       <c r="D81" t="s">
-        <v>234</v>
+        <v>238</v>
       </c>
     </row>
     <row r="82" spans="1:4">
       <c r="A82">
         <v>81</v>
       </c>
       <c r="B82" t="s">
-        <v>235</v>
+        <v>239</v>
       </c>
       <c r="C82" s="1" t="s">
-        <v>236</v>
+        <v>240</v>
       </c>
       <c r="D82" t="s">
-        <v>237</v>
+        <v>241</v>
       </c>
     </row>
     <row r="83" spans="1:4">
       <c r="A83">
         <v>82</v>
       </c>
       <c r="B83" t="s">
-        <v>238</v>
+        <v>242</v>
       </c>
       <c r="C83" s="1" t="s">
-        <v>239</v>
+        <v>243</v>
       </c>
       <c r="D83" t="s">
-        <v>240</v>
+        <v>244</v>
       </c>
     </row>
     <row r="84" spans="1:4">
       <c r="A84">
         <v>83</v>
       </c>
       <c r="B84" t="s">
-        <v>241</v>
+        <v>245</v>
       </c>
       <c r="C84" s="1" t="s">
-        <v>242</v>
+        <v>246</v>
       </c>
       <c r="D84" t="s">
-        <v>243</v>
+        <v>247</v>
       </c>
     </row>
     <row r="85" spans="1:4">
       <c r="A85">
         <v>84</v>
       </c>
       <c r="B85" t="s">
-        <v>244</v>
+        <v>248</v>
       </c>
       <c r="C85" s="1" t="s">
-        <v>245</v>
+        <v>249</v>
       </c>
       <c r="D85" t="s">
-        <v>246</v>
+        <v>250</v>
       </c>
     </row>
     <row r="86" spans="1:4">
       <c r="A86">
         <v>85</v>
       </c>
       <c r="B86" t="s">
-        <v>247</v>
+        <v>251</v>
       </c>
       <c r="C86" s="1" t="s">
-        <v>248</v>
+        <v>252</v>
       </c>
       <c r="D86" t="s">
-        <v>249</v>
+        <v>253</v>
       </c>
     </row>
     <row r="87" spans="1:4">
       <c r="A87">
         <v>86</v>
       </c>
       <c r="B87" t="s">
-        <v>250</v>
+        <v>254</v>
       </c>
       <c r="C87" s="1" t="s">
-        <v>251</v>
+        <v>255</v>
       </c>
       <c r="D87" t="s">
-        <v>252</v>
+        <v>256</v>
       </c>
     </row>
     <row r="88" spans="1:4">
       <c r="A88">
         <v>87</v>
       </c>
       <c r="B88" t="s">
-        <v>253</v>
-[...3 lines deleted...]
-      </c>
+        <v>257</v>
+      </c>
+      <c r="C88" s="1"/>
       <c r="D88" t="s">
-        <v>255</v>
+        <v>258</v>
       </c>
     </row>
     <row r="89" spans="1:4">
       <c r="A89">
         <v>88</v>
       </c>
       <c r="B89" t="s">
-        <v>256</v>
+        <v>259</v>
       </c>
       <c r="C89" s="1"/>
       <c r="D89" t="s">
-        <v>257</v>
+        <v>260</v>
       </c>
     </row>
     <row r="90" spans="1:4">
       <c r="A90">
         <v>89</v>
       </c>
       <c r="B90" t="s">
-        <v>258</v>
+        <v>261</v>
       </c>
       <c r="C90" s="1"/>
       <c r="D90" t="s">
-        <v>259</v>
+        <v>262</v>
       </c>
     </row>
     <row r="91" spans="1:4">
       <c r="A91">
         <v>90</v>
       </c>
       <c r="B91" t="s">
-        <v>260</v>
+        <v>263</v>
       </c>
       <c r="C91" s="1"/>
       <c r="D91" t="s">
-        <v>261</v>
+        <v>264</v>
       </c>
     </row>
     <row r="92" spans="1:4">
       <c r="A92">
         <v>91</v>
       </c>
       <c r="B92" t="s">
-        <v>262</v>
+        <v>265</v>
       </c>
       <c r="C92" s="1"/>
       <c r="D92" t="s">
-        <v>263</v>
+        <v>266</v>
       </c>
     </row>
     <row r="93" spans="1:4">
       <c r="A93">
         <v>92</v>
       </c>
       <c r="B93" t="s">
-        <v>264</v>
+        <v>267</v>
       </c>
       <c r="C93" s="1"/>
       <c r="D93" t="s">
-        <v>265</v>
+        <v>268</v>
       </c>
     </row>
     <row r="94" spans="1:4">
-      <c r="A94">
-[...1 lines deleted...]
-      </c>
       <c r="B94" t="s">
-        <v>266</v>
+        <v>269</v>
       </c>
       <c r="C94" s="1"/>
-      <c r="D94" t="s">
-[...1 lines deleted...]
-      </c>
     </row>
     <row r="95" spans="1:4">
       <c r="B95" t="s">
-        <v>268</v>
+        <v>270</v>
       </c>
       <c r="C95" s="1"/>
     </row>
     <row r="96" spans="1:4">
       <c r="B96" t="s">
-        <v>269</v>
+        <v>271</v>
       </c>
       <c r="C96" s="1"/>
     </row>
     <row r="97" spans="1:4">
       <c r="B97" t="s">
-        <v>270</v>
+        <v>272</v>
       </c>
       <c r="C97" s="1"/>
     </row>
     <row r="98" spans="1:4">
       <c r="B98" t="s">
-        <v>271</v>
+        <v>273</v>
       </c>
       <c r="C98" s="1"/>
     </row>
     <row r="99" spans="1:4">
       <c r="B99" t="s">
-        <v>272</v>
+        <v>274</v>
       </c>
       <c r="C99" s="1"/>
     </row>
     <row r="100" spans="1:4">
       <c r="B100" t="s">
-        <v>273</v>
+        <v>275</v>
       </c>
       <c r="C100" s="1"/>
     </row>
     <row r="101" spans="1:4">
       <c r="B101" t="s">
-        <v>274</v>
+        <v>276</v>
       </c>
       <c r="C101" s="1"/>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>