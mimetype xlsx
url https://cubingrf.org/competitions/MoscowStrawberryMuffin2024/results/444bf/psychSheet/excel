--- v0 (2025-11-30)
+++ v1 (2026-03-03)
@@ -38,51 +38,51 @@
   <si>
     <t>#</t>
   </si>
   <si>
     <t>Имя и фамилия участника</t>
   </si>
   <si>
     <t>Среднее</t>
   </si>
   <si>
     <t>Лучшее</t>
   </si>
   <si>
     <t>Андрей Копосов</t>
   </si>
   <si>
     <t>1:53.77</t>
   </si>
   <si>
     <t>1:29.00</t>
   </si>
   <si>
     <t>Григорий Алексеев</t>
   </si>
   <si>
-    <t>1:49.24</t>
+    <t>2:18.66</t>
   </si>
   <si>
     <t>Дмитрий Сауков</t>
   </si>
   <si>
     <t>3:52.94</t>
   </si>
   <si>
     <t>2:54.09</t>
   </si>
   <si>
     <t>Андрей Ильин</t>
   </si>
   <si>
     <t>3:27.80</t>
   </si>
   <si>
     <t>Андрей Синицын</t>
   </si>
   <si>
     <t>5:06.62</t>
   </si>
   <si>
     <t>Полина Лаптева</t>
   </si>