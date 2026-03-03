--- v0 (2025-11-30)
+++ v1 (2026-03-03)
@@ -17,381 +17,381 @@
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="666" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="112">
   <si>
     <t>#</t>
   </si>
   <si>
-    <t>Competitor</t>
-[...17 lines deleted...]
-    <t>Alexander Bashutkin</t>
+    <t>Имя и фамилия участника</t>
+  </si>
+  <si>
+    <t>Среднее</t>
+  </si>
+  <si>
+    <t>Лучшее</t>
+  </si>
+  <si>
+    <t>Тимофей Тарасенко</t>
+  </si>
+  <si>
+    <t>1:15.20</t>
+  </si>
+  <si>
+    <t>1:13.07</t>
+  </si>
+  <si>
+    <t>Славомил Волосков</t>
+  </si>
+  <si>
+    <t>1:32.99</t>
+  </si>
+  <si>
+    <t>1:27.13</t>
+  </si>
+  <si>
+    <t>Александр Башуткин</t>
   </si>
   <si>
     <t>1:34.58</t>
   </si>
   <si>
     <t>1:28.65</t>
   </si>
   <si>
-    <t>Slavomil Voloskov</t>
-[...8 lines deleted...]
-    <t>Oleg Akkerman</t>
+    <t>Олег Аккерман</t>
   </si>
   <si>
     <t>1:45.78</t>
   </si>
   <si>
     <t>1:42.86</t>
   </si>
   <si>
-    <t>Andrey Panov</t>
-[...8 lines deleted...]
-    <t>Danila Ryabinin</t>
+    <t>Андрей Панов</t>
+  </si>
+  <si>
+    <t>1:46.68</t>
+  </si>
+  <si>
+    <t>1:43.51</t>
+  </si>
+  <si>
+    <t>Данила Рябинин</t>
   </si>
   <si>
     <t>1:49.68</t>
   </si>
   <si>
     <t>1:39.58</t>
   </si>
   <si>
-    <t>Aleksandr Dokin</t>
+    <t>Александр Докин</t>
   </si>
   <si>
     <t>1:51.08</t>
   </si>
   <si>
     <t>1:43.20</t>
   </si>
   <si>
-    <t>Dmitry Vasilyev</t>
+    <t>Дмитрий Васильев</t>
   </si>
   <si>
     <t>1:53.71</t>
   </si>
   <si>
     <t>1:47.54</t>
   </si>
   <si>
-    <t>Lev Maslov</t>
+    <t>Екатерина Канева</t>
+  </si>
+  <si>
+    <t>1:56.43</t>
+  </si>
+  <si>
+    <t>1:41.07</t>
+  </si>
+  <si>
+    <t>Лев Маслов</t>
   </si>
   <si>
     <t>1:56.83</t>
   </si>
   <si>
     <t>1:50.61</t>
   </si>
   <si>
-    <t>Roman Shilov</t>
+    <t>Роман Шилов</t>
   </si>
   <si>
     <t>2:01.63</t>
   </si>
   <si>
     <t>1:54.06</t>
   </si>
   <si>
-    <t>Artem Sosnovskikh</t>
+    <t>Артём Сосновских</t>
   </si>
   <si>
     <t>2:03.91</t>
   </si>
   <si>
     <t>1:57.76</t>
   </si>
   <si>
-    <t>Ekaterina Kaneva</t>
-[...8 lines deleted...]
-    <t>Andrey Sinitsyn</t>
+    <t>Андрей Синицын</t>
   </si>
   <si>
     <t>2:11.13</t>
   </si>
   <si>
     <t>2:05.33</t>
   </si>
   <si>
-    <t>Maxim Ilin</t>
+    <t>Максим Ильин</t>
   </si>
   <si>
     <t>2:14.90</t>
   </si>
   <si>
     <t>2:11.56</t>
   </si>
   <si>
-    <t>Pavel Galaktionov</t>
+    <t>Вадим Сухарев</t>
+  </si>
+  <si>
+    <t>2:15.52</t>
+  </si>
+  <si>
+    <t>2:06.94</t>
+  </si>
+  <si>
+    <t>Павел Галактионов</t>
   </si>
   <si>
     <t>2:19.49</t>
   </si>
   <si>
     <t>2:08.60</t>
   </si>
   <si>
-    <t>Ilya Epifanov</t>
+    <t>Тимофей Терещенко</t>
+  </si>
+  <si>
+    <t>2:19.81</t>
+  </si>
+  <si>
+    <t>2:09.25</t>
+  </si>
+  <si>
+    <t>Илья Епифанов</t>
   </si>
   <si>
     <t>2:20.51</t>
   </si>
   <si>
     <t>2:17.76</t>
   </si>
   <si>
-    <t>Vadim Sukharev</t>
-[...17 lines deleted...]
-    <t>Nikolay Podobayev</t>
+    <t>Николай Подобаев</t>
   </si>
   <si>
     <t>2:30.58</t>
   </si>
   <si>
     <t>2:23.08</t>
   </si>
   <si>
-    <t>Islam Kitiev</t>
+    <t>Ислам Китиев</t>
   </si>
   <si>
     <t>2:36.43</t>
   </si>
   <si>
     <t>2:26.93</t>
   </si>
   <si>
-    <t>Yuri Ryakin</t>
+    <t>Юрий Рякин</t>
   </si>
   <si>
     <t>2:37.31</t>
   </si>
   <si>
     <t>2:34.48</t>
   </si>
   <si>
-    <t>Konstantin Artiushenko</t>
+    <t>Константин Артюшенко</t>
   </si>
   <si>
     <t>2:39.17</t>
   </si>
   <si>
     <t>2:23.91</t>
   </si>
   <si>
-    <t>Andrey Zhukov</t>
+    <t>Андрей Жуков</t>
   </si>
   <si>
     <t>2:45.80</t>
   </si>
   <si>
     <t>2:36.84</t>
   </si>
   <si>
-    <t>Alexander Ermakov</t>
+    <t>Александр Ермаков</t>
   </si>
   <si>
     <t>2:53.73</t>
   </si>
   <si>
     <t>2:47.05</t>
   </si>
   <si>
-    <t>Kirill Nurmukhamedov</t>
+    <t>Кирилл Нурмухамедов</t>
   </si>
   <si>
     <t>2:54.45</t>
   </si>
   <si>
     <t>2:43.54</t>
   </si>
   <si>
-    <t>Ivan Milyi</t>
+    <t>Иван Милый</t>
   </si>
   <si>
     <t>3:17.29</t>
   </si>
   <si>
     <t>3:04.74</t>
   </si>
   <si>
-    <t>Nikita Platonov</t>
+    <t>Никита Платонов</t>
   </si>
   <si>
     <t>3:17.66</t>
   </si>
   <si>
     <t>2:56.07</t>
   </si>
   <si>
-    <t>Anastasiya Maykova</t>
+    <t>Анастасия Майкова</t>
   </si>
   <si>
     <t>3:36.14</t>
   </si>
   <si>
     <t>3:24.13</t>
   </si>
   <si>
-    <t>Vladislav Zatolokin</t>
+    <t>Владислав Затолокин</t>
   </si>
   <si>
     <t>3:44.62</t>
   </si>
   <si>
     <t>3:31.36</t>
   </si>
   <si>
-    <t>Aleksandra Lukianova</t>
+    <t>Александра Лукьянова</t>
   </si>
   <si>
     <t>4:44.35</t>
   </si>
   <si>
     <t>4:35.04</t>
   </si>
   <si>
-    <t>Pavel Makeev</t>
+    <t>Павел Макеев</t>
   </si>
   <si>
     <t>5:01.39</t>
   </si>
   <si>
     <t>4:50.09</t>
   </si>
   <si>
-    <t>Daria Eliseeva</t>
+    <t>Дарья Елисеева</t>
   </si>
   <si>
     <t>5:19.86</t>
   </si>
   <si>
     <t>4:43.12</t>
   </si>
   <si>
-    <t>Lev Kuraev</t>
+    <t>Лев Кураев</t>
   </si>
   <si>
     <t>5:45.54</t>
   </si>
   <si>
     <t>5:02.08</t>
   </si>
   <si>
-    <t>Nikita Kuznetsov</t>
+    <t>Никита Кузнецов</t>
   </si>
   <si>
     <t>6:55.75</t>
   </si>
   <si>
     <t>6:07.15</t>
   </si>
   <si>
-    <t>Dmitry Rodin</t>
+    <t>Дмитрий Родин</t>
   </si>
   <si>
     <t>3:42.24</t>
   </si>
   <si>
-    <t>Ivan Sidorenko</t>
+    <t>Иван Сидоренко</t>
   </si>
   <si>
     <t>3:42.78</t>
   </si>
   <si>
-    <t>Igor Petrovskiy</t>
-[...2 lines deleted...]
-    <t>Kristina Koroleva</t>
+    <t>Игорь Пятковский</t>
+  </si>
+  <si>
+    <t>Кристина Королёва</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -714,51 +714,51 @@
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:D39"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="C39" sqref="C39"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="3.428" bestFit="true" customWidth="true" style="0"/>
-    <col min="2" max="2" width="26.993" bestFit="true" customWidth="true" style="0"/>
+    <col min="2" max="2" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="9.283" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:4">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
         <v>2</v>
       </c>
       <c r="D1" s="1" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="2" spans="1:4">
       <c r="A2">
         <v>1</v>
       </c>
       <c r="B2" t="s">
         <v>4</v>
       </c>