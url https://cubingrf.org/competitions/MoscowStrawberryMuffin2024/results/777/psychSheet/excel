--- v0 (2025-11-30)
+++ v1 (2026-01-15)
@@ -17,414 +17,414 @@
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="777" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="123">
   <si>
     <t>#</t>
   </si>
   <si>
-    <t>Имя и фамилия участника</t>
-[...8 lines deleted...]
-    <t>Тимофей Тарасенко</t>
+    <t>Competitor</t>
+  </si>
+  <si>
+    <t>Average</t>
+  </si>
+  <si>
+    <t>Best</t>
+  </si>
+  <si>
+    <t>Timofei Tarasenko</t>
   </si>
   <si>
     <t>1:50.73</t>
   </si>
   <si>
     <t>1:44.79</t>
   </si>
   <si>
-    <t>Александр Башуткин</t>
+    <t>Alexander Bashutkin</t>
   </si>
   <si>
     <t>2:24.09</t>
   </si>
   <si>
     <t>2:20.24</t>
   </si>
   <si>
-    <t>Славомил Волосков</t>
+    <t>Slavomil Voloskov</t>
   </si>
   <si>
     <t>2:24.68</t>
   </si>
   <si>
     <t>2:18.94</t>
   </si>
   <si>
-    <t>Олег Аккерман</t>
+    <t>Oleg Akkerman</t>
   </si>
   <si>
     <t>2:37.91</t>
   </si>
   <si>
     <t>2:29.41</t>
   </si>
   <si>
-    <t>Данила Рябинин</t>
+    <t>Danila Ryabinin</t>
   </si>
   <si>
     <t>2:38.08</t>
   </si>
   <si>
     <t>2:34.70</t>
   </si>
   <si>
-    <t>Александр Докин</t>
+    <t>Aleksandr Dokin</t>
   </si>
   <si>
     <t>2:48.54</t>
   </si>
   <si>
     <t>2:37.94</t>
   </si>
   <si>
-    <t>Дмитрий Васильев</t>
+    <t>Dmitry Vasilyev</t>
   </si>
   <si>
     <t>2:48.71</t>
   </si>
   <si>
     <t>2:37.21</t>
   </si>
   <si>
-    <t>Андрей Панов</t>
+    <t>Andrey Panov</t>
   </si>
   <si>
     <t>2:52.15</t>
   </si>
   <si>
     <t>2:42.87</t>
   </si>
   <si>
-    <t>Лев Маслов</t>
+    <t>Lev Maslov</t>
   </si>
   <si>
     <t>2:55.00</t>
   </si>
   <si>
     <t>2:46.59</t>
   </si>
   <si>
-    <t>Роман Шилов</t>
+    <t>Roman Shilov</t>
   </si>
   <si>
     <t>2:55.10</t>
   </si>
   <si>
     <t>2:51.70</t>
   </si>
   <si>
-    <t>Екатерина Канева</t>
-[...2 lines deleted...]
-    <t>3:15.57</t>
+    <t>Ekaterina Kaneva</t>
+  </si>
+  <si>
+    <t>3:10.59</t>
   </si>
   <si>
     <t>3:01.48</t>
   </si>
   <si>
-    <t>Павел Галактионов</t>
+    <t>Pavel Galaktionov</t>
   </si>
   <si>
     <t>3:24.26</t>
   </si>
   <si>
     <t>3:16.88</t>
   </si>
   <si>
-    <t>Максим Ильин</t>
+    <t>Maxim Ilin</t>
   </si>
   <si>
     <t>3:26.84</t>
   </si>
   <si>
     <t>3:13.24</t>
   </si>
   <si>
-    <t>Вадим Сухарев</t>
+    <t>Vadim Sukharev</t>
   </si>
   <si>
     <t>3:28.17</t>
   </si>
   <si>
     <t>3:17.82</t>
   </si>
   <si>
-    <t>Артём Сосновских</t>
+    <t>Aleksandr Kropotov</t>
+  </si>
+  <si>
+    <t>3:38.56</t>
+  </si>
+  <si>
+    <t>3:26.92</t>
+  </si>
+  <si>
+    <t>Artem Sosnovskikh</t>
   </si>
   <si>
     <t>3:41.07</t>
   </si>
   <si>
     <t>3:21.57</t>
   </si>
   <si>
-    <t>Тимофей Терещенко</t>
+    <t>Timofey Tereshchenko</t>
   </si>
   <si>
     <t>3:44.06</t>
   </si>
   <si>
     <t>3:38.81</t>
   </si>
   <si>
-    <t>Юрий Рякин</t>
+    <t>Yuri Ryakin</t>
   </si>
   <si>
     <t>3:49.79</t>
   </si>
   <si>
     <t>3:36.09</t>
   </si>
   <si>
-    <t>Александр Кропотов</t>
-[...8 lines deleted...]
-    <t>Илья Епифанов</t>
+    <t>Ilya Epifanov</t>
   </si>
   <si>
     <t>4:07.45</t>
   </si>
   <si>
     <t>3:36.75</t>
   </si>
   <si>
-    <t>Ислам Китиев</t>
+    <t>Islam Kitiev</t>
   </si>
   <si>
     <t>4:13.15</t>
   </si>
   <si>
     <t>3:50.45</t>
   </si>
   <si>
-    <t>Николай Подобаев</t>
+    <t>Nikolay Podobayev</t>
   </si>
   <si>
     <t>4:16.11</t>
   </si>
   <si>
     <t>4:03.02</t>
   </si>
   <si>
-    <t>Александр Ермаков</t>
+    <t>Alexander Ermakov</t>
   </si>
   <si>
     <t>4:24.22</t>
   </si>
   <si>
     <t>4:02.08</t>
   </si>
   <si>
-    <t>Андрей Маслов</t>
+    <t>Andrei Maslov</t>
   </si>
   <si>
     <t>4:34.14</t>
   </si>
   <si>
     <t>4:20.51</t>
   </si>
   <si>
-    <t>Андрей Синицын</t>
+    <t>Andrey Sinitsyn</t>
   </si>
   <si>
     <t>4:36.24</t>
   </si>
   <si>
     <t>3:26.49</t>
   </si>
   <si>
-    <t>Андрей Жуков</t>
+    <t>Andrey Zhukov</t>
   </si>
   <si>
     <t>4:37.94</t>
   </si>
   <si>
     <t>4:21.94</t>
   </si>
   <si>
-    <t>Мария Жиц</t>
+    <t>Maria Zhits</t>
   </si>
   <si>
     <t>4:43.47</t>
   </si>
   <si>
     <t>4:30.98</t>
   </si>
   <si>
-    <t>Никита Платонов</t>
+    <t>Nikita Platonov</t>
   </si>
   <si>
     <t>4:59.68</t>
   </si>
   <si>
     <t>4:48.88</t>
   </si>
   <si>
-    <t>Иван Милый</t>
+    <t>Ivan Milyi</t>
   </si>
   <si>
     <t>5:06.79</t>
   </si>
   <si>
     <t>5:01.21</t>
   </si>
   <si>
-    <t>Кирилл Нурмухамедов</t>
+    <t>Kirill Nurmukhamedov</t>
   </si>
   <si>
     <t>5:16.93</t>
   </si>
   <si>
     <t>4:50.93</t>
   </si>
   <si>
-    <t>Анастасия Майкова</t>
+    <t>Anastasiya Maykova</t>
   </si>
   <si>
     <t>5:30.66</t>
   </si>
   <si>
     <t>5:05.46</t>
   </si>
   <si>
-    <t>Искандер Кусярбаев</t>
+    <t>Iskander Kusyarbaev</t>
   </si>
   <si>
     <t>5:42.91</t>
   </si>
   <si>
     <t>5:22.02</t>
   </si>
   <si>
-    <t>Анастасия Тихенко</t>
+    <t>Anastasia Tikhenko</t>
   </si>
   <si>
     <t>5:53.63</t>
   </si>
   <si>
     <t>5:22.83</t>
   </si>
   <si>
-    <t>Ксения Зырянова</t>
+    <t>Kseniya Zyryanova</t>
   </si>
   <si>
     <t>5:56.43</t>
   </si>
   <si>
     <t>5:39.54</t>
   </si>
   <si>
-    <t>Дмитрий Родин</t>
+    <t>Dmitry Rodin</t>
   </si>
   <si>
     <t>6:09.53</t>
   </si>
   <si>
     <t>5:37.77</t>
   </si>
   <si>
-    <t>Максимилиан Корчагин</t>
+    <t>Max Korchagin</t>
   </si>
   <si>
     <t>7:43.90</t>
   </si>
   <si>
     <t>7:32.06</t>
   </si>
   <si>
-    <t>Екатерина Соболева</t>
+    <t>Ekaterina Soboleva</t>
   </si>
   <si>
     <t>8:09.46</t>
   </si>
   <si>
     <t>7:42.93</t>
   </si>
   <si>
-    <t>Лев Кураев</t>
+    <t>Lev Kuraev</t>
   </si>
   <si>
     <t>7:53.45</t>
   </si>
   <si>
-    <t>Александра Лукьянова</t>
+    <t>Aleksandra Lukianova</t>
   </si>
   <si>
     <t>8:50.14</t>
   </si>
   <si>
-    <t>Павел Макеев</t>
+    <t>Pavel Makeev</t>
   </si>
   <si>
     <t>8:52.54</t>
   </si>
   <si>
-    <t>Иван Сидоренко</t>
-[...11 lines deleted...]
-    <t>Никита Кузнецов</t>
+    <t>Ivan Sidorenko</t>
+  </si>
+  <si>
+    <t>Igor Petrovskiy</t>
+  </si>
+  <si>
+    <t>Kristina Koroleva</t>
+  </si>
+  <si>
+    <t>Maxim Shevchenko</t>
+  </si>
+  <si>
+    <t>Nikita Kuznetsov</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -747,51 +747,51 @@
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:D45"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="C45" sqref="C45"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="3.428" bestFit="true" customWidth="true" style="0"/>
-    <col min="2" max="2" width="28.136" bestFit="true" customWidth="true" style="0"/>
+    <col min="2" max="2" width="24.708" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="9.283" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:4">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
         <v>2</v>
       </c>
       <c r="D1" s="1" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="2" spans="1:4">
       <c r="A2">
         <v>1</v>
       </c>
       <c r="B2" t="s">
         <v>4</v>
       </c>