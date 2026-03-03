--- v1 (2026-01-15)
+++ v2 (2026-03-03)
@@ -29,198 +29,198 @@
     <sheet name="777" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="123">
   <si>
     <t>#</t>
   </si>
   <si>
     <t>Competitor</t>
   </si>
   <si>
     <t>Average</t>
   </si>
   <si>
     <t>Best</t>
   </si>
   <si>
     <t>Timofei Tarasenko</t>
   </si>
   <si>
-    <t>1:50.73</t>
+    <t>1:51.12</t>
   </si>
   <si>
     <t>1:44.79</t>
   </si>
   <si>
     <t>Alexander Bashutkin</t>
   </si>
   <si>
     <t>2:24.09</t>
   </si>
   <si>
     <t>2:20.24</t>
   </si>
   <si>
     <t>Slavomil Voloskov</t>
   </si>
   <si>
     <t>2:24.68</t>
   </si>
   <si>
-    <t>2:18.94</t>
+    <t>2:16.59</t>
+  </si>
+  <si>
+    <t>Andrey Panov</t>
+  </si>
+  <si>
+    <t>2:36.80</t>
+  </si>
+  <si>
+    <t>2:25.69</t>
   </si>
   <si>
     <t>Oleg Akkerman</t>
   </si>
   <si>
     <t>2:37.91</t>
   </si>
   <si>
     <t>2:29.41</t>
   </si>
   <si>
     <t>Danila Ryabinin</t>
   </si>
   <si>
     <t>2:38.08</t>
   </si>
   <si>
     <t>2:34.70</t>
   </si>
   <si>
     <t>Aleksandr Dokin</t>
   </si>
   <si>
     <t>2:48.54</t>
   </si>
   <si>
     <t>2:37.94</t>
   </si>
   <si>
     <t>Dmitry Vasilyev</t>
   </si>
   <si>
     <t>2:48.71</t>
   </si>
   <si>
     <t>2:37.21</t>
   </si>
   <si>
-    <t>Andrey Panov</t>
-[...7 lines deleted...]
-  <si>
     <t>Lev Maslov</t>
   </si>
   <si>
     <t>2:55.00</t>
   </si>
   <si>
-    <t>2:46.59</t>
+    <t>2:45.19</t>
   </si>
   <si>
     <t>Roman Shilov</t>
   </si>
   <si>
     <t>2:55.10</t>
   </si>
   <si>
     <t>2:51.70</t>
   </si>
   <si>
     <t>Ekaterina Kaneva</t>
   </si>
   <si>
-    <t>3:10.59</t>
-[...2 lines deleted...]
-    <t>3:01.48</t>
+    <t>3:09.23</t>
+  </si>
+  <si>
+    <t>2:59.24</t>
+  </si>
+  <si>
+    <t>Vadim Sukharev</t>
+  </si>
+  <si>
+    <t>3:25.98</t>
+  </si>
+  <si>
+    <t>3:11.98</t>
+  </si>
+  <si>
+    <t>Maxim Ilin</t>
+  </si>
+  <si>
+    <t>3:33.19</t>
+  </si>
+  <si>
+    <t>3:21.18</t>
   </si>
   <si>
     <t>Pavel Galaktionov</t>
   </si>
   <si>
-    <t>3:24.26</t>
-[...20 lines deleted...]
-    <t>3:17.82</t>
+    <t>3:37.83</t>
+  </si>
+  <si>
+    <t>3:30.92</t>
   </si>
   <si>
     <t>Aleksandr Kropotov</t>
   </si>
   <si>
     <t>3:38.56</t>
   </si>
   <si>
     <t>3:26.92</t>
   </si>
   <si>
     <t>Artem Sosnovskikh</t>
   </si>
   <si>
     <t>3:41.07</t>
   </si>
   <si>
     <t>3:21.57</t>
   </si>
   <si>
     <t>Timofey Tereshchenko</t>
   </si>
   <si>
     <t>3:44.06</t>
   </si>
   <si>
-    <t>3:38.81</t>
+    <t>3:36.70</t>
   </si>
   <si>
     <t>Yuri Ryakin</t>
   </si>
   <si>
     <t>3:49.79</t>
   </si>
   <si>
     <t>3:36.09</t>
   </si>
   <si>
     <t>Ilya Epifanov</t>
   </si>
   <si>
     <t>4:07.45</t>
   </si>
   <si>
     <t>3:36.75</t>
   </si>
   <si>
     <t>Islam Kitiev</t>
   </si>
   <si>
     <t>4:13.15</t>
   </si>
@@ -251,147 +251,147 @@
   <si>
     <t>4:34.14</t>
   </si>
   <si>
     <t>4:20.51</t>
   </si>
   <si>
     <t>Andrey Sinitsyn</t>
   </si>
   <si>
     <t>4:36.24</t>
   </si>
   <si>
     <t>3:26.49</t>
   </si>
   <si>
     <t>Andrey Zhukov</t>
   </si>
   <si>
     <t>4:37.94</t>
   </si>
   <si>
     <t>4:21.94</t>
   </si>
   <si>
+    <t>Nikita Platonov</t>
+  </si>
+  <si>
+    <t>4:59.68</t>
+  </si>
+  <si>
+    <t>4:48.88</t>
+  </si>
+  <si>
+    <t>Ivan Milyi</t>
+  </si>
+  <si>
+    <t>5:06.79</t>
+  </si>
+  <si>
+    <t>5:01.21</t>
+  </si>
+  <si>
+    <t>Kirill Nurmukhamedov</t>
+  </si>
+  <si>
+    <t>5:16.93</t>
+  </si>
+  <si>
+    <t>4:50.93</t>
+  </si>
+  <si>
     <t>Maria Zhits</t>
   </si>
   <si>
-    <t>4:43.47</t>
-[...29 lines deleted...]
-    <t>4:50.93</t>
+    <t>5:28.85</t>
+  </si>
+  <si>
+    <t>5:21.83</t>
   </si>
   <si>
     <t>Anastasiya Maykova</t>
   </si>
   <si>
     <t>5:30.66</t>
   </si>
   <si>
     <t>5:05.46</t>
   </si>
   <si>
     <t>Iskander Kusyarbaev</t>
   </si>
   <si>
     <t>5:42.91</t>
   </si>
   <si>
     <t>5:22.02</t>
   </si>
   <si>
     <t>Anastasia Tikhenko</t>
   </si>
   <si>
     <t>5:53.63</t>
   </si>
   <si>
     <t>5:22.83</t>
   </si>
   <si>
     <t>Kseniya Zyryanova</t>
   </si>
   <si>
     <t>5:56.43</t>
   </si>
   <si>
     <t>5:39.54</t>
   </si>
   <si>
+    <t>Ekaterina Soboleva</t>
+  </si>
+  <si>
+    <t>6:48.99</t>
+  </si>
+  <si>
+    <t>6:03.75</t>
+  </si>
+  <si>
     <t>Dmitry Rodin</t>
   </si>
   <si>
-    <t>6:09.53</t>
-[...2 lines deleted...]
-    <t>5:37.77</t>
+    <t>6:52.20</t>
+  </si>
+  <si>
+    <t>5:50.81</t>
   </si>
   <si>
     <t>Max Korchagin</t>
   </si>
   <si>
     <t>7:43.90</t>
   </si>
   <si>
     <t>7:32.06</t>
-  </si>
-[...7 lines deleted...]
-    <t>7:42.93</t>
   </si>
   <si>
     <t>Lev Kuraev</t>
   </si>
   <si>
     <t>7:53.45</t>
   </si>
   <si>
     <t>Aleksandra Lukianova</t>
   </si>
   <si>
     <t>8:50.14</t>
   </si>
   <si>
     <t>Pavel Makeev</t>
   </si>
   <si>
     <t>8:52.54</t>
   </si>
   <si>
     <t>Ivan Sidorenko</t>
   </si>
   <si>
     <t>Igor Petrovskiy</t>
   </si>