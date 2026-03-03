--- v0 (2026-01-15)
+++ v1 (2026-03-03)
@@ -17,981 +17,981 @@
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="skewb" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="312">
   <si>
     <t>#</t>
   </si>
   <si>
-    <t>Имя и фамилия участника</t>
-[...8 lines deleted...]
-    <t>Владимир Филин</t>
+    <t>Competitor</t>
+  </si>
+  <si>
+    <t>Average</t>
+  </si>
+  <si>
+    <t>Best</t>
+  </si>
+  <si>
+    <t>Vladimir Filin</t>
   </si>
   <si>
     <t>2.33</t>
   </si>
   <si>
     <t>1.03</t>
   </si>
   <si>
-    <t>Екатерина Канева</t>
+    <t>Ekaterina Kaneva</t>
   </si>
   <si>
     <t>2.35</t>
   </si>
   <si>
     <t>1.07</t>
   </si>
   <si>
-    <t>Дмитрий Гундин</t>
+    <t>Dmitry Gundin</t>
   </si>
   <si>
     <t>2.88</t>
   </si>
   <si>
     <t>1.68</t>
   </si>
   <si>
-    <t>Владислав Кожин</t>
-[...2 lines deleted...]
-    <t>2.93</t>
+    <t>Artem Kulikov</t>
+  </si>
+  <si>
+    <t>3.11</t>
+  </si>
+  <si>
+    <t>1.66</t>
+  </si>
+  <si>
+    <t>Roman Shilov</t>
+  </si>
+  <si>
+    <t>3.13</t>
+  </si>
+  <si>
+    <t>1.87</t>
+  </si>
+  <si>
+    <t>Vladislav Kozhin</t>
+  </si>
+  <si>
+    <t>3.30</t>
   </si>
   <si>
     <t>1.31</t>
   </si>
   <si>
-    <t>Артём Куликов</t>
-[...17 lines deleted...]
-    <t>Славомил Волосков</t>
+    <t>Slavomil Voloskov</t>
   </si>
   <si>
     <t>3.75</t>
   </si>
   <si>
     <t>1.90</t>
   </si>
   <si>
-    <t>Максим Ильин</t>
+    <t>Maxim Ilin</t>
   </si>
   <si>
     <t>3.82</t>
   </si>
   <si>
-    <t>1.82</t>
-[...2 lines deleted...]
-    <t>Илья Епифанов</t>
+    <t>1.93</t>
+  </si>
+  <si>
+    <t>Ilya Epifanov</t>
   </si>
   <si>
     <t>3.84</t>
   </si>
   <si>
     <t>2.09</t>
   </si>
   <si>
-    <t>Андрей Панов</t>
+    <t>Andrey Panov</t>
   </si>
   <si>
     <t>3.87</t>
   </si>
   <si>
     <t>2.30</t>
   </si>
   <si>
-    <t>Тимофей Тарасенко</t>
+    <t>Timofei Tarasenko</t>
   </si>
   <si>
     <t>3.91</t>
   </si>
   <si>
-    <t>1.85</t>
-[...2 lines deleted...]
-    <t>Александра Лукьянова</t>
+    <t>2.51</t>
+  </si>
+  <si>
+    <t>Aleksandra Lukianova</t>
   </si>
   <si>
     <t>3.97</t>
   </si>
   <si>
     <t>2.36</t>
   </si>
   <si>
-    <t>Андрей Жуков</t>
+    <t>Andrey Zhukov</t>
   </si>
   <si>
     <t>3.98</t>
   </si>
   <si>
-    <t>2.76</t>
-[...2 lines deleted...]
-    <t>Григорий Барашкин</t>
+    <t>2.77</t>
+  </si>
+  <si>
+    <t>Grigoriy Barashkin</t>
   </si>
   <si>
     <t>4.06</t>
   </si>
   <si>
     <t>2.18</t>
   </si>
   <si>
-    <t>Тимофей Терещенко</t>
+    <t>Timofey Tereshchenko</t>
   </si>
   <si>
     <t>4.15</t>
   </si>
   <si>
     <t>3.17</t>
   </si>
   <si>
-    <t>Павел Галактионов</t>
-[...8 lines deleted...]
-    <t>Анастасия Майкова</t>
+    <t>Anastasiya Maykova</t>
   </si>
   <si>
     <t>4.38</t>
   </si>
   <si>
     <t>2.60</t>
   </si>
   <si>
-    <t>Платон Кабаков</t>
+    <t>Platon Kabakov</t>
   </si>
   <si>
     <t>4.48</t>
   </si>
   <si>
     <t>3.04</t>
   </si>
   <si>
-    <t>Степан Щевелёв</t>
+    <t>Stepan Shchevelev</t>
   </si>
   <si>
     <t>4.59</t>
   </si>
   <si>
     <t>2.38</t>
   </si>
   <si>
-    <t>Игорь Колосов</t>
-[...2 lines deleted...]
-    <t>4.60</t>
+    <t>Vadim Sukharev</t>
+  </si>
+  <si>
+    <t>4.89</t>
+  </si>
+  <si>
+    <t>Daniil Abdulov</t>
+  </si>
+  <si>
+    <t>4.99</t>
+  </si>
+  <si>
+    <t>2.53</t>
+  </si>
+  <si>
+    <t>Konstantin Artiushenko</t>
+  </si>
+  <si>
+    <t>5.12</t>
+  </si>
+  <si>
+    <t>3.12</t>
+  </si>
+  <si>
+    <t>Islam Kitiev</t>
+  </si>
+  <si>
+    <t>5.16</t>
+  </si>
+  <si>
+    <t>3.28</t>
+  </si>
+  <si>
+    <t>Evgeny Kiselyov</t>
+  </si>
+  <si>
+    <t>5.24</t>
+  </si>
+  <si>
+    <t>3.80</t>
+  </si>
+  <si>
+    <t>Martin Nikolayev</t>
+  </si>
+  <si>
+    <t>5.26</t>
+  </si>
+  <si>
+    <t>3.19</t>
+  </si>
+  <si>
+    <t>Artem Sosnovskikh</t>
+  </si>
+  <si>
+    <t>5.30</t>
+  </si>
+  <si>
+    <t>3.03</t>
+  </si>
+  <si>
+    <t>Alexander Katyukov</t>
+  </si>
+  <si>
+    <t>5.35</t>
+  </si>
+  <si>
+    <t>2.15</t>
+  </si>
+  <si>
+    <t>Dmitry Vasilyev</t>
+  </si>
+  <si>
+    <t>Dmitry Kolotvin</t>
+  </si>
+  <si>
+    <t>5.38</t>
+  </si>
+  <si>
+    <t>2.72</t>
+  </si>
+  <si>
+    <t>Ivan Milyi</t>
+  </si>
+  <si>
+    <t>5.41</t>
+  </si>
+  <si>
+    <t>3.95</t>
+  </si>
+  <si>
+    <t>Timur Imanov</t>
+  </si>
+  <si>
+    <t>5.47</t>
+  </si>
+  <si>
+    <t>Aleksandr Dokin</t>
+  </si>
+  <si>
+    <t>5.53</t>
+  </si>
+  <si>
+    <t>3.47</t>
+  </si>
+  <si>
+    <t>Nikita Yevlanov</t>
+  </si>
+  <si>
+    <t>5.84</t>
+  </si>
+  <si>
+    <t>4.55</t>
+  </si>
+  <si>
+    <t>Andrei Maslov</t>
+  </si>
+  <si>
+    <t>5.85</t>
+  </si>
+  <si>
+    <t>3.02</t>
+  </si>
+  <si>
+    <t>Igor Kolosov</t>
+  </si>
+  <si>
+    <t>5.99</t>
   </si>
   <si>
     <t>2.07</t>
   </si>
   <si>
-    <t>Тимур Иманов</t>
-[...122 lines deleted...]
-    <t>Никита Брылин</t>
+    <t>Nikita Brylin</t>
   </si>
   <si>
     <t>6.08</t>
   </si>
   <si>
     <t>3.69</t>
   </si>
   <si>
-    <t>Дарья Елисеева</t>
+    <t>Daria Eliseeva</t>
   </si>
   <si>
     <t>6.17</t>
   </si>
   <si>
     <t>3.42</t>
   </si>
   <si>
-    <t>Ксения Зырянова</t>
+    <t>Kseniya Zyryanova</t>
   </si>
   <si>
     <t>6.18</t>
   </si>
   <si>
     <t>2.82</t>
   </si>
   <si>
-    <t>Андрей Синицын</t>
+    <t>Andrey Sinitsyn</t>
   </si>
   <si>
     <t>6.29</t>
   </si>
   <si>
     <t>4.19</t>
   </si>
   <si>
-    <t>Александр Черкасов</t>
+    <t>Pavel Galaktionov</t>
+  </si>
+  <si>
+    <t>6.34</t>
+  </si>
+  <si>
+    <t>3.52</t>
+  </si>
+  <si>
+    <t>Aleksandr Cherkasov</t>
   </si>
   <si>
     <t>6.35</t>
   </si>
   <si>
     <t>3.61</t>
   </si>
   <si>
-    <t>Даниил Тамбовцев</t>
+    <t>Daniil Tambovtsev</t>
   </si>
   <si>
     <t>6.44</t>
   </si>
   <si>
     <t>3.68</t>
   </si>
   <si>
-    <t>Николай Подобаев</t>
+    <t>Nikolay Podobayev</t>
   </si>
   <si>
     <t>6.52</t>
   </si>
   <si>
     <t>3.63</t>
   </si>
   <si>
-    <t>Роман Самвелян</t>
+    <t>Roman Samvelyan</t>
   </si>
   <si>
     <t>6.61</t>
   </si>
   <si>
     <t>3.38</t>
   </si>
   <si>
-    <t>Седа Сукясова</t>
+    <t>Seda Sukyasova</t>
   </si>
   <si>
     <t>7.01</t>
   </si>
   <si>
     <t>5.11</t>
   </si>
   <si>
-    <t>Екатерина Соболева</t>
+    <t>Ekaterina Soboleva</t>
   </si>
   <si>
     <t>7.13</t>
   </si>
   <si>
     <t>4.04</t>
   </si>
   <si>
-    <t>Максим Козловский</t>
+    <t>Maksim Kozlovskiy</t>
   </si>
   <si>
     <t>7.23</t>
   </si>
   <si>
-    <t>Владислав Затолокин</t>
+    <t>Vladislav Zatolokin</t>
   </si>
   <si>
     <t>7.34</t>
   </si>
   <si>
     <t>5.40</t>
   </si>
   <si>
-    <t>Арсений Кислицын</t>
+    <t>Arseniy Kislitsyn</t>
   </si>
   <si>
     <t>7.37</t>
   </si>
   <si>
     <t>3.48</t>
   </si>
   <si>
-    <t>Тимофей Тюльпаков</t>
+    <t>Timofey Tyulpakov</t>
   </si>
   <si>
     <t>7.46</t>
   </si>
   <si>
     <t>3.32</t>
   </si>
   <si>
-    <t>Родион Першин</t>
+    <t>Rodion Pershin</t>
   </si>
   <si>
     <t>7.47</t>
   </si>
   <si>
     <t>5.83</t>
   </si>
   <si>
-    <t>Пётр Шипицин</t>
+    <t>Petr Shipitsin</t>
   </si>
   <si>
     <t>7.48</t>
   </si>
   <si>
     <t>5.55</t>
   </si>
   <si>
-    <t>Юрий Рякин</t>
+    <t>Yuri Ryakin</t>
   </si>
   <si>
     <t>7.52</t>
   </si>
   <si>
-    <t>Лука Лукаш</t>
+    <t>Luka Lukash</t>
   </si>
   <si>
     <t>7.53</t>
   </si>
   <si>
     <t>4.67</t>
   </si>
   <si>
-    <t>Екатерина Шураева</t>
+    <t>Yekaterina Shurayeva</t>
   </si>
   <si>
     <t>7.60</t>
   </si>
   <si>
     <t>5.09</t>
   </si>
   <si>
-    <t>Марина Щукина</t>
+    <t>Marina Shchukina</t>
   </si>
   <si>
     <t>7.62</t>
   </si>
   <si>
     <t>4.96</t>
   </si>
   <si>
-    <t>Михаил Говголенко</t>
+    <t>Mikhail Govgolenko</t>
   </si>
   <si>
     <t>7.76</t>
   </si>
   <si>
     <t>3.40</t>
   </si>
   <si>
-    <t>Александр Кропотов</t>
+    <t>Aleksandr Kropotov</t>
   </si>
   <si>
     <t>7.86</t>
   </si>
   <si>
-    <t>6.54</t>
-[...2 lines deleted...]
-    <t>Агата Комекова</t>
+    <t>5.18</t>
+  </si>
+  <si>
+    <t>Agata Komekova</t>
   </si>
   <si>
     <t>7.88</t>
   </si>
   <si>
     <t>5.01</t>
   </si>
   <si>
-    <t>Ольга Фёдорова</t>
+    <t>Olga Fyodorova</t>
   </si>
   <si>
     <t>8.09</t>
   </si>
   <si>
     <t>4.33</t>
   </si>
   <si>
-    <t>Василий Николашин</t>
+    <t>Vasilii Nikolashin</t>
   </si>
   <si>
     <t>8.24</t>
   </si>
   <si>
     <t>4.66</t>
   </si>
   <si>
-    <t>Василий Письмарев</t>
+    <t>Vasiliy Pisʹmarev</t>
   </si>
   <si>
     <t>8.25</t>
   </si>
   <si>
     <t>4.95</t>
   </si>
   <si>
-    <t>Полина Вишнякова</t>
-[...2 lines deleted...]
-    <t>8.56</t>
+    <t>Ivan Sidorenko</t>
+  </si>
+  <si>
+    <t>8.67</t>
+  </si>
+  <si>
+    <t>Alexey Koritskiy</t>
+  </si>
+  <si>
+    <t>8.71</t>
+  </si>
+  <si>
+    <t>Pëtr Yunin</t>
+  </si>
+  <si>
+    <t>8.73</t>
+  </si>
+  <si>
+    <t>4.58</t>
+  </si>
+  <si>
+    <t>Dmitriy Liga</t>
+  </si>
+  <si>
+    <t>8.92</t>
+  </si>
+  <si>
+    <t>6.58</t>
+  </si>
+  <si>
+    <t>Dmitry Rodin</t>
+  </si>
+  <si>
+    <t>8.96</t>
+  </si>
+  <si>
+    <t>4.49</t>
+  </si>
+  <si>
+    <t>Polina Vishnyakova</t>
+  </si>
+  <si>
+    <t>9.03</t>
   </si>
   <si>
     <t>5.13</t>
   </si>
   <si>
-    <t>Иван Сидоренко</t>
-[...38 lines deleted...]
-    <t>Серафим Данилов</t>
+    <t>Serafim Danilov</t>
   </si>
   <si>
     <t>9.30</t>
   </si>
   <si>
     <t>6.03</t>
   </si>
   <si>
-    <t>Александр Чебан</t>
+    <t>Aleksandr Cheban</t>
   </si>
   <si>
     <t>9.33</t>
   </si>
   <si>
     <t>4.77</t>
   </si>
   <si>
-    <t>Фёдор Улитовский</t>
+    <t>Fyodor Ulitovsky</t>
   </si>
   <si>
     <t>9.48</t>
   </si>
   <si>
-    <t>Максимилиан Корчагин</t>
+    <t>Max Korchagin</t>
   </si>
   <si>
     <t>9.95</t>
   </si>
   <si>
-    <t>Елисей Акименков</t>
+    <t>Elisey Akimenkov</t>
   </si>
   <si>
     <t>10.02</t>
   </si>
   <si>
     <t>7.54</t>
   </si>
   <si>
-    <t>Михаил Миняев</t>
+    <t>Mikhail Miniaev</t>
   </si>
   <si>
     <t>10.16</t>
   </si>
   <si>
     <t>3.08</t>
   </si>
   <si>
-    <t>Максим Кабанов</t>
+    <t>Maksim Kabanov</t>
   </si>
   <si>
     <t>10.37</t>
   </si>
   <si>
     <t>6.95</t>
   </si>
   <si>
-    <t>Иван Лицов</t>
+    <t>Ivan Litsov</t>
   </si>
   <si>
     <t>10.41</t>
   </si>
   <si>
-    <t>Никита Платонов</t>
+    <t>Nikita Platonov</t>
   </si>
   <si>
     <t>10.49</t>
   </si>
   <si>
     <t>8.42</t>
   </si>
   <si>
-    <t>Александр Ермаков</t>
-[...5 lines deleted...]
-    <t>Анастасия Тихенко</t>
+    <t>Alexander Ermakov</t>
+  </si>
+  <si>
+    <t>11.26</t>
+  </si>
+  <si>
+    <t>Anastasia Tikhenko</t>
   </si>
   <si>
     <t>11.36</t>
   </si>
   <si>
     <t>6.05</t>
   </si>
   <si>
-    <t>Ольга Ясакова</t>
-[...2 lines deleted...]
-    <t>11.37</t>
+    <t>Nikita Kuznetsov</t>
+  </si>
+  <si>
+    <t>11.65</t>
+  </si>
+  <si>
+    <t>6.77</t>
+  </si>
+  <si>
+    <t>Daniil Popov</t>
+  </si>
+  <si>
+    <t>11.89</t>
+  </si>
+  <si>
+    <t>7.58</t>
+  </si>
+  <si>
+    <t>Maksim Deych</t>
+  </si>
+  <si>
+    <t>11.91</t>
+  </si>
+  <si>
+    <t>9.36</t>
+  </si>
+  <si>
+    <t>Roman Trofimov</t>
+  </si>
+  <si>
+    <t>12.13</t>
+  </si>
+  <si>
+    <t>8.23</t>
+  </si>
+  <si>
+    <t>Konstantin Sokolov</t>
+  </si>
+  <si>
+    <t>12.76</t>
+  </si>
+  <si>
+    <t>10.28</t>
+  </si>
+  <si>
+    <t>Olga Yasakova</t>
+  </si>
+  <si>
+    <t>13.16</t>
   </si>
   <si>
     <t>7.12</t>
   </si>
   <si>
-    <t>Никита Кузнецов</t>
-[...44 lines deleted...]
-    <t>Кристина Королёва</t>
+    <t>Kristina Koroleva</t>
   </si>
   <si>
     <t>13.25</t>
   </si>
   <si>
-    <t>Мирон Головатый</t>
+    <t>Miron Golovatyi</t>
   </si>
   <si>
     <t>13.74</t>
   </si>
   <si>
     <t>10.32</t>
   </si>
   <si>
-    <t>Алексей Бережнов</t>
+    <t>Aleksey Berezhnov</t>
   </si>
   <si>
     <t>14.10</t>
   </si>
   <si>
     <t>9.15</t>
   </si>
   <si>
-    <t>Максим Муровлянников</t>
+    <t>Maxim Murovlyannikov</t>
   </si>
   <si>
     <t>15.51</t>
   </si>
   <si>
     <t>13.02</t>
   </si>
   <si>
-    <t>Иван Шинкин</t>
+    <t>Ivan Shinkin</t>
   </si>
   <si>
     <t>15.72</t>
   </si>
   <si>
     <t>7.00</t>
   </si>
   <si>
-    <t>Александр Копыток</t>
+    <t>Alexander Kopytok</t>
   </si>
   <si>
     <t>16.11</t>
   </si>
   <si>
     <t>13.58</t>
   </si>
   <si>
-    <t>Георгий Панков</t>
+    <t>Georgiy Pankov</t>
   </si>
   <si>
     <t>16.71</t>
   </si>
   <si>
-    <t>Тихон Митус</t>
+    <t>Tikhon Mitus</t>
   </si>
   <si>
     <t>16.93</t>
   </si>
   <si>
     <t>12.63</t>
   </si>
   <si>
-    <t>Михаил Лосев</t>
+    <t>Mikhail Losev</t>
   </si>
   <si>
     <t>17.84</t>
   </si>
   <si>
     <t>17.41</t>
   </si>
   <si>
-    <t>Ева Сафонова</t>
+    <t>Eva Safonova</t>
   </si>
   <si>
     <t>18.74</t>
   </si>
   <si>
     <t>14.87</t>
   </si>
   <si>
-    <t>Александр Большаков</t>
+    <t>Aleksandr Bolʹshakov</t>
   </si>
   <si>
     <t>19.27</t>
   </si>
   <si>
-    <t>13.95</t>
-[...2 lines deleted...]
-    <t>Арсений Умаров</t>
+    <t>14.91</t>
+  </si>
+  <si>
+    <t>Arsenii Umarov</t>
   </si>
   <si>
     <t>19.28</t>
   </si>
   <si>
     <t>9.61</t>
   </si>
   <si>
-    <t>Леонид Кузнецов</t>
+    <t>Leonid Kuznetsov</t>
   </si>
   <si>
     <t>20.03</t>
   </si>
   <si>
-    <t>Александр Смирнов</t>
+    <t>Aleksandr Smirnov</t>
   </si>
   <si>
     <t>20.14</t>
   </si>
   <si>
     <t>10.00</t>
   </si>
   <si>
-    <t>Матвей Николаев</t>
+    <t>Matvey Nikolaev</t>
   </si>
   <si>
     <t>21.12</t>
   </si>
   <si>
     <t>16.89</t>
   </si>
   <si>
-    <t>Павел Макеев</t>
+    <t>Pavel Makeev</t>
   </si>
   <si>
     <t>21.65</t>
   </si>
   <si>
     <t>19.99</t>
   </si>
   <si>
-    <t>Юрий Коновалов</t>
-[...11 lines deleted...]
-    <t>22.15</t>
+    <t>Vasily Belchenko</t>
+  </si>
+  <si>
+    <t>22.72</t>
+  </si>
+  <si>
+    <t>14.48</t>
+  </si>
+  <si>
+    <t>Daniil Romashkov</t>
+  </si>
+  <si>
+    <t>23.00</t>
   </si>
   <si>
     <t>16.55</t>
   </si>
   <si>
-    <t>Василий Бeльченко</t>
-[...8 lines deleted...]
-    <t>Егор Муравьев</t>
+    <t>Egor Muravev</t>
   </si>
   <si>
     <t>29.26</t>
   </si>
   <si>
     <t>12.43</t>
   </si>
   <si>
-    <t>Таисия Семенихина</t>
+    <t>Taisiya Semenikhina</t>
   </si>
   <si>
     <t>32.49</t>
   </si>
   <si>
     <t>21.09</t>
   </si>
   <si>
-    <t>Семён Разумовский</t>
+    <t>Semyon Razumovsky</t>
   </si>
   <si>
     <t>34.57</t>
   </si>
   <si>
     <t>13.77</t>
   </si>
   <si>
-    <t>Михаил Степанов</t>
+    <t>Mikhail Stepanov</t>
   </si>
   <si>
     <t>35.67</t>
   </si>
   <si>
     <t>26.75</t>
   </si>
   <si>
-    <t>Эдвард Падар</t>
-[...2 lines deleted...]
-    <t>Ярослав Каширин</t>
+    <t>Yuri Konovalov</t>
+  </si>
+  <si>
+    <t>42.18</t>
+  </si>
+  <si>
+    <t>23.50</t>
+  </si>
+  <si>
+    <t>Edward Padar</t>
+  </si>
+  <si>
+    <t>Yaroslav Kashirin</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -1314,53 +1314,53 @@
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:D110"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="C110" sqref="C110"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="4.57" bestFit="true" customWidth="true" style="0"/>
-    <col min="2" max="2" width="28.136" bestFit="true" customWidth="true" style="0"/>
+    <col min="2" max="2" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="9.283" bestFit="true" customWidth="true" style="0"/>
-    <col min="4" max="4" width="8.141" bestFit="true" customWidth="true" style="0"/>
+    <col min="4" max="4" width="6.998" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:4">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
         <v>2</v>
       </c>
       <c r="D1" s="1" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="2" spans="1:4">
       <c r="A2">
         <v>1</v>
       </c>
       <c r="B2" t="s">
         <v>4</v>
       </c>
       <c r="C2" s="1" t="s">
         <v>5</v>
@@ -1596,233 +1596,233 @@
     <row r="19" spans="1:4">
       <c r="A19">
         <v>18</v>
       </c>
       <c r="B19" t="s">
         <v>55</v>
       </c>
       <c r="C19" s="1" t="s">
         <v>56</v>
       </c>
       <c r="D19" t="s">
         <v>57</v>
       </c>
     </row>
     <row r="20" spans="1:4">
       <c r="A20">
         <v>19</v>
       </c>
       <c r="B20" t="s">
         <v>58</v>
       </c>
       <c r="C20" s="1" t="s">
         <v>59</v>
       </c>
       <c r="D20" t="s">
-        <v>60</v>
+        <v>54</v>
       </c>
     </row>
     <row r="21" spans="1:4">
       <c r="A21">
         <v>20</v>
       </c>
       <c r="B21" t="s">
+        <v>60</v>
+      </c>
+      <c r="C21" s="1" t="s">
         <v>61</v>
       </c>
-      <c r="C21" s="1" t="s">
+      <c r="D21" t="s">
         <v>62</v>
-      </c>
-[...1 lines deleted...]
-        <v>63</v>
       </c>
     </row>
     <row r="22" spans="1:4">
       <c r="A22">
         <v>21</v>
       </c>
       <c r="B22" t="s">
+        <v>63</v>
+      </c>
+      <c r="C22" s="1" t="s">
         <v>64</v>
       </c>
-      <c r="C22" s="1" t="s">
+      <c r="D22" t="s">
         <v>65</v>
-      </c>
-[...1 lines deleted...]
-        <v>8</v>
       </c>
     </row>
     <row r="23" spans="1:4">
       <c r="A23">
         <v>22</v>
       </c>
       <c r="B23" t="s">
         <v>66</v>
       </c>
       <c r="C23" s="1" t="s">
         <v>67</v>
       </c>
       <c r="D23" t="s">
-        <v>57</v>
+        <v>68</v>
       </c>
     </row>
     <row r="24" spans="1:4">
       <c r="A24">
         <v>23</v>
       </c>
       <c r="B24" t="s">
-        <v>68</v>
+        <v>69</v>
       </c>
       <c r="C24" s="1" t="s">
-        <v>69</v>
+        <v>70</v>
       </c>
       <c r="D24" t="s">
-        <v>70</v>
+        <v>71</v>
       </c>
     </row>
     <row r="25" spans="1:4">
       <c r="A25">
         <v>24</v>
       </c>
       <c r="B25" t="s">
-        <v>71</v>
+        <v>72</v>
       </c>
       <c r="C25" s="1" t="s">
-        <v>72</v>
+        <v>73</v>
       </c>
       <c r="D25" t="s">
-        <v>73</v>
+        <v>74</v>
       </c>
     </row>
     <row r="26" spans="1:4">
       <c r="A26">
         <v>25</v>
       </c>
       <c r="B26" t="s">
-        <v>74</v>
+        <v>75</v>
       </c>
       <c r="C26" s="1" t="s">
-        <v>75</v>
+        <v>76</v>
       </c>
       <c r="D26" t="s">
-        <v>76</v>
+        <v>77</v>
       </c>
     </row>
     <row r="27" spans="1:4">
       <c r="A27">
         <v>26</v>
       </c>
       <c r="B27" t="s">
-        <v>77</v>
+        <v>78</v>
       </c>
       <c r="C27" s="1" t="s">
-        <v>78</v>
+        <v>79</v>
       </c>
       <c r="D27" t="s">
-        <v>79</v>
+        <v>80</v>
       </c>
     </row>
     <row r="28" spans="1:4">
       <c r="A28">
         <v>27</v>
       </c>
       <c r="B28" t="s">
-        <v>80</v>
+        <v>81</v>
       </c>
       <c r="C28" s="1" t="s">
-        <v>81</v>
+        <v>79</v>
       </c>
       <c r="D28" t="s">
-        <v>82</v>
+        <v>42</v>
       </c>
     </row>
     <row r="29" spans="1:4">
       <c r="A29">
         <v>28</v>
       </c>
       <c r="B29" t="s">
+        <v>82</v>
+      </c>
+      <c r="C29" s="1" t="s">
         <v>83</v>
       </c>
-      <c r="C29" s="1" t="s">
+      <c r="D29" t="s">
         <v>84</v>
-      </c>
-[...1 lines deleted...]
-        <v>85</v>
       </c>
     </row>
     <row r="30" spans="1:4">
       <c r="A30">
         <v>29</v>
       </c>
       <c r="B30" t="s">
+        <v>85</v>
+      </c>
+      <c r="C30" s="1" t="s">
         <v>86</v>
       </c>
-      <c r="C30" s="1" t="s">
+      <c r="D30" t="s">
         <v>87</v>
-      </c>
-[...1 lines deleted...]
-        <v>88</v>
       </c>
     </row>
     <row r="31" spans="1:4">
       <c r="A31">
         <v>30</v>
       </c>
       <c r="B31" t="s">
+        <v>88</v>
+      </c>
+      <c r="C31" s="1" t="s">
         <v>89</v>
       </c>
-      <c r="C31" s="1" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D31" t="s">
-        <v>90</v>
+        <v>8</v>
       </c>
     </row>
     <row r="32" spans="1:4">
       <c r="A32">
         <v>31</v>
       </c>
       <c r="B32" t="s">
+        <v>90</v>
+      </c>
+      <c r="C32" s="1" t="s">
         <v>91</v>
       </c>
-      <c r="C32" s="1" t="s">
+      <c r="D32" t="s">
         <v>92</v>
-      </c>
-[...1 lines deleted...]
-        <v>93</v>
       </c>
     </row>
     <row r="33" spans="1:4">
       <c r="A33">
         <v>32</v>
       </c>
       <c r="B33" t="s">
+        <v>93</v>
+      </c>
+      <c r="C33" s="1" t="s">
         <v>94</v>
       </c>
-      <c r="C33" s="1" t="s">
+      <c r="D33" t="s">
         <v>95</v>
-      </c>
-[...1 lines deleted...]
-        <v>23</v>
       </c>
     </row>
     <row r="34" spans="1:4">
       <c r="A34">
         <v>33</v>
       </c>
       <c r="B34" t="s">
         <v>96</v>
       </c>
       <c r="C34" s="1" t="s">
         <v>97</v>
       </c>
       <c r="D34" t="s">
         <v>98</v>
       </c>
     </row>
     <row r="35" spans="1:4">
       <c r="A35">
         <v>34</v>
       </c>
       <c r="B35" t="s">
         <v>99</v>
       </c>
       <c r="C35" s="1" t="s">
         <v>100</v>
@@ -1974,51 +1974,51 @@
     <row r="46" spans="1:4">
       <c r="A46">
         <v>45</v>
       </c>
       <c r="B46" t="s">
         <v>132</v>
       </c>
       <c r="C46" s="1" t="s">
         <v>133</v>
       </c>
       <c r="D46" t="s">
         <v>134</v>
       </c>
     </row>
     <row r="47" spans="1:4">
       <c r="A47">
         <v>46</v>
       </c>
       <c r="B47" t="s">
         <v>135</v>
       </c>
       <c r="C47" s="1" t="s">
         <v>136</v>
       </c>
       <c r="D47" t="s">
-        <v>53</v>
+        <v>50</v>
       </c>
     </row>
     <row r="48" spans="1:4">
       <c r="A48">
         <v>47</v>
       </c>
       <c r="B48" t="s">
         <v>137</v>
       </c>
       <c r="C48" s="1" t="s">
         <v>138</v>
       </c>
       <c r="D48" t="s">
         <v>139</v>
       </c>
     </row>
     <row r="49" spans="1:4">
       <c r="A49">
         <v>48</v>
       </c>
       <c r="B49" t="s">
         <v>140</v>
       </c>
       <c r="C49" s="1" t="s">
         <v>141</v>
@@ -2058,51 +2058,51 @@
     <row r="52" spans="1:4">
       <c r="A52">
         <v>51</v>
       </c>
       <c r="B52" t="s">
         <v>149</v>
       </c>
       <c r="C52" s="1" t="s">
         <v>150</v>
       </c>
       <c r="D52" t="s">
         <v>151</v>
       </c>
     </row>
     <row r="53" spans="1:4">
       <c r="A53">
         <v>52</v>
       </c>
       <c r="B53" t="s">
         <v>152</v>
       </c>
       <c r="C53" s="1" t="s">
         <v>153</v>
       </c>
       <c r="D53" t="s">
-        <v>79</v>
+        <v>71</v>
       </c>
     </row>
     <row r="54" spans="1:4">
       <c r="A54">
         <v>53</v>
       </c>
       <c r="B54" t="s">
         <v>154</v>
       </c>
       <c r="C54" s="1" t="s">
         <v>155</v>
       </c>
       <c r="D54" t="s">
         <v>156</v>
       </c>
     </row>
     <row r="55" spans="1:4">
       <c r="A55">
         <v>54</v>
       </c>
       <c r="B55" t="s">
         <v>157</v>
       </c>
       <c r="C55" s="1" t="s">
         <v>158</v>
@@ -2198,79 +2198,79 @@
     <row r="62" spans="1:4">
       <c r="A62">
         <v>61</v>
       </c>
       <c r="B62" t="s">
         <v>178</v>
       </c>
       <c r="C62" s="1" t="s">
         <v>179</v>
       </c>
       <c r="D62" t="s">
         <v>180</v>
       </c>
     </row>
     <row r="63" spans="1:4">
       <c r="A63">
         <v>62</v>
       </c>
       <c r="B63" t="s">
         <v>181</v>
       </c>
       <c r="C63" s="1" t="s">
         <v>182</v>
       </c>
       <c r="D63" t="s">
-        <v>183</v>
+        <v>53</v>
       </c>
     </row>
     <row r="64" spans="1:4">
       <c r="A64">
         <v>63</v>
       </c>
       <c r="B64" t="s">
+        <v>183</v>
+      </c>
+      <c r="C64" s="1" t="s">
         <v>184</v>
       </c>
-      <c r="C64" s="1" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D64" t="s">
-        <v>56</v>
+        <v>76</v>
       </c>
     </row>
     <row r="65" spans="1:4">
       <c r="A65">
         <v>64</v>
       </c>
       <c r="B65" t="s">
+        <v>185</v>
+      </c>
+      <c r="C65" s="1" t="s">
         <v>186</v>
       </c>
-      <c r="C65" s="1" t="s">
+      <c r="D65" t="s">
         <v>187</v>
-      </c>
-[...1 lines deleted...]
-        <v>84</v>
       </c>
     </row>
     <row r="66" spans="1:4">
       <c r="A66">
         <v>65</v>
       </c>
       <c r="B66" t="s">
         <v>188</v>
       </c>
       <c r="C66" s="1" t="s">
         <v>189</v>
       </c>
       <c r="D66" t="s">
         <v>190</v>
       </c>
     </row>
     <row r="67" spans="1:4">
       <c r="A67">
         <v>66</v>
       </c>
       <c r="B67" t="s">
         <v>191</v>
       </c>
       <c r="C67" s="1" t="s">
         <v>192</v>