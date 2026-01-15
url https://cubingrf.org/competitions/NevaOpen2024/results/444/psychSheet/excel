--- v0 (2025-11-30)
+++ v1 (2026-01-15)
@@ -29,51 +29,51 @@
     <sheet name="444" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="128">
   <si>
     <t>#</t>
   </si>
   <si>
     <t>Имя и фамилия участника</t>
   </si>
   <si>
     <t>Среднее</t>
   </si>
   <si>
     <t>Лучшее</t>
   </si>
   <si>
     <t>Анатолий Туренко</t>
   </si>
   <si>
-    <t>27.95</t>
+    <t>27.57</t>
   </si>
   <si>
     <t>22.52</t>
   </si>
   <si>
     <t>Дмитрий Гундин</t>
   </si>
   <si>
     <t>28.54</t>
   </si>
   <si>
     <t>24.50</t>
   </si>
   <si>
     <t>Славомил Волосков</t>
   </si>
   <si>
     <t>29.37</t>
   </si>
   <si>
     <t>24.07</t>
   </si>
   <si>
     <t>Никита Попков</t>
   </si>
@@ -98,210 +98,210 @@
   <si>
     <t>34.86</t>
   </si>
   <si>
     <t>29.08</t>
   </si>
   <si>
     <t>Богдан Землянский</t>
   </si>
   <si>
     <t>37.72</t>
   </si>
   <si>
     <t>30.69</t>
   </si>
   <si>
     <t>Вадим Сухарев</t>
   </si>
   <si>
     <t>37.77</t>
   </si>
   <si>
     <t>34.75</t>
   </si>
   <si>
+    <t>Александр Кропотов</t>
+  </si>
+  <si>
+    <t>38.02</t>
+  </si>
+  <si>
+    <t>30.21</t>
+  </si>
+  <si>
     <t>Дмитрий Тупис</t>
   </si>
   <si>
     <t>39.63</t>
   </si>
   <si>
     <t>34.64</t>
   </si>
   <si>
-    <t>Александр Кропотов</t>
-[...7 lines deleted...]
-  <si>
     <t>Владимир Филин</t>
   </si>
   <si>
     <t>42.87</t>
   </si>
   <si>
     <t>35.01</t>
   </si>
   <si>
     <t>Мстислав Слабинский</t>
   </si>
   <si>
     <t>43.66</t>
   </si>
   <si>
     <t>37.59</t>
   </si>
   <si>
+    <t>Михаил Игнатьев</t>
+  </si>
+  <si>
+    <t>43.91</t>
+  </si>
+  <si>
+    <t>34.00</t>
+  </si>
+  <si>
     <t>Максим Милосердов</t>
   </si>
   <si>
     <t>44.07</t>
   </si>
   <si>
     <t>41.93</t>
   </si>
   <si>
     <t>Андрей Жуков</t>
   </si>
   <si>
     <t>44.72</t>
   </si>
   <si>
     <t>39.19</t>
   </si>
   <si>
-    <t>Михаил Игнатьев</t>
-[...7 lines deleted...]
-  <si>
     <t>Александра Лукьянова</t>
   </si>
   <si>
     <t>46.68</t>
   </si>
   <si>
     <t>40.34</t>
   </si>
   <si>
     <t>Василий Николашин</t>
   </si>
   <si>
     <t>49.55</t>
   </si>
   <si>
     <t>42.20</t>
   </si>
   <si>
     <t>Матвей Тянутов</t>
   </si>
   <si>
     <t>52.02</t>
   </si>
   <si>
     <t>43.13</t>
   </si>
   <si>
     <t>Ольга Ясакова</t>
   </si>
   <si>
     <t>52.41</t>
   </si>
   <si>
-    <t>44.66</t>
+    <t>42.85</t>
+  </si>
+  <si>
+    <t>Артемий Стукарчук</t>
+  </si>
+  <si>
+    <t>53.84</t>
+  </si>
+  <si>
+    <t>43.89</t>
   </si>
   <si>
     <t>Екатерина Соболева</t>
   </si>
   <si>
     <t>54.40</t>
   </si>
   <si>
     <t>48.45</t>
   </si>
   <si>
-    <t>Артемий Стукарчук</t>
-[...7 lines deleted...]
-  <si>
     <t>Лев Якименко</t>
   </si>
   <si>
     <t>55.92</t>
   </si>
   <si>
     <t>48.30</t>
   </si>
   <si>
     <t>Дмитрий Дунаев</t>
   </si>
   <si>
     <t>56.59</t>
   </si>
   <si>
     <t>49.27</t>
   </si>
   <si>
     <t>Иван Смирнов</t>
   </si>
   <si>
     <t>56.99</t>
   </si>
   <si>
     <t>50.89</t>
   </si>
   <si>
     <t>Николай Одегов</t>
   </si>
   <si>
     <t>1:00.63</t>
   </si>
   <si>
     <t>56.38</t>
   </si>
   <si>
     <t>Дарья Елисеева</t>
   </si>
   <si>
-    <t>1:01.70</t>
-[...2 lines deleted...]
-    <t>51.95</t>
+    <t>1:01.64</t>
+  </si>
+  <si>
+    <t>48.67</t>
   </si>
   <si>
     <t>Анастасия Регонен</t>
   </si>
   <si>
     <t>1:03.92</t>
   </si>
   <si>
     <t>54.37</t>
   </si>
   <si>
     <t>Ксения Варфоломеева</t>
   </si>
   <si>
     <t>1:04.23</t>
   </si>
   <si>
     <t>56.27</t>
   </si>
   <si>
     <t>Вячеслав Сизов</t>
   </si>
   <si>
     <t>1:05.64</t>
   </si>
@@ -359,78 +359,78 @@
   <si>
     <t>1:36.15</t>
   </si>
   <si>
     <t>1:27.44</t>
   </si>
   <si>
     <t>Пётр Ануков</t>
   </si>
   <si>
     <t>2:02.33</t>
   </si>
   <si>
     <t>1:40.32</t>
   </si>
   <si>
     <t>Егор Жогин</t>
   </si>
   <si>
     <t>2:08.89</t>
   </si>
   <si>
     <t>1:42.36</t>
   </si>
   <si>
+    <t>Иван Королев</t>
+  </si>
+  <si>
+    <t>1:24.88</t>
+  </si>
+  <si>
     <t>Семен Кудрявцев</t>
   </si>
   <si>
     <t>1:26.71</t>
   </si>
   <si>
     <t>Александр Говорков</t>
   </si>
   <si>
     <t>1:46.69</t>
   </si>
   <si>
     <t>Наталья Пягай</t>
   </si>
   <si>
     <t>2:05.88</t>
   </si>
   <si>
     <t>Тимофей Чубырин</t>
   </si>
   <si>
     <t>2:21.16</t>
-  </si>
-[...4 lines deleted...]
-    <t>2:48.04</t>
   </si>
   <si>
     <t>Андрей Артеменко</t>
   </si>
   <si>
     <t>Константин Макаров</t>
   </si>
   <si>
     <t>Матвей Николаев</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>