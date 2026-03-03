--- v1 (2026-01-15)
+++ v2 (2026-03-03)
@@ -12,407 +12,410 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="444" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="128">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="129">
   <si>
     <t>#</t>
   </si>
   <si>
     <t>Имя и фамилия участника</t>
   </si>
   <si>
     <t>Среднее</t>
   </si>
   <si>
     <t>Лучшее</t>
   </si>
   <si>
     <t>Анатолий Туренко</t>
   </si>
   <si>
-    <t>27.57</t>
+    <t>26.51</t>
   </si>
   <si>
     <t>22.52</t>
   </si>
   <si>
+    <t>Славомил Волосков</t>
+  </si>
+  <si>
+    <t>27.77</t>
+  </si>
+  <si>
+    <t>24.07</t>
+  </si>
+  <si>
     <t>Дмитрий Гундин</t>
   </si>
   <si>
     <t>28.54</t>
   </si>
   <si>
     <t>24.50</t>
   </si>
   <si>
-    <t>Славомил Волосков</t>
-[...7 lines deleted...]
-  <si>
     <t>Никита Попков</t>
   </si>
   <si>
     <t>31.07</t>
   </si>
   <si>
-    <t>26.58</t>
+    <t>27.36</t>
   </si>
   <si>
     <t>Вячеслав Кочергин</t>
   </si>
   <si>
     <t>33.07</t>
   </si>
   <si>
     <t>25.55</t>
   </si>
   <si>
     <t>Максим Аммосов</t>
   </si>
   <si>
-    <t>34.86</t>
+    <t>34.39</t>
   </si>
   <si>
     <t>29.08</t>
   </si>
   <si>
+    <t>Вадим Сухарев</t>
+  </si>
+  <si>
+    <t>35.27</t>
+  </si>
+  <si>
+    <t>33.55</t>
+  </si>
+  <si>
+    <t>Александр Кропотов</t>
+  </si>
+  <si>
+    <t>37.24</t>
+  </si>
+  <si>
+    <t>26.91</t>
+  </si>
+  <si>
     <t>Богдан Землянский</t>
   </si>
   <si>
     <t>37.72</t>
   </si>
   <si>
     <t>30.69</t>
   </si>
   <si>
-    <t>Вадим Сухарев</t>
-[...16 lines deleted...]
-  <si>
     <t>Дмитрий Тупис</t>
   </si>
   <si>
     <t>39.63</t>
   </si>
   <si>
-    <t>34.64</t>
+    <t>32.89</t>
   </si>
   <si>
     <t>Владимир Филин</t>
   </si>
   <si>
-    <t>42.87</t>
+    <t>41.90</t>
   </si>
   <si>
     <t>35.01</t>
   </si>
   <si>
     <t>Мстислав Слабинский</t>
   </si>
   <si>
     <t>43.66</t>
   </si>
   <si>
     <t>37.59</t>
   </si>
   <si>
     <t>Михаил Игнатьев</t>
   </si>
   <si>
     <t>43.91</t>
   </si>
   <si>
     <t>34.00</t>
   </si>
   <si>
     <t>Максим Милосердов</t>
   </si>
   <si>
     <t>44.07</t>
   </si>
   <si>
-    <t>41.93</t>
+    <t>38.49</t>
+  </si>
+  <si>
+    <t>Лев Якименко</t>
+  </si>
+  <si>
+    <t>44.30</t>
+  </si>
+  <si>
+    <t>36.82</t>
   </si>
   <si>
     <t>Андрей Жуков</t>
   </si>
   <si>
-    <t>44.72</t>
+    <t>45.13</t>
   </si>
   <si>
     <t>39.19</t>
   </si>
   <si>
     <t>Александра Лукьянова</t>
   </si>
   <si>
     <t>46.68</t>
   </si>
   <si>
     <t>40.34</t>
   </si>
   <si>
     <t>Василий Николашин</t>
   </si>
   <si>
     <t>49.55</t>
   </si>
   <si>
     <t>42.20</t>
   </si>
   <si>
     <t>Матвей Тянутов</t>
   </si>
   <si>
     <t>52.02</t>
   </si>
   <si>
     <t>43.13</t>
   </si>
   <si>
+    <t>Иван Смирнов</t>
+  </si>
+  <si>
+    <t>52.24</t>
+  </si>
+  <si>
+    <t>46.54</t>
+  </si>
+  <si>
     <t>Ольга Ясакова</t>
   </si>
   <si>
     <t>52.41</t>
   </si>
   <si>
     <t>42.85</t>
   </si>
   <si>
     <t>Артемий Стукарчук</t>
   </si>
   <si>
     <t>53.84</t>
   </si>
   <si>
     <t>43.89</t>
   </si>
   <si>
     <t>Екатерина Соболева</t>
   </si>
   <si>
     <t>54.40</t>
   </si>
   <si>
     <t>48.45</t>
   </si>
   <si>
-    <t>Лев Якименко</t>
-[...7 lines deleted...]
-  <si>
     <t>Дмитрий Дунаев</t>
   </si>
   <si>
     <t>56.59</t>
   </si>
   <si>
     <t>49.27</t>
   </si>
   <si>
-    <t>Иван Смирнов</t>
-[...5 lines deleted...]
-    <t>50.89</t>
+    <t>Ксения Варфоломеева</t>
+  </si>
+  <si>
+    <t>59.44</t>
+  </si>
+  <si>
+    <t>47.73</t>
   </si>
   <si>
     <t>Николай Одегов</t>
   </si>
   <si>
     <t>1:00.63</t>
   </si>
   <si>
     <t>56.38</t>
   </si>
   <si>
     <t>Дарья Елисеева</t>
   </si>
   <si>
     <t>1:01.64</t>
   </si>
   <si>
     <t>48.67</t>
   </si>
   <si>
     <t>Анастасия Регонен</t>
   </si>
   <si>
     <t>1:03.92</t>
   </si>
   <si>
     <t>54.37</t>
   </si>
   <si>
-    <t>Ксения Варфоломеева</t>
-[...5 lines deleted...]
-    <t>56.27</t>
+    <t>Габриэлла Ивахницкая</t>
+  </si>
+  <si>
+    <t>1:07.08</t>
+  </si>
+  <si>
+    <t>56.26</t>
   </si>
   <si>
     <t>Вячеслав Сизов</t>
   </si>
   <si>
-    <t>1:05.64</t>
+    <t>1:07.75</t>
   </si>
   <si>
     <t>55.47</t>
   </si>
   <si>
-    <t>Габриэлла Ивахницкая</t>
-[...7 lines deleted...]
-  <si>
     <t>Евсей Ионуш</t>
   </si>
   <si>
     <t>1:11.35</t>
   </si>
   <si>
     <t>1:02.88</t>
   </si>
   <si>
+    <t>Семен Кудрявцев</t>
+  </si>
+  <si>
+    <t>1:18.53</t>
+  </si>
+  <si>
+    <t>1:08.98</t>
+  </si>
+  <si>
+    <t>Роман Фотиев</t>
+  </si>
+  <si>
+    <t>1:20.97</t>
+  </si>
+  <si>
+    <t>1:13.07</t>
+  </si>
+  <si>
     <t>Семен Крутецкий</t>
   </si>
   <si>
     <t>1:23.13</t>
   </si>
   <si>
     <t>1:08.64</t>
   </si>
   <si>
     <t>Владимир Козлов</t>
   </si>
   <si>
     <t>1:23.53</t>
   </si>
   <si>
     <t>1:13.00</t>
   </si>
   <si>
-    <t>Роман Фотиев</t>
-[...7 lines deleted...]
-  <si>
     <t>Диана Мурник</t>
   </si>
   <si>
-    <t>1:36.15</t>
-[...2 lines deleted...]
-    <t>1:27.44</t>
+    <t>1:25.72</t>
+  </si>
+  <si>
+    <t>1:23.36</t>
   </si>
   <si>
     <t>Пётр Ануков</t>
   </si>
   <si>
     <t>2:02.33</t>
   </si>
   <si>
     <t>1:40.32</t>
   </si>
   <si>
     <t>Егор Жогин</t>
   </si>
   <si>
     <t>2:08.89</t>
   </si>
   <si>
     <t>1:42.36</t>
   </si>
   <si>
     <t>Иван Королев</t>
   </si>
   <si>
     <t>1:24.88</t>
-  </si>
-[...4 lines deleted...]
-    <t>1:26.71</t>
   </si>
   <si>
     <t>Александр Говорков</t>
   </si>
   <si>
     <t>1:46.69</t>
   </si>
   <si>
     <t>Наталья Пягай</t>
   </si>
   <si>
     <t>2:05.88</t>
   </si>
   <si>
     <t>Тимофей Чубырин</t>
   </si>
   <si>
     <t>2:21.16</t>
   </si>
   <si>
     <t>Андрей Артеменко</t>
   </si>
   <si>
     <t>Константин Макаров</t>
   </si>
@@ -1306,118 +1309,120 @@
       <c r="D37" t="s">
         <v>111</v>
       </c>
     </row>
     <row r="38" spans="1:4">
       <c r="A38">
         <v>37</v>
       </c>
       <c r="B38" t="s">
         <v>112</v>
       </c>
       <c r="C38" s="1" t="s">
         <v>113</v>
       </c>
       <c r="D38" t="s">
         <v>114</v>
       </c>
     </row>
     <row r="39" spans="1:4">
       <c r="A39">
         <v>38</v>
       </c>
       <c r="B39" t="s">
         <v>115</v>
       </c>
-      <c r="C39" s="1"/>
+      <c r="C39" s="1" t="s">
+        <v>116</v>
+      </c>
       <c r="D39" t="s">
-        <v>116</v>
+        <v>117</v>
       </c>
     </row>
     <row r="40" spans="1:4">
       <c r="A40">
         <v>39</v>
       </c>
       <c r="B40" t="s">
-        <v>117</v>
+        <v>118</v>
       </c>
       <c r="C40" s="1"/>
       <c r="D40" t="s">
-        <v>118</v>
+        <v>119</v>
       </c>
     </row>
     <row r="41" spans="1:4">
       <c r="A41">
         <v>40</v>
       </c>
       <c r="B41" t="s">
-        <v>119</v>
+        <v>120</v>
       </c>
       <c r="C41" s="1"/>
       <c r="D41" t="s">
-        <v>120</v>
+        <v>121</v>
       </c>
     </row>
     <row r="42" spans="1:4">
       <c r="A42">
         <v>41</v>
       </c>
       <c r="B42" t="s">
-        <v>121</v>
+        <v>122</v>
       </c>
       <c r="C42" s="1"/>
       <c r="D42" t="s">
-        <v>122</v>
+        <v>123</v>
       </c>
     </row>
     <row r="43" spans="1:4">
       <c r="A43">
         <v>42</v>
       </c>
       <c r="B43" t="s">
-        <v>123</v>
+        <v>124</v>
       </c>
       <c r="C43" s="1"/>
       <c r="D43" t="s">
-        <v>124</v>
+        <v>125</v>
       </c>
     </row>
     <row r="44" spans="1:4">
       <c r="B44" t="s">
-        <v>125</v>
+        <v>126</v>
       </c>
       <c r="C44" s="1"/>
     </row>
     <row r="45" spans="1:4">
       <c r="B45" t="s">
-        <v>126</v>
+        <v>127</v>
       </c>
       <c r="C45" s="1"/>
     </row>
     <row r="46" spans="1:4">
       <c r="B46" t="s">
-        <v>127</v>
+        <v>128</v>
       </c>
       <c r="C46" s="1"/>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>