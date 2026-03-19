--- v0 (2025-12-18)
+++ v1 (2026-03-19)
@@ -32,93 +32,93 @@
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="32">
   <si>
     <t>#</t>
   </si>
   <si>
     <t>Имя и фамилия участника</t>
   </si>
   <si>
     <t>Среднее</t>
   </si>
   <si>
     <t>Лучшее</t>
   </si>
   <si>
     <t>Никита Попков</t>
   </si>
   <si>
     <t>21.69</t>
   </si>
   <si>
-    <t>19.34</t>
+    <t>16.34</t>
   </si>
   <si>
     <t>Андрей Копосов</t>
   </si>
   <si>
     <t>28.66</t>
   </si>
   <si>
     <t>23.36</t>
   </si>
   <si>
     <t>Андрей Ильин</t>
   </si>
   <si>
     <t>1:04.42</t>
   </si>
   <si>
     <t>32.78</t>
   </si>
   <si>
     <t>Николай Подобаев</t>
   </si>
   <si>
     <t>1:09.96</t>
   </si>
   <si>
     <t>37.54</t>
   </si>
   <si>
     <t>Максимилиан Корчагин</t>
   </si>
   <si>
     <t>59.63</t>
   </si>
   <si>
     <t>43.87</t>
   </si>
   <si>
     <t>Андрей Жуков</t>
   </si>
   <si>
-    <t>1:57.94</t>
+    <t>2:35.11</t>
   </si>
   <si>
     <t>59.01</t>
   </si>
   <si>
     <t>Екатерина Канева</t>
   </si>
   <si>
     <t>1:05.48</t>
   </si>
   <si>
     <t>Ольга Ясакова</t>
   </si>
   <si>
     <t>2:25.57</t>
   </si>
   <si>
     <t>1:48.72</t>
   </si>
   <si>
     <t>Егор Касюк</t>
   </si>
   <si>
     <t>4:06.40</t>
   </si>