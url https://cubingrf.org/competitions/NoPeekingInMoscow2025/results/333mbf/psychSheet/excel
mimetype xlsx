--- v0 (2025-12-18)
+++ v1 (2026-03-17)
@@ -26,66 +26,66 @@
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="333mbf" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="18">
   <si>
     <t>#</t>
   </si>
   <si>
     <t>Имя и фамилия участника</t>
   </si>
   <si>
     <t>Среднее</t>
   </si>
   <si>
     <t>Лучшее</t>
   </si>
   <si>
+    <t>Андрей Ильин</t>
+  </si>
+  <si>
+    <t>14/15 55:05</t>
+  </si>
+  <si>
+    <t>Николай Подобаев</t>
+  </si>
+  <si>
+    <t>13/13 56:11</t>
+  </si>
+  <si>
     <t>Никита Попков</t>
   </si>
   <si>
-    <t>20/21 56:28</t>
-[...11 lines deleted...]
-    <t>13/13 56:11</t>
+    <t>15/19 58:42</t>
   </si>
   <si>
     <t>Максимилиан Корчагин</t>
   </si>
   <si>
     <t>9/11 49:19</t>
   </si>
   <si>
     <t>Ольга Ясакова</t>
   </si>
   <si>
     <t>4/4 32:56</t>
   </si>
   <si>
     <t>Андрей Жуков</t>
   </si>
   <si>
     <t>6/8 55:51</t>
   </si>
   <si>
     <t>Егор Касюк</t>
   </si>
   <si>
     <t>2/3 28:26</t>
   </si>