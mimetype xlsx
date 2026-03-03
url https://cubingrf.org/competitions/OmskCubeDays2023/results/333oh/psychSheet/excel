--- v0 (2025-12-01)
+++ v1 (2026-03-03)
@@ -29,126 +29,126 @@
     <sheet name="333oh" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="43">
   <si>
     <t>#</t>
   </si>
   <si>
     <t>Имя и фамилия участника</t>
   </si>
   <si>
     <t>Среднее</t>
   </si>
   <si>
     <t>Лучшее</t>
   </si>
   <si>
     <t>Лев Аронов</t>
   </si>
   <si>
-    <t>17.19</t>
+    <t>17.56</t>
   </si>
   <si>
     <t>14.76</t>
   </si>
   <si>
     <t>Амина Чебочакова</t>
   </si>
   <si>
     <t>18.56</t>
   </si>
   <si>
     <t>15.45</t>
   </si>
   <si>
     <t>Игорь Лёвин</t>
   </si>
   <si>
     <t>19.00</t>
   </si>
   <si>
     <t>16.05</t>
   </si>
   <si>
+    <t>Ростислав Ефимов</t>
+  </si>
+  <si>
+    <t>22.35</t>
+  </si>
+  <si>
+    <t>16.19</t>
+  </si>
+  <si>
+    <t>Трофим Бабин</t>
+  </si>
+  <si>
+    <t>25.07</t>
+  </si>
+  <si>
+    <t>20.66</t>
+  </si>
+  <si>
+    <t>Евгений Ткачёв</t>
+  </si>
+  <si>
+    <t>25.66</t>
+  </si>
+  <si>
+    <t>19.31</t>
+  </si>
+  <si>
+    <t>Владислава Романенко</t>
+  </si>
+  <si>
+    <t>28.87</t>
+  </si>
+  <si>
+    <t>20.88</t>
+  </si>
+  <si>
+    <t>Мария Панченко</t>
+  </si>
+  <si>
+    <t>29.00</t>
+  </si>
+  <si>
+    <t>23.33</t>
+  </si>
+  <si>
     <t>Иван Зубарев</t>
   </si>
   <si>
-    <t>21.84</t>
-[...47 lines deleted...]
-    <t>23.33</t>
+    <t>30.95</t>
+  </si>
+  <si>
+    <t>28.77</t>
   </si>
   <si>
     <t>Олег Берберих</t>
   </si>
   <si>
     <t>37.79</t>
   </si>
   <si>
     <t>30.15</t>
   </si>
   <si>
     <t>Альберт Валитов</t>
   </si>
   <si>
     <t>42.40</t>
   </si>
   <si>
     <t>32.70</t>
   </si>
   <si>
     <t>Михаил Грязнов</t>
   </si>
   <si>
     <t>42.73</t>
   </si>