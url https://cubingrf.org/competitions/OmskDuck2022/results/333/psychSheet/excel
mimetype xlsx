--- v0 (2026-01-15)
+++ v1 (2026-03-03)
@@ -95,51 +95,51 @@
   <si>
     <t>Алдияр Тунгушбаев</t>
   </si>
   <si>
     <t>15.88</t>
   </si>
   <si>
     <t>12.54</t>
   </si>
   <si>
     <t>Владислава Романенко</t>
   </si>
   <si>
     <t>16.60</t>
   </si>
   <si>
     <t>15.05</t>
   </si>
   <si>
     <t>Василий Стасьев</t>
   </si>
   <si>
     <t>16.87</t>
   </si>
   <si>
-    <t>14.65</t>
+    <t>15.02</t>
   </si>
   <si>
     <t>Иван Рудовол</t>
   </si>
   <si>
     <t>17.92</t>
   </si>
   <si>
     <t>16.49</t>
   </si>
   <si>
     <t>Эмиль Апсалямов</t>
   </si>
   <si>
     <t>18.56</t>
   </si>
   <si>
     <t>15.29</t>
   </si>
   <si>
     <t>Альберт Валитов</t>
   </si>
   <si>
     <t>19.57</t>
   </si>