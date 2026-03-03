--- v0 (2026-01-15)
+++ v1 (2026-03-03)
@@ -68,51 +68,51 @@
   <si>
     <t>Мария Панченко</t>
   </si>
   <si>
     <t>29.00</t>
   </si>
   <si>
     <t>23.33</t>
   </si>
   <si>
     <t>Иван Рудовол</t>
   </si>
   <si>
     <t>31.54</t>
   </si>
   <si>
     <t>24.01</t>
   </si>
   <si>
     <t>Василий Стасьев</t>
   </si>
   <si>
     <t>35.85</t>
   </si>
   <si>
-    <t>28.88</t>
+    <t>32.18</t>
   </si>
   <si>
     <t>Олег Берберих</t>
   </si>
   <si>
     <t>37.79</t>
   </si>
   <si>
     <t>30.15</t>
   </si>
   <si>
     <t>Альберт Валитов</t>
   </si>
   <si>
     <t>42.40</t>
   </si>
   <si>
     <t>32.70</t>
   </si>
   <si>
     <t>Михаил Грязнов</t>
   </si>
   <si>
     <t>42.73</t>
   </si>