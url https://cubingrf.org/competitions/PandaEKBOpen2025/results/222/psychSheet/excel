--- v0 (2026-01-15)
+++ v1 (2026-03-03)
@@ -12,596 +12,581 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="222" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="197">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="192">
   <si>
     <t>#</t>
   </si>
   <si>
     <t>Имя и фамилия участника</t>
   </si>
   <si>
     <t>Среднее</t>
   </si>
   <si>
     <t>Лучшее</t>
   </si>
   <si>
     <t>Артём Сосновских</t>
   </si>
   <si>
     <t>1.70</t>
   </si>
   <si>
     <t>1.16</t>
   </si>
   <si>
     <t>Даниил Абдулов</t>
   </si>
   <si>
     <t>2.69</t>
   </si>
   <si>
     <t>1.52</t>
   </si>
   <si>
     <t>Андрей Колеватых</t>
   </si>
   <si>
     <t>2.75</t>
   </si>
   <si>
-    <t>1.47</t>
+    <t>1.79</t>
   </si>
   <si>
     <t>Егор Гущин</t>
   </si>
   <si>
     <t>3.70</t>
   </si>
   <si>
     <t>2.00</t>
   </si>
   <si>
     <t>Степан Щевелёв</t>
   </si>
   <si>
-    <t>3.78</t>
+    <t>3.73</t>
   </si>
   <si>
     <t>2.16</t>
   </si>
   <si>
+    <t>Николай Котов</t>
+  </si>
+  <si>
+    <t>2.47</t>
+  </si>
+  <si>
+    <t>Данил Зубков</t>
+  </si>
+  <si>
+    <t>4.14</t>
+  </si>
+  <si>
+    <t>2.37</t>
+  </si>
+  <si>
     <t>Анна Дуганова</t>
   </si>
   <si>
     <t>4.15</t>
   </si>
   <si>
     <t>2.81</t>
   </si>
   <si>
     <t>Алексей Плешков</t>
   </si>
   <si>
     <t>4.23</t>
   </si>
   <si>
     <t>2.80</t>
   </si>
   <si>
-    <t>Данил Зубков</t>
-[...5 lines deleted...]
-    <t>2.37</t>
+    <t>Владислав Овсяников</t>
+  </si>
+  <si>
+    <t>4.25</t>
+  </si>
+  <si>
+    <t>2.67</t>
   </si>
   <si>
     <t>Степан Кобелев</t>
   </si>
   <si>
     <t>4.32</t>
   </si>
   <si>
     <t>2.54</t>
   </si>
   <si>
-    <t>Владислав Овсяников</t>
-[...7 lines deleted...]
-  <si>
     <t>Егор Мелкозеров</t>
   </si>
   <si>
     <t>4.52</t>
   </si>
   <si>
-    <t>2.87</t>
-[...1 lines deleted...]
-  <si>
     <t>Дмитрий Сидоренко</t>
   </si>
   <si>
     <t>4.55</t>
   </si>
   <si>
-    <t>2.82</t>
+    <t>2.91</t>
   </si>
   <si>
     <t>Антон Лагунов</t>
   </si>
   <si>
     <t>4.60</t>
   </si>
   <si>
-    <t>3.38</t>
+    <t>3.50</t>
+  </si>
+  <si>
+    <t>Ростислав Бурков</t>
+  </si>
+  <si>
+    <t>4.81</t>
+  </si>
+  <si>
+    <t>3.27</t>
+  </si>
+  <si>
+    <t>Семён Рудик</t>
+  </si>
+  <si>
+    <t>4.92</t>
+  </si>
+  <si>
+    <t>2.42</t>
   </si>
   <si>
     <t>Тимофей Терещенко</t>
   </si>
   <si>
-    <t>4.65</t>
-[...20 lines deleted...]
-    <t>2.42</t>
+    <t>4.96</t>
+  </si>
+  <si>
+    <t>2.24</t>
   </si>
   <si>
     <t>Иван Борчанинов</t>
   </si>
   <si>
     <t>5.04</t>
   </si>
   <si>
     <t>2.85</t>
   </si>
   <si>
     <t>Матвей Бурков</t>
   </si>
   <si>
     <t>5.16</t>
   </si>
   <si>
     <t>3.05</t>
   </si>
   <si>
     <t>Юлия Дерновая</t>
   </si>
   <si>
     <t>5.24</t>
   </si>
   <si>
     <t>3.66</t>
   </si>
   <si>
     <t>Тимофей Доронин</t>
   </si>
   <si>
     <t>5.26</t>
   </si>
   <si>
-    <t>Николай Котов</t>
-[...7 lines deleted...]
-  <si>
     <t>Лаврентий Бурков</t>
   </si>
   <si>
     <t>5.51</t>
   </si>
   <si>
-    <t>3.37</t>
+    <t>3.18</t>
   </si>
   <si>
     <t>Василий Стасьев</t>
   </si>
   <si>
-    <t>5.66</t>
-[...2 lines deleted...]
-    <t>2.14</t>
+    <t>5.74</t>
+  </si>
+  <si>
+    <t>3.09</t>
+  </si>
+  <si>
+    <t>Иван Туркин</t>
+  </si>
+  <si>
+    <t>5.76</t>
+  </si>
+  <si>
+    <t>4.57</t>
   </si>
   <si>
     <t>Михаил Замятин</t>
   </si>
   <si>
     <t>5.79</t>
   </si>
   <si>
-    <t>4.56</t>
-[...1 lines deleted...]
-  <si>
     <t>Матвей Прытков</t>
   </si>
   <si>
-    <t>6.07</t>
+    <t>5.92</t>
   </si>
   <si>
     <t>3.65</t>
   </si>
   <si>
     <t>Таир Дадашев</t>
   </si>
   <si>
     <t>6.13</t>
   </si>
   <si>
     <t>4.88</t>
   </si>
   <si>
     <t>Иван Асатрян</t>
   </si>
   <si>
     <t>6.55</t>
   </si>
   <si>
     <t>4.21</t>
   </si>
   <si>
-    <t>Иван Туркин</t>
-[...5 lines deleted...]
-    <t>4.57</t>
+    <t>Георгий Константинов</t>
+  </si>
+  <si>
+    <t>7.19</t>
+  </si>
+  <si>
+    <t>4.19</t>
+  </si>
+  <si>
+    <t>Владимир Кочергин</t>
+  </si>
+  <si>
+    <t>7.29</t>
+  </si>
+  <si>
+    <t>4.54</t>
+  </si>
+  <si>
+    <t>Мария Емшанова</t>
+  </si>
+  <si>
+    <t>5.53</t>
+  </si>
+  <si>
+    <t>Фёдор Артамонов</t>
+  </si>
+  <si>
+    <t>7.39</t>
+  </si>
+  <si>
+    <t>5.70</t>
+  </si>
+  <si>
+    <t>Николай Кустов</t>
+  </si>
+  <si>
+    <t>7.40</t>
+  </si>
+  <si>
+    <t>Александр Кашпаров</t>
+  </si>
+  <si>
+    <t>7.41</t>
+  </si>
+  <si>
+    <t>5.95</t>
+  </si>
+  <si>
+    <t>Григорий Чуваков</t>
+  </si>
+  <si>
+    <t>7.79</t>
+  </si>
+  <si>
+    <t>5.00</t>
   </si>
   <si>
     <t>Алексей Барвинк</t>
   </si>
   <si>
-    <t>7.04</t>
-[...44 lines deleted...]
-    <t>6.53</t>
+    <t>7.80</t>
+  </si>
+  <si>
+    <t>4.84</t>
+  </si>
+  <si>
+    <t>Степан Дементьев</t>
   </si>
   <si>
     <t>Егор Сащенко</t>
   </si>
   <si>
     <t>7.92</t>
   </si>
   <si>
     <t>4.42</t>
   </si>
   <si>
-    <t>Александр Кашпаров</t>
-[...13 lines deleted...]
-  <si>
     <t>Дмитрий Дуганов</t>
   </si>
   <si>
     <t>8.20</t>
   </si>
   <si>
     <t>4.24</t>
   </si>
   <si>
-    <t>Фёдор Артамонов</t>
-[...7 lines deleted...]
-  <si>
     <t>Тимур Братухин</t>
   </si>
   <si>
     <t>8.60</t>
   </si>
   <si>
     <t>4.99</t>
   </si>
   <si>
     <t>Тимофей Карандашов</t>
   </si>
   <si>
-    <t>8.86</t>
-[...2 lines deleted...]
-    <t>7.05</t>
+    <t>8.71</t>
+  </si>
+  <si>
+    <t>4.27</t>
   </si>
   <si>
     <t>Артём Алиев</t>
   </si>
   <si>
     <t>9.21</t>
   </si>
   <si>
+    <t>Владимир Самойлов</t>
+  </si>
+  <si>
+    <t>9.50</t>
+  </si>
+  <si>
+    <t>8.74</t>
+  </si>
+  <si>
     <t>Артëм Селиванов</t>
   </si>
   <si>
     <t>10.63</t>
   </si>
   <si>
     <t>6.32</t>
   </si>
   <si>
-    <t>Владимир Самойлов</t>
-[...7 lines deleted...]
-  <si>
     <t>Федор Кардашин</t>
   </si>
   <si>
     <t>11.40</t>
   </si>
   <si>
     <t>6.40</t>
   </si>
   <si>
     <t>Дмитрий Зимин</t>
   </si>
   <si>
     <t>12.31</t>
   </si>
   <si>
     <t>9.68</t>
   </si>
   <si>
     <t>Игорь Кильченко</t>
   </si>
   <si>
     <t>13.09</t>
   </si>
   <si>
     <t>9.46</t>
   </si>
   <si>
     <t>Роман Михеев</t>
   </si>
   <si>
     <t>14.31</t>
   </si>
   <si>
     <t>10.32</t>
   </si>
   <si>
     <t>Александр Корняков</t>
   </si>
   <si>
-    <t>16.03</t>
+    <t>14.63</t>
   </si>
   <si>
     <t>10.30</t>
   </si>
   <si>
+    <t>Федор Савин</t>
+  </si>
+  <si>
+    <t>15.59</t>
+  </si>
+  <si>
+    <t>10.15</t>
+  </si>
+  <si>
+    <t>Евгения Бармина</t>
+  </si>
+  <si>
+    <t>16.74</t>
+  </si>
+  <si>
+    <t>12.01</t>
+  </si>
+  <si>
     <t>Никита Ушаков</t>
   </si>
   <si>
     <t>16.97</t>
   </si>
   <si>
     <t>9.85</t>
   </si>
   <si>
+    <t>Степан Приданников</t>
+  </si>
+  <si>
+    <t>17.14</t>
+  </si>
+  <si>
+    <t>10.79</t>
+  </si>
+  <si>
     <t>Таисия Пивник</t>
   </si>
   <si>
     <t>17.18</t>
   </si>
   <si>
     <t>14.04</t>
   </si>
   <si>
     <t>Кирилл Гадеев</t>
   </si>
   <si>
     <t>17.53</t>
   </si>
   <si>
     <t>10.26</t>
   </si>
   <si>
-    <t>Степан Приданников</t>
-[...7 lines deleted...]
-  <si>
     <t>Дмитрий Ишуткин</t>
   </si>
   <si>
     <t>18.53</t>
   </si>
   <si>
     <t>6.35</t>
   </si>
   <si>
-    <t>Федор Савин</t>
-[...7 lines deleted...]
-  <si>
     <t>Олег Меньшиков</t>
   </si>
   <si>
     <t>18.80</t>
   </si>
   <si>
     <t>12.86</t>
   </si>
   <si>
     <t>Дмитрий Балуев</t>
   </si>
   <si>
     <t>19.54</t>
   </si>
   <si>
     <t>Максим Терентьев</t>
   </si>
   <si>
     <t>20.40</t>
   </si>
   <si>
     <t>16.68</t>
   </si>
   <si>
     <t>Илья Исаев</t>
   </si>
   <si>
     <t>20.78</t>
   </si>
   <si>
     <t>13.59</t>
   </si>
   <si>
     <t>Павел Киселёв</t>
   </si>
   <si>
     <t>22.11</t>
   </si>
   <si>
     <t>7.30</t>
-  </si>
-[...7 lines deleted...]
-    <t>18.48</t>
   </si>
   <si>
     <t>Феликс Абсатаров</t>
   </si>
   <si>
     <t>25.64</t>
   </si>
   <si>
     <t>13.87</t>
   </si>
   <si>
     <t>Прохор Шепелев</t>
   </si>
   <si>
     <t>26.86</t>
   </si>
   <si>
     <t>19.61</t>
   </si>
   <si>
     <t>Александр Гущин</t>
   </si>
   <si>
     <t>28.92</t>
   </si>
@@ -1066,897 +1051,897 @@
         <v>15</v>
       </c>
     </row>
     <row r="6" spans="1:4">
       <c r="A6">
         <v>5</v>
       </c>
       <c r="B6" t="s">
         <v>16</v>
       </c>
       <c r="C6" s="1" t="s">
         <v>17</v>
       </c>
       <c r="D6" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="7" spans="1:4">
       <c r="A7">
         <v>6</v>
       </c>
       <c r="B7" t="s">
         <v>19</v>
       </c>
       <c r="C7" s="1" t="s">
+        <v>17</v>
+      </c>
+      <c r="D7" t="s">
         <v>20</v>
-      </c>
-[...1 lines deleted...]
-        <v>21</v>
       </c>
     </row>
     <row r="8" spans="1:4">
       <c r="A8">
         <v>7</v>
       </c>
       <c r="B8" t="s">
+        <v>21</v>
+      </c>
+      <c r="C8" s="1" t="s">
         <v>22</v>
       </c>
-      <c r="C8" s="1" t="s">
+      <c r="D8" t="s">
         <v>23</v>
-      </c>
-[...1 lines deleted...]
-        <v>24</v>
       </c>
     </row>
     <row r="9" spans="1:4">
       <c r="A9">
         <v>8</v>
       </c>
       <c r="B9" t="s">
+        <v>24</v>
+      </c>
+      <c r="C9" s="1" t="s">
         <v>25</v>
       </c>
-      <c r="C9" s="1" t="s">
+      <c r="D9" t="s">
         <v>26</v>
-      </c>
-[...1 lines deleted...]
-        <v>27</v>
       </c>
     </row>
     <row r="10" spans="1:4">
       <c r="A10">
         <v>9</v>
       </c>
       <c r="B10" t="s">
+        <v>27</v>
+      </c>
+      <c r="C10" s="1" t="s">
         <v>28</v>
       </c>
-      <c r="C10" s="1" t="s">
+      <c r="D10" t="s">
         <v>29</v>
-      </c>
-[...1 lines deleted...]
-        <v>30</v>
       </c>
     </row>
     <row r="11" spans="1:4">
       <c r="A11">
         <v>10</v>
       </c>
       <c r="B11" t="s">
+        <v>30</v>
+      </c>
+      <c r="C11" s="1" t="s">
         <v>31</v>
       </c>
-      <c r="C11" s="1" t="s">
+      <c r="D11" t="s">
         <v>32</v>
-      </c>
-[...1 lines deleted...]
-        <v>33</v>
       </c>
     </row>
     <row r="12" spans="1:4">
       <c r="A12">
         <v>11</v>
       </c>
       <c r="B12" t="s">
+        <v>33</v>
+      </c>
+      <c r="C12" s="1" t="s">
         <v>34</v>
       </c>
-      <c r="C12" s="1" t="s">
+      <c r="D12" t="s">
         <v>35</v>
-      </c>
-[...1 lines deleted...]
-        <v>36</v>
       </c>
     </row>
     <row r="13" spans="1:4">
       <c r="A13">
         <v>12</v>
       </c>
       <c r="B13" t="s">
+        <v>36</v>
+      </c>
+      <c r="C13" s="1" t="s">
         <v>37</v>
       </c>
-      <c r="C13" s="1" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D13" t="s">
-        <v>39</v>
+        <v>8</v>
       </c>
     </row>
     <row r="14" spans="1:4">
       <c r="A14">
         <v>13</v>
       </c>
       <c r="B14" t="s">
+        <v>38</v>
+      </c>
+      <c r="C14" s="1" t="s">
+        <v>39</v>
+      </c>
+      <c r="D14" t="s">
         <v>40</v>
-      </c>
-[...4 lines deleted...]
-        <v>42</v>
       </c>
     </row>
     <row r="15" spans="1:4">
       <c r="A15">
         <v>14</v>
       </c>
       <c r="B15" t="s">
+        <v>41</v>
+      </c>
+      <c r="C15" s="1" t="s">
+        <v>42</v>
+      </c>
+      <c r="D15" t="s">
         <v>43</v>
-      </c>
-[...4 lines deleted...]
-        <v>45</v>
       </c>
     </row>
     <row r="16" spans="1:4">
       <c r="A16">
         <v>15</v>
       </c>
       <c r="B16" t="s">
+        <v>44</v>
+      </c>
+      <c r="C16" s="1" t="s">
+        <v>45</v>
+      </c>
+      <c r="D16" t="s">
         <v>46</v>
-      </c>
-[...4 lines deleted...]
-        <v>48</v>
       </c>
     </row>
     <row r="17" spans="1:4">
       <c r="A17">
         <v>16</v>
       </c>
       <c r="B17" t="s">
+        <v>47</v>
+      </c>
+      <c r="C17" s="1" t="s">
+        <v>48</v>
+      </c>
+      <c r="D17" t="s">
         <v>49</v>
-      </c>
-[...4 lines deleted...]
-        <v>51</v>
       </c>
     </row>
     <row r="18" spans="1:4">
       <c r="A18">
         <v>17</v>
       </c>
       <c r="B18" t="s">
+        <v>50</v>
+      </c>
+      <c r="C18" s="1" t="s">
+        <v>51</v>
+      </c>
+      <c r="D18" t="s">
         <v>52</v>
-      </c>
-[...4 lines deleted...]
-        <v>54</v>
       </c>
     </row>
     <row r="19" spans="1:4">
       <c r="A19">
         <v>18</v>
       </c>
       <c r="B19" t="s">
+        <v>53</v>
+      </c>
+      <c r="C19" s="1" t="s">
+        <v>54</v>
+      </c>
+      <c r="D19" t="s">
         <v>55</v>
-      </c>
-[...4 lines deleted...]
-        <v>57</v>
       </c>
     </row>
     <row r="20" spans="1:4">
       <c r="A20">
         <v>19</v>
       </c>
       <c r="B20" t="s">
+        <v>56</v>
+      </c>
+      <c r="C20" s="1" t="s">
+        <v>57</v>
+      </c>
+      <c r="D20" t="s">
         <v>58</v>
-      </c>
-[...4 lines deleted...]
-        <v>60</v>
       </c>
     </row>
     <row r="21" spans="1:4">
       <c r="A21">
         <v>20</v>
       </c>
       <c r="B21" t="s">
+        <v>59</v>
+      </c>
+      <c r="C21" s="1" t="s">
+        <v>60</v>
+      </c>
+      <c r="D21" t="s">
         <v>61</v>
-      </c>
-[...4 lines deleted...]
-        <v>23</v>
       </c>
     </row>
     <row r="22" spans="1:4">
       <c r="A22">
         <v>21</v>
       </c>
       <c r="B22" t="s">
+        <v>62</v>
+      </c>
+      <c r="C22" s="1" t="s">
         <v>63</v>
       </c>
-      <c r="C22" s="1" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D22" t="s">
-        <v>65</v>
+        <v>28</v>
       </c>
     </row>
     <row r="23" spans="1:4">
       <c r="A23">
         <v>22</v>
       </c>
       <c r="B23" t="s">
+        <v>64</v>
+      </c>
+      <c r="C23" s="1" t="s">
+        <v>65</v>
+      </c>
+      <c r="D23" t="s">
         <v>66</v>
-      </c>
-[...4 lines deleted...]
-        <v>68</v>
       </c>
     </row>
     <row r="24" spans="1:4">
       <c r="A24">
         <v>23</v>
       </c>
       <c r="B24" t="s">
+        <v>67</v>
+      </c>
+      <c r="C24" s="1" t="s">
+        <v>68</v>
+      </c>
+      <c r="D24" t="s">
         <v>69</v>
-      </c>
-[...4 lines deleted...]
-        <v>71</v>
       </c>
     </row>
     <row r="25" spans="1:4">
       <c r="A25">
         <v>24</v>
       </c>
       <c r="B25" t="s">
+        <v>70</v>
+      </c>
+      <c r="C25" s="1" t="s">
+        <v>71</v>
+      </c>
+      <c r="D25" t="s">
         <v>72</v>
-      </c>
-[...4 lines deleted...]
-        <v>74</v>
       </c>
     </row>
     <row r="26" spans="1:4">
       <c r="A26">
         <v>25</v>
       </c>
       <c r="B26" t="s">
-        <v>75</v>
+        <v>73</v>
       </c>
       <c r="C26" s="1" t="s">
-        <v>76</v>
+        <v>74</v>
       </c>
       <c r="D26" t="s">
-        <v>77</v>
+        <v>28</v>
       </c>
     </row>
     <row r="27" spans="1:4">
       <c r="A27">
         <v>26</v>
       </c>
       <c r="B27" t="s">
-        <v>78</v>
+        <v>75</v>
       </c>
       <c r="C27" s="1" t="s">
-        <v>79</v>
+        <v>76</v>
       </c>
       <c r="D27" t="s">
-        <v>80</v>
+        <v>77</v>
       </c>
     </row>
     <row r="28" spans="1:4">
       <c r="A28">
         <v>27</v>
       </c>
       <c r="B28" t="s">
-        <v>81</v>
+        <v>78</v>
       </c>
       <c r="C28" s="1" t="s">
-        <v>82</v>
+        <v>79</v>
       </c>
       <c r="D28" t="s">
-        <v>83</v>
+        <v>80</v>
       </c>
     </row>
     <row r="29" spans="1:4">
       <c r="A29">
         <v>28</v>
       </c>
       <c r="B29" t="s">
-        <v>84</v>
+        <v>81</v>
       </c>
       <c r="C29" s="1" t="s">
-        <v>85</v>
+        <v>82</v>
       </c>
       <c r="D29" t="s">
-        <v>86</v>
+        <v>83</v>
       </c>
     </row>
     <row r="30" spans="1:4">
       <c r="A30">
         <v>29</v>
       </c>
       <c r="B30" t="s">
-        <v>87</v>
+        <v>84</v>
       </c>
       <c r="C30" s="1" t="s">
-        <v>88</v>
+        <v>85</v>
       </c>
       <c r="D30" t="s">
-        <v>89</v>
+        <v>86</v>
       </c>
     </row>
     <row r="31" spans="1:4">
       <c r="A31">
         <v>30</v>
       </c>
       <c r="B31" t="s">
-        <v>90</v>
+        <v>87</v>
       </c>
       <c r="C31" s="1" t="s">
-        <v>91</v>
+        <v>88</v>
       </c>
       <c r="D31" t="s">
-        <v>92</v>
+        <v>89</v>
       </c>
     </row>
     <row r="32" spans="1:4">
       <c r="A32">
         <v>31</v>
       </c>
       <c r="B32" t="s">
-        <v>93</v>
+        <v>90</v>
       </c>
       <c r="C32" s="1" t="s">
-        <v>94</v>
+        <v>88</v>
       </c>
       <c r="D32" t="s">
-        <v>95</v>
+        <v>91</v>
       </c>
     </row>
     <row r="33" spans="1:4">
       <c r="A33">
         <v>32</v>
       </c>
       <c r="B33" t="s">
-        <v>96</v>
+        <v>92</v>
       </c>
       <c r="C33" s="1" t="s">
-        <v>97</v>
+        <v>93</v>
       </c>
       <c r="D33" t="s">
-        <v>98</v>
+        <v>94</v>
       </c>
     </row>
     <row r="34" spans="1:4">
       <c r="A34">
         <v>33</v>
       </c>
       <c r="B34" t="s">
-        <v>99</v>
+        <v>95</v>
       </c>
       <c r="C34" s="1" t="s">
-        <v>100</v>
+        <v>96</v>
       </c>
       <c r="D34" t="s">
-        <v>29</v>
+        <v>34</v>
       </c>
     </row>
     <row r="35" spans="1:4">
       <c r="A35">
         <v>34</v>
       </c>
       <c r="B35" t="s">
-        <v>101</v>
+        <v>97</v>
       </c>
       <c r="C35" s="1" t="s">
-        <v>102</v>
+        <v>98</v>
       </c>
       <c r="D35" t="s">
-        <v>103</v>
+        <v>99</v>
       </c>
     </row>
     <row r="36" spans="1:4">
       <c r="A36">
         <v>35</v>
       </c>
       <c r="B36" t="s">
-        <v>104</v>
+        <v>100</v>
       </c>
       <c r="C36" s="1" t="s">
-        <v>105</v>
+        <v>101</v>
       </c>
       <c r="D36" t="s">
-        <v>106</v>
+        <v>102</v>
       </c>
     </row>
     <row r="37" spans="1:4">
       <c r="A37">
         <v>36</v>
       </c>
       <c r="B37" t="s">
-        <v>107</v>
+        <v>103</v>
       </c>
       <c r="C37" s="1" t="s">
-        <v>108</v>
+        <v>104</v>
       </c>
       <c r="D37" t="s">
-        <v>109</v>
+        <v>105</v>
       </c>
     </row>
     <row r="38" spans="1:4">
       <c r="A38">
         <v>37</v>
       </c>
       <c r="B38" t="s">
-        <v>110</v>
+        <v>106</v>
       </c>
       <c r="C38" s="1" t="s">
-        <v>111</v>
+        <v>104</v>
       </c>
       <c r="D38" t="s">
-        <v>56</v>
+        <v>57</v>
       </c>
     </row>
     <row r="39" spans="1:4">
       <c r="A39">
         <v>38</v>
       </c>
       <c r="B39" t="s">
-        <v>112</v>
+        <v>107</v>
       </c>
       <c r="C39" s="1" t="s">
-        <v>113</v>
+        <v>108</v>
       </c>
       <c r="D39" t="s">
-        <v>114</v>
+        <v>109</v>
       </c>
     </row>
     <row r="40" spans="1:4">
       <c r="A40">
         <v>39</v>
       </c>
       <c r="B40" t="s">
-        <v>115</v>
+        <v>110</v>
       </c>
       <c r="C40" s="1" t="s">
-        <v>116</v>
+        <v>111</v>
       </c>
       <c r="D40" t="s">
-        <v>117</v>
+        <v>112</v>
       </c>
     </row>
     <row r="41" spans="1:4">
       <c r="A41">
         <v>40</v>
       </c>
       <c r="B41" t="s">
-        <v>118</v>
+        <v>113</v>
       </c>
       <c r="C41" s="1" t="s">
-        <v>119</v>
+        <v>114</v>
       </c>
       <c r="D41" t="s">
-        <v>120</v>
+        <v>115</v>
       </c>
     </row>
     <row r="42" spans="1:4">
       <c r="A42">
         <v>41</v>
       </c>
       <c r="B42" t="s">
-        <v>121</v>
+        <v>116</v>
       </c>
       <c r="C42" s="1" t="s">
-        <v>122</v>
+        <v>117</v>
       </c>
       <c r="D42" t="s">
-        <v>123</v>
+        <v>118</v>
       </c>
     </row>
     <row r="43" spans="1:4">
       <c r="A43">
         <v>42</v>
       </c>
       <c r="B43" t="s">
-        <v>124</v>
+        <v>119</v>
       </c>
       <c r="C43" s="1" t="s">
-        <v>125</v>
+        <v>120</v>
       </c>
       <c r="D43" t="s">
-        <v>100</v>
+        <v>96</v>
       </c>
     </row>
     <row r="44" spans="1:4">
       <c r="A44">
         <v>43</v>
       </c>
       <c r="B44" t="s">
-        <v>126</v>
+        <v>121</v>
       </c>
       <c r="C44" s="1" t="s">
-        <v>127</v>
+        <v>122</v>
       </c>
       <c r="D44" t="s">
-        <v>128</v>
+        <v>123</v>
       </c>
     </row>
     <row r="45" spans="1:4">
       <c r="A45">
         <v>44</v>
       </c>
       <c r="B45" t="s">
-        <v>129</v>
+        <v>124</v>
       </c>
       <c r="C45" s="1" t="s">
-        <v>130</v>
+        <v>125</v>
       </c>
       <c r="D45" t="s">
-        <v>131</v>
+        <v>126</v>
       </c>
     </row>
     <row r="46" spans="1:4">
       <c r="A46">
         <v>45</v>
       </c>
       <c r="B46" t="s">
-        <v>132</v>
+        <v>127</v>
       </c>
       <c r="C46" s="1" t="s">
-        <v>133</v>
+        <v>128</v>
       </c>
       <c r="D46" t="s">
-        <v>134</v>
+        <v>129</v>
       </c>
     </row>
     <row r="47" spans="1:4">
       <c r="A47">
         <v>46</v>
       </c>
       <c r="B47" t="s">
-        <v>135</v>
+        <v>130</v>
       </c>
       <c r="C47" s="1" t="s">
-        <v>136</v>
+        <v>131</v>
       </c>
       <c r="D47" t="s">
-        <v>137</v>
+        <v>132</v>
       </c>
     </row>
     <row r="48" spans="1:4">
       <c r="A48">
         <v>47</v>
       </c>
       <c r="B48" t="s">
-        <v>138</v>
+        <v>133</v>
       </c>
       <c r="C48" s="1" t="s">
-        <v>139</v>
+        <v>134</v>
       </c>
       <c r="D48" t="s">
-        <v>140</v>
+        <v>135</v>
       </c>
     </row>
     <row r="49" spans="1:4">
       <c r="A49">
         <v>48</v>
       </c>
       <c r="B49" t="s">
-        <v>141</v>
+        <v>136</v>
       </c>
       <c r="C49" s="1" t="s">
-        <v>142</v>
+        <v>137</v>
       </c>
       <c r="D49" t="s">
-        <v>143</v>
+        <v>138</v>
       </c>
     </row>
     <row r="50" spans="1:4">
       <c r="A50">
         <v>49</v>
       </c>
       <c r="B50" t="s">
-        <v>144</v>
+        <v>139</v>
       </c>
       <c r="C50" s="1" t="s">
-        <v>145</v>
+        <v>140</v>
       </c>
       <c r="D50" t="s">
-        <v>146</v>
+        <v>141</v>
       </c>
     </row>
     <row r="51" spans="1:4">
       <c r="A51">
         <v>50</v>
       </c>
       <c r="B51" t="s">
-        <v>147</v>
+        <v>142</v>
       </c>
       <c r="C51" s="1" t="s">
-        <v>148</v>
+        <v>143</v>
       </c>
       <c r="D51" t="s">
-        <v>149</v>
+        <v>144</v>
       </c>
     </row>
     <row r="52" spans="1:4">
       <c r="A52">
         <v>51</v>
       </c>
       <c r="B52" t="s">
-        <v>150</v>
+        <v>145</v>
       </c>
       <c r="C52" s="1" t="s">
-        <v>151</v>
+        <v>146</v>
       </c>
       <c r="D52" t="s">
-        <v>152</v>
+        <v>147</v>
       </c>
     </row>
     <row r="53" spans="1:4">
       <c r="A53">
         <v>52</v>
       </c>
       <c r="B53" t="s">
-        <v>153</v>
+        <v>148</v>
       </c>
       <c r="C53" s="1" t="s">
-        <v>154</v>
+        <v>149</v>
       </c>
       <c r="D53" t="s">
-        <v>155</v>
+        <v>150</v>
       </c>
     </row>
     <row r="54" spans="1:4">
       <c r="A54">
         <v>53</v>
       </c>
       <c r="B54" t="s">
-        <v>156</v>
+        <v>151</v>
       </c>
       <c r="C54" s="1" t="s">
-        <v>157</v>
+        <v>152</v>
       </c>
       <c r="D54" t="s">
-        <v>158</v>
+        <v>153</v>
       </c>
     </row>
     <row r="55" spans="1:4">
       <c r="A55">
         <v>54</v>
       </c>
       <c r="B55" t="s">
-        <v>159</v>
+        <v>154</v>
       </c>
       <c r="C55" s="1" t="s">
-        <v>160</v>
+        <v>155</v>
       </c>
       <c r="D55" t="s">
-        <v>161</v>
+        <v>156</v>
       </c>
     </row>
     <row r="56" spans="1:4">
       <c r="A56">
         <v>55</v>
       </c>
       <c r="B56" t="s">
-        <v>162</v>
+        <v>157</v>
       </c>
       <c r="C56" s="1" t="s">
-        <v>163</v>
+        <v>158</v>
       </c>
       <c r="D56" t="s">
-        <v>164</v>
+        <v>159</v>
       </c>
     </row>
     <row r="57" spans="1:4">
       <c r="A57">
         <v>56</v>
       </c>
       <c r="B57" t="s">
-        <v>165</v>
+        <v>160</v>
       </c>
       <c r="C57" s="1" t="s">
-        <v>166</v>
+        <v>161</v>
       </c>
       <c r="D57" t="s">
-        <v>167</v>
+        <v>162</v>
       </c>
     </row>
     <row r="58" spans="1:4">
       <c r="A58">
         <v>57</v>
       </c>
       <c r="B58" t="s">
-        <v>168</v>
+        <v>163</v>
       </c>
       <c r="C58" s="1" t="s">
-        <v>169</v>
+        <v>164</v>
       </c>
       <c r="D58" t="s">
-        <v>137</v>
+        <v>165</v>
       </c>
     </row>
     <row r="59" spans="1:4">
       <c r="A59">
         <v>58</v>
       </c>
       <c r="B59" t="s">
-        <v>170</v>
+        <v>166</v>
       </c>
       <c r="C59" s="1" t="s">
-        <v>171</v>
+        <v>167</v>
       </c>
       <c r="D59" t="s">
-        <v>172</v>
+        <v>132</v>
       </c>
     </row>
     <row r="60" spans="1:4">
       <c r="A60">
         <v>59</v>
       </c>
       <c r="B60" t="s">
-        <v>173</v>
+        <v>168</v>
       </c>
       <c r="C60" s="1" t="s">
-        <v>174</v>
+        <v>169</v>
       </c>
       <c r="D60" t="s">
-        <v>175</v>
+        <v>170</v>
       </c>
     </row>
     <row r="61" spans="1:4">
       <c r="A61">
         <v>60</v>
       </c>
       <c r="B61" t="s">
-        <v>176</v>
+        <v>171</v>
       </c>
       <c r="C61" s="1" t="s">
-        <v>177</v>
+        <v>172</v>
       </c>
       <c r="D61" t="s">
-        <v>178</v>
+        <v>173</v>
       </c>
     </row>
     <row r="62" spans="1:4">
       <c r="A62">
         <v>61</v>
       </c>
       <c r="B62" t="s">
-        <v>179</v>
+        <v>174</v>
       </c>
       <c r="C62" s="1" t="s">
-        <v>180</v>
+        <v>175</v>
       </c>
       <c r="D62" t="s">
-        <v>181</v>
+        <v>176</v>
       </c>
     </row>
     <row r="63" spans="1:4">
       <c r="A63">
         <v>62</v>
       </c>
       <c r="B63" t="s">
-        <v>182</v>
+        <v>177</v>
       </c>
       <c r="C63" s="1" t="s">
-        <v>183</v>
+        <v>178</v>
       </c>
       <c r="D63" t="s">
-        <v>184</v>
+        <v>179</v>
       </c>
     </row>
     <row r="64" spans="1:4">
       <c r="A64">
         <v>63</v>
       </c>
       <c r="B64" t="s">
-        <v>185</v>
+        <v>180</v>
       </c>
       <c r="C64" s="1" t="s">
-        <v>186</v>
+        <v>181</v>
       </c>
       <c r="D64" t="s">
-        <v>187</v>
+        <v>182</v>
       </c>
     </row>
     <row r="65" spans="1:4">
       <c r="A65">
         <v>64</v>
       </c>
       <c r="B65" t="s">
-        <v>188</v>
+        <v>183</v>
       </c>
       <c r="C65" s="1" t="s">
-        <v>189</v>
+        <v>184</v>
       </c>
       <c r="D65" t="s">
-        <v>190</v>
+        <v>185</v>
       </c>
     </row>
     <row r="66" spans="1:4">
       <c r="A66">
         <v>65</v>
       </c>
       <c r="B66" t="s">
-        <v>191</v>
+        <v>186</v>
       </c>
       <c r="C66" s="1" t="s">
-        <v>192</v>
+        <v>187</v>
       </c>
       <c r="D66" t="s">
-        <v>193</v>
+        <v>188</v>
       </c>
     </row>
     <row r="67" spans="1:4">
       <c r="B67" t="s">
-        <v>194</v>
+        <v>189</v>
       </c>
       <c r="C67" s="1"/>
     </row>
     <row r="68" spans="1:4">
       <c r="B68" t="s">
-        <v>195</v>
+        <v>190</v>
       </c>
       <c r="C68" s="1"/>
     </row>
     <row r="69" spans="1:4">
       <c r="B69" t="s">
-        <v>196</v>
+        <v>191</v>
       </c>
       <c r="C69" s="1"/>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>