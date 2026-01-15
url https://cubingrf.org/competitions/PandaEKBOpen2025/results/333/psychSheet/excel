--- v0 (2025-11-30)
+++ v1 (2026-01-15)
@@ -17,669 +17,669 @@
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="333" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="208">
   <si>
     <t>#</t>
   </si>
   <si>
-    <t>Competitor</t>
-[...8 lines deleted...]
-    <t>Artem Sosnovskikh</t>
+    <t>Имя и фамилия участника</t>
+  </si>
+  <si>
+    <t>Среднее</t>
+  </si>
+  <si>
+    <t>Лучшее</t>
+  </si>
+  <si>
+    <t>Артём Сосновских</t>
   </si>
   <si>
     <t>5.83</t>
   </si>
   <si>
     <t>5.20</t>
   </si>
   <si>
-    <t>Daniil Abdulov</t>
+    <t>Даниил Абдулов</t>
   </si>
   <si>
     <t>8.28</t>
   </si>
   <si>
     <t>7.17</t>
   </si>
   <si>
-    <t>Andrey Kolevatykh</t>
+    <t>Андрей Колеватых</t>
   </si>
   <si>
     <t>8.42</t>
   </si>
   <si>
     <t>6.72</t>
   </si>
   <si>
-    <t>Darya Belonogova</t>
+    <t>Дарья Белоногова</t>
   </si>
   <si>
     <t>8.53</t>
   </si>
   <si>
     <t>6.67</t>
   </si>
   <si>
-    <t>Anna Duganova</t>
+    <t>Анна Дуганова</t>
   </si>
   <si>
     <t>9.38</t>
   </si>
   <si>
     <t>8.45</t>
   </si>
   <si>
-    <t>Dmitry Sidorenko</t>
+    <t>Дмитрий Сидоренко</t>
   </si>
   <si>
     <t>9.48</t>
   </si>
   <si>
     <t>7.45</t>
   </si>
   <si>
-    <t>Aleksey Pleshkov</t>
+    <t>Алексей Плешков</t>
   </si>
   <si>
     <t>9.71</t>
   </si>
   <si>
     <t>7.11</t>
   </si>
   <si>
-    <t>Egor Gushchin</t>
+    <t>Егор Гущин</t>
   </si>
   <si>
     <t>10.80</t>
   </si>
   <si>
     <t>9.36</t>
   </si>
   <si>
-    <t>Danil Zubkov</t>
+    <t>Данил Зубков</t>
   </si>
   <si>
     <t>11.01</t>
   </si>
   <si>
     <t>9.30</t>
   </si>
   <si>
-    <t>Stepan Kobelev</t>
+    <t>Степан Кобелев</t>
   </si>
   <si>
     <t>11.07</t>
   </si>
   <si>
-    <t>Matvey Prytkov</t>
+    <t>Матвей Прытков</t>
   </si>
   <si>
     <t>11.74</t>
   </si>
   <si>
     <t>10.68</t>
   </si>
   <si>
-    <t>Stepan Shchevelev</t>
+    <t>Степан Щевелёв</t>
   </si>
   <si>
     <t>12.05</t>
   </si>
   <si>
     <t>10.47</t>
   </si>
   <si>
-    <t>Matvey Burkov</t>
+    <t>Матвей Бурков</t>
   </si>
   <si>
     <t>12.07</t>
   </si>
   <si>
     <t>10.25</t>
   </si>
   <si>
-    <t>Timofey Tereshchenko</t>
+    <t>Тимофей Терещенко</t>
   </si>
   <si>
     <t>12.63</t>
   </si>
   <si>
     <t>8.58</t>
   </si>
   <si>
-    <t>Aleksey Bakulin</t>
+    <t>Алексей Барвинк</t>
   </si>
   <si>
     <t>13.35</t>
   </si>
   <si>
     <t>10.29</t>
   </si>
   <si>
-    <t>Lavrentij Burkov</t>
+    <t>Лаврентий Бурков</t>
   </si>
   <si>
     <t>13.42</t>
   </si>
   <si>
     <t>10.81</t>
   </si>
   <si>
-    <t>Julia Dernovaya</t>
+    <t>Юлия Дерновая</t>
   </si>
   <si>
     <t>13.52</t>
   </si>
   <si>
     <t>10.15</t>
   </si>
   <si>
-    <t>Semën Rudik</t>
+    <t>Семён Рудик</t>
   </si>
   <si>
     <t>14.10</t>
   </si>
   <si>
     <t>10.23</t>
   </si>
   <si>
-    <t>Ivan Asatrian</t>
+    <t>Иван Асатрян</t>
   </si>
   <si>
     <t>14.17</t>
   </si>
   <si>
     <t>13.68</t>
   </si>
   <si>
-    <t>Georgii Konstantinov</t>
+    <t>Георгий Константинов</t>
   </si>
   <si>
     <t>14.36</t>
   </si>
   <si>
     <t>12.88</t>
   </si>
   <si>
-    <t>Ivan Borchaninov</t>
+    <t>Иван Борчанинов</t>
   </si>
   <si>
     <t>15.61</t>
   </si>
   <si>
     <t>11.21</t>
   </si>
   <si>
-    <t>Vladislav Ovsanikov</t>
+    <t>Владислав Овсяников</t>
   </si>
   <si>
     <t>15.71</t>
   </si>
   <si>
     <t>14.24</t>
   </si>
   <si>
-    <t>Anton Lagunov</t>
+    <t>Антон Лагунов</t>
   </si>
   <si>
     <t>15.76</t>
   </si>
   <si>
     <t>12.64</t>
   </si>
   <si>
-    <t>Mikhail Zamyatin</t>
+    <t>Михаил Замятин</t>
   </si>
   <si>
     <t>15.90</t>
   </si>
   <si>
     <t>13.41</t>
   </si>
   <si>
-    <t>Nikolay Kotov</t>
+    <t>Николай Котов</t>
   </si>
   <si>
     <t>16.78</t>
   </si>
   <si>
     <t>15.27</t>
   </si>
   <si>
-    <t>Rostislav Burkov</t>
+    <t>Ростислав Бурков</t>
   </si>
   <si>
     <t>16.84</t>
   </si>
   <si>
     <t>12.39</t>
   </si>
   <si>
-    <t>Vasily Stasyev</t>
+    <t>Василий Стасьев</t>
   </si>
   <si>
     <t>16.87</t>
   </si>
   <si>
     <t>14.65</t>
   </si>
   <si>
-    <t>Egor Sashchenko</t>
+    <t>Егор Сащенко</t>
   </si>
   <si>
     <t>17.41</t>
   </si>
   <si>
     <t>15.94</t>
   </si>
   <si>
-    <t>Nikolay Kustov</t>
+    <t>Николай Кустов</t>
   </si>
   <si>
     <t>17.48</t>
   </si>
   <si>
     <t>13.20</t>
   </si>
   <si>
-    <t>Vladimir Kochergin</t>
+    <t>Владимир Кочергин</t>
   </si>
   <si>
     <t>17.64</t>
   </si>
   <si>
     <t>14.34</t>
   </si>
   <si>
-    <t>Tair Dadashev</t>
+    <t>Таир Дадашев</t>
   </si>
   <si>
     <t>18.38</t>
   </si>
   <si>
     <t>15.41</t>
   </si>
   <si>
-    <t>Ivan Turkin</t>
+    <t>Иван Туркин</t>
   </si>
   <si>
     <t>19.68</t>
   </si>
   <si>
     <t>15.49</t>
   </si>
   <si>
-    <t>Maria Emshanova</t>
+    <t>Мария Емшанова</t>
   </si>
   <si>
     <t>20.10</t>
   </si>
   <si>
     <t>14.95</t>
   </si>
   <si>
-    <t>Egor Melkozerov</t>
+    <t>Егор Мелкозеров</t>
   </si>
   <si>
     <t>20.93</t>
   </si>
   <si>
     <t>17.46</t>
   </si>
   <si>
-    <t>Grigorii Chuvakov</t>
+    <t>Григорий Чуваков</t>
   </si>
   <si>
     <t>21.68</t>
   </si>
   <si>
     <t>13.88</t>
   </si>
   <si>
-    <t>Timofei Doronin</t>
+    <t>Тимофей Доронин</t>
   </si>
   <si>
     <t>22.55</t>
   </si>
   <si>
     <t>19.29</t>
   </si>
   <si>
-    <t>Timur Bratukhin</t>
+    <t>Тимур Братухин</t>
   </si>
   <si>
     <t>23.78</t>
   </si>
   <si>
-    <t>Dmitriy Duganov</t>
+    <t>Дмитрий Дуганов</t>
   </si>
   <si>
     <t>24.12</t>
   </si>
   <si>
     <t>19.40</t>
   </si>
   <si>
-    <t>Artem Selivanov</t>
+    <t>Артëм Селиванов</t>
   </si>
   <si>
     <t>24.37</t>
   </si>
   <si>
     <t>20.38</t>
   </si>
   <si>
-    <t>Timofei Karandashov</t>
+    <t>Тимофей Карандашов</t>
   </si>
   <si>
     <t>24.42</t>
   </si>
   <si>
     <t>21.25</t>
   </si>
   <si>
-    <t>Fedor Artamonov</t>
+    <t>Фёдор Артамонов</t>
   </si>
   <si>
     <t>26.11</t>
   </si>
   <si>
     <t>22.38</t>
   </si>
   <si>
-    <t>Stepan Dementyev</t>
+    <t>Степан Дементьев</t>
   </si>
   <si>
     <t>31.08</t>
   </si>
   <si>
     <t>24.83</t>
   </si>
   <si>
-    <t>Artem Aliev</t>
+    <t>Артём Алиев</t>
   </si>
   <si>
     <t>33.03</t>
   </si>
   <si>
     <t>27.08</t>
   </si>
   <si>
-    <t>Aleksandr Kashparov</t>
+    <t>Александр Кашпаров</t>
   </si>
   <si>
     <t>34.15</t>
   </si>
   <si>
     <t>27.76</t>
   </si>
   <si>
-    <t>Igor Kilchenko</t>
+    <t>Игорь Кильченко</t>
   </si>
   <si>
     <t>39.82</t>
   </si>
   <si>
     <t>36.05</t>
   </si>
   <si>
-    <t>Oleg Menshikov</t>
+    <t>Олег Меньшиков</t>
   </si>
   <si>
     <t>40.77</t>
   </si>
   <si>
     <t>32.85</t>
   </si>
   <si>
-    <t>Vladimir Samoilov</t>
+    <t>Владимир Самойлов</t>
   </si>
   <si>
     <t>41.80</t>
   </si>
   <si>
     <t>35.54</t>
   </si>
   <si>
-    <t>Nikita Ushakov</t>
+    <t>Никита Ушаков</t>
   </si>
   <si>
     <t>43.46</t>
   </si>
   <si>
     <t>39.70</t>
   </si>
   <si>
-    <t>Roman Kuryanov</t>
+    <t>Роман Курьянов</t>
   </si>
   <si>
     <t>44.02</t>
   </si>
   <si>
     <t>36.94</t>
   </si>
   <si>
-    <t>Maxim Terentyev</t>
+    <t>Максим Терентьев</t>
   </si>
   <si>
     <t>44.92</t>
   </si>
   <si>
     <t>43.52</t>
   </si>
   <si>
-    <t>Fedor Kardashin</t>
+    <t>Федор Кардашин</t>
   </si>
   <si>
     <t>47.97</t>
   </si>
   <si>
     <t>31.02</t>
   </si>
   <si>
-    <t>Felix Absatarov</t>
+    <t>Феликс Абсатаров</t>
   </si>
   <si>
     <t>48.99</t>
   </si>
   <si>
     <t>43.14</t>
   </si>
   <si>
-    <t>Fedor Savin</t>
+    <t>Федор Савин</t>
   </si>
   <si>
     <t>50.39</t>
   </si>
   <si>
     <t>46.88</t>
   </si>
   <si>
-    <t>Dmitry Ishutkin</t>
+    <t>Дмитрий Ишуткин</t>
   </si>
   <si>
     <t>50.43</t>
   </si>
   <si>
-    <t>Roman Mikheev</t>
+    <t>Роман Михеев</t>
   </si>
   <si>
     <t>51.55</t>
   </si>
   <si>
     <t>43.84</t>
   </si>
   <si>
-    <t>Stepan Pridannikov</t>
+    <t>Степан Приданников</t>
   </si>
   <si>
     <t>52.88</t>
   </si>
   <si>
     <t>47.79</t>
   </si>
   <si>
-    <t>Aleksandr  Korniakov</t>
+    <t>Александр Корняков</t>
   </si>
   <si>
     <t>53.91</t>
   </si>
   <si>
     <t>49.02</t>
   </si>
   <si>
-    <t>Dmitry Baluev</t>
+    <t>Дмитрий Балуев</t>
   </si>
   <si>
     <t>54.84</t>
   </si>
   <si>
     <t>46.36</t>
   </si>
   <si>
-    <t>Evgenia Barmina</t>
+    <t>Евгения Бармина</t>
   </si>
   <si>
     <t>55.71</t>
   </si>
   <si>
     <t>43.00</t>
   </si>
   <si>
-    <t>Nikita Shagapov</t>
+    <t>Никита Шагапов</t>
   </si>
   <si>
     <t>56.71</t>
   </si>
   <si>
     <t>51.42</t>
   </si>
   <si>
-    <t>Pavel Kiselev</t>
+    <t>Павел Киселёв</t>
   </si>
   <si>
     <t>1:00.35</t>
   </si>
   <si>
     <t>56.78</t>
   </si>
   <si>
-    <t>Ilya Isaev</t>
+    <t>Илья Исаев</t>
   </si>
   <si>
     <t>1:00.44</t>
   </si>
   <si>
     <t>54.24</t>
   </si>
   <si>
-    <t>Kirill Gadeev</t>
+    <t>Кирилл Гадеев</t>
   </si>
   <si>
     <t>1:02.31</t>
   </si>
   <si>
     <t>49.82</t>
   </si>
   <si>
-    <t>Dmitrey Zimin</t>
+    <t>Дмитрий Зимин</t>
   </si>
   <si>
     <t>1:05.25</t>
   </si>
   <si>
     <t>51.31</t>
   </si>
   <si>
-    <t>Taya Pivnik</t>
+    <t>Таисия Пивник</t>
   </si>
   <si>
     <t>1:05.29</t>
   </si>
   <si>
     <t>1:00.96</t>
   </si>
   <si>
-    <t>Svetlana Duganova</t>
+    <t>Светлана Дуганова</t>
   </si>
   <si>
     <t>1:08.13</t>
   </si>
   <si>
     <t>1:02.62</t>
   </si>
   <si>
-    <t>Aleksandr Gushchin</t>
+    <t>Александр Гущин</t>
   </si>
   <si>
     <t>1:12.31</t>
   </si>
   <si>
-    <t>Prohor Shepelev</t>
+    <t>Прохор Шепелев</t>
   </si>
   <si>
     <t>1:25.32</t>
   </si>
   <si>
     <t>1:06.39</t>
   </si>
   <si>
-    <t>Makar Bondarenko</t>
-[...8 lines deleted...]
-    <t>Polina Serova</t>
+    <t>Макар Бондаренко</t>
+  </si>
+  <si>
+    <t>Михаил Ковязин</t>
+  </si>
+  <si>
+    <t>Николай Мижвинский</t>
+  </si>
+  <si>
+    <t>Полина Серова</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -1002,51 +1002,51 @@
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:D73"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="C73" sqref="C73"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="3.428" bestFit="true" customWidth="true" style="0"/>
-    <col min="2" max="2" width="24.708" bestFit="true" customWidth="true" style="0"/>
+    <col min="2" max="2" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="9.283" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:4">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
         <v>2</v>
       </c>
       <c r="D1" s="1" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="2" spans="1:4">
       <c r="A2">
         <v>1</v>
       </c>
       <c r="B2" t="s">
         <v>4</v>
       </c>