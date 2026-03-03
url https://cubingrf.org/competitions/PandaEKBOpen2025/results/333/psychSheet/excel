--- v1 (2026-01-15)
+++ v2 (2026-03-03)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="333" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="208">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="207">
   <si>
     <t>#</t>
   </si>
   <si>
     <t>Имя и фамилия участника</t>
   </si>
   <si>
     <t>Среднее</t>
   </si>
   <si>
     <t>Лучшее</t>
   </si>
   <si>
     <t>Артём Сосновских</t>
   </si>
   <si>
     <t>5.83</t>
   </si>
   <si>
     <t>5.20</t>
   </si>
   <si>
     <t>Даниил Абдулов</t>
   </si>
   <si>
@@ -98,561 +98,558 @@
   <si>
     <t>9.48</t>
   </si>
   <si>
     <t>7.45</t>
   </si>
   <si>
     <t>Алексей Плешков</t>
   </si>
   <si>
     <t>9.71</t>
   </si>
   <si>
     <t>7.11</t>
   </si>
   <si>
     <t>Егор Гущин</t>
   </si>
   <si>
     <t>10.80</t>
   </si>
   <si>
     <t>9.36</t>
   </si>
   <si>
+    <t>Матвей Бурков</t>
+  </si>
+  <si>
+    <t>10.82</t>
+  </si>
+  <si>
+    <t>9.31</t>
+  </si>
+  <si>
+    <t>Степан Кобелев</t>
+  </si>
+  <si>
+    <t>10.86</t>
+  </si>
+  <si>
     <t>Данил Зубков</t>
   </si>
   <si>
     <t>11.01</t>
   </si>
   <si>
-    <t>9.30</t>
-[...5 lines deleted...]
-    <t>11.07</t>
+    <t>9.74</t>
   </si>
   <si>
     <t>Матвей Прытков</t>
   </si>
   <si>
-    <t>11.74</t>
-[...2 lines deleted...]
-    <t>10.68</t>
+    <t>11.48</t>
+  </si>
+  <si>
+    <t>10.60</t>
   </si>
   <si>
     <t>Степан Щевелёв</t>
   </si>
   <si>
-    <t>12.05</t>
-[...11 lines deleted...]
-    <t>10.25</t>
+    <t>11.67</t>
+  </si>
+  <si>
+    <t>9.51</t>
   </si>
   <si>
     <t>Тимофей Терещенко</t>
   </si>
   <si>
     <t>12.63</t>
   </si>
   <si>
     <t>8.58</t>
   </si>
   <si>
     <t>Алексей Барвинк</t>
   </si>
   <si>
     <t>13.35</t>
   </si>
   <si>
-    <t>10.29</t>
+    <t>11.49</t>
   </si>
   <si>
     <t>Лаврентий Бурков</t>
   </si>
   <si>
     <t>13.42</t>
   </si>
   <si>
     <t>10.81</t>
   </si>
   <si>
     <t>Юлия Дерновая</t>
   </si>
   <si>
     <t>13.52</t>
   </si>
   <si>
     <t>10.15</t>
   </si>
   <si>
+    <t>Владислав Овсяников</t>
+  </si>
+  <si>
+    <t>13.60</t>
+  </si>
+  <si>
+    <t>11.42</t>
+  </si>
+  <si>
     <t>Семён Рудик</t>
   </si>
   <si>
     <t>14.10</t>
   </si>
   <si>
     <t>10.23</t>
   </si>
   <si>
     <t>Иван Асатрян</t>
   </si>
   <si>
     <t>14.17</t>
   </si>
   <si>
     <t>13.68</t>
   </si>
   <si>
+    <t>Ростислав Бурков</t>
+  </si>
+  <si>
+    <t>14.34</t>
+  </si>
+  <si>
+    <t>11.72</t>
+  </si>
+  <si>
     <t>Георгий Константинов</t>
   </si>
   <si>
     <t>14.36</t>
   </si>
   <si>
     <t>12.88</t>
   </si>
   <si>
+    <t>Николай Котов</t>
+  </si>
+  <si>
+    <t>14.60</t>
+  </si>
+  <si>
+    <t>11.41</t>
+  </si>
+  <si>
+    <t>Михаил Замятин</t>
+  </si>
+  <si>
+    <t>15.49</t>
+  </si>
+  <si>
+    <t>13.06</t>
+  </si>
+  <si>
     <t>Иван Борчанинов</t>
   </si>
   <si>
     <t>15.61</t>
   </si>
   <si>
     <t>11.21</t>
   </si>
   <si>
-    <t>Владислав Овсяников</t>
-[...7 lines deleted...]
-  <si>
     <t>Антон Лагунов</t>
   </si>
   <si>
     <t>15.76</t>
   </si>
   <si>
-    <t>12.64</t>
-[...26 lines deleted...]
-    <t>12.39</t>
+    <t>13.74</t>
   </si>
   <si>
     <t>Василий Стасьев</t>
   </si>
   <si>
     <t>16.87</t>
   </si>
   <si>
-    <t>14.65</t>
+    <t>15.02</t>
+  </si>
+  <si>
+    <t>Мария Емшанова</t>
+  </si>
+  <si>
+    <t>17.19</t>
+  </si>
+  <si>
+    <t>14.62</t>
   </si>
   <si>
     <t>Егор Сащенко</t>
   </si>
   <si>
     <t>17.41</t>
   </si>
   <si>
     <t>15.94</t>
   </si>
   <si>
     <t>Николай Кустов</t>
   </si>
   <si>
     <t>17.48</t>
   </si>
   <si>
     <t>13.20</t>
   </si>
   <si>
     <t>Владимир Кочергин</t>
   </si>
   <si>
     <t>17.64</t>
   </si>
   <si>
-    <t>14.34</t>
+    <t>Иван Туркин</t>
+  </si>
+  <si>
+    <t>17.72</t>
+  </si>
+  <si>
+    <t>Григорий Чуваков</t>
+  </si>
+  <si>
+    <t>18.20</t>
+  </si>
+  <si>
+    <t>13.88</t>
   </si>
   <si>
     <t>Таир Дадашев</t>
   </si>
   <si>
     <t>18.38</t>
   </si>
   <si>
     <t>15.41</t>
   </si>
   <si>
-    <t>Иван Туркин</t>
-[...14 lines deleted...]
-    <t>14.95</t>
+    <t>Фёдор Артамонов</t>
+  </si>
+  <si>
+    <t>19.27</t>
+  </si>
+  <si>
+    <t>15.74</t>
   </si>
   <si>
     <t>Егор Мелкозеров</t>
   </si>
   <si>
     <t>20.93</t>
   </si>
   <si>
     <t>17.46</t>
   </si>
   <si>
-    <t>Григорий Чуваков</t>
-[...5 lines deleted...]
-    <t>13.88</t>
+    <t>Тимур Братухин</t>
+  </si>
+  <si>
+    <t>21.36</t>
+  </si>
+  <si>
+    <t>16.75</t>
+  </si>
+  <si>
+    <t>Тимофей Карандашов</t>
+  </si>
+  <si>
+    <t>17.37</t>
   </si>
   <si>
     <t>Тимофей Доронин</t>
   </si>
   <si>
     <t>22.55</t>
   </si>
   <si>
     <t>19.29</t>
   </si>
   <si>
-    <t>Тимур Братухин</t>
-[...2 lines deleted...]
-    <t>23.78</t>
+    <t>Владимир Самойлов</t>
+  </si>
+  <si>
+    <t>22.82</t>
+  </si>
+  <si>
+    <t>19.87</t>
+  </si>
+  <si>
+    <t>Степан Дементьев</t>
+  </si>
+  <si>
+    <t>23.05</t>
+  </si>
+  <si>
+    <t>19.55</t>
+  </si>
+  <si>
+    <t>Александр Кашпаров</t>
+  </si>
+  <si>
+    <t>23.08</t>
+  </si>
+  <si>
+    <t>16.59</t>
   </si>
   <si>
     <t>Дмитрий Дуганов</t>
   </si>
   <si>
     <t>24.12</t>
   </si>
   <si>
     <t>19.40</t>
   </si>
   <si>
     <t>Артëм Селиванов</t>
   </si>
   <si>
     <t>24.37</t>
   </si>
   <si>
-    <t>20.38</t>
-[...26 lines deleted...]
-    <t>24.83</t>
+    <t>20.19</t>
   </si>
   <si>
     <t>Артём Алиев</t>
   </si>
   <si>
     <t>33.03</t>
   </si>
   <si>
     <t>27.08</t>
   </si>
   <si>
-    <t>Александр Кашпаров</t>
-[...5 lines deleted...]
-    <t>27.76</t>
+    <t>Федор Савин</t>
+  </si>
+  <si>
+    <t>39.81</t>
+  </si>
+  <si>
+    <t>36.10</t>
   </si>
   <si>
     <t>Игорь Кильченко</t>
   </si>
   <si>
     <t>39.82</t>
   </si>
   <si>
-    <t>36.05</t>
+    <t>34.80</t>
   </si>
   <si>
     <t>Олег Меньшиков</t>
   </si>
   <si>
     <t>40.77</t>
   </si>
   <si>
     <t>32.85</t>
   </si>
   <si>
-    <t>Владимир Самойлов</t>
+    <t>Никита Ушаков</t>
+  </si>
+  <si>
+    <t>43.46</t>
+  </si>
+  <si>
+    <t>39.70</t>
+  </si>
+  <si>
+    <t>Роман Курьянов</t>
+  </si>
+  <si>
+    <t>44.02</t>
+  </si>
+  <si>
+    <t>36.94</t>
+  </si>
+  <si>
+    <t>Максим Терентьев</t>
+  </si>
+  <si>
+    <t>44.92</t>
+  </si>
+  <si>
+    <t>43.52</t>
+  </si>
+  <si>
+    <t>Федор Кардашин</t>
+  </si>
+  <si>
+    <t>47.97</t>
+  </si>
+  <si>
+    <t>31.02</t>
+  </si>
+  <si>
+    <t>Феликс Абсатаров</t>
+  </si>
+  <si>
+    <t>48.99</t>
+  </si>
+  <si>
+    <t>43.14</t>
+  </si>
+  <si>
+    <t>Дмитрий Ишуткин</t>
+  </si>
+  <si>
+    <t>50.43</t>
   </si>
   <si>
     <t>41.80</t>
   </si>
   <si>
-    <t>35.54</t>
-[...59 lines deleted...]
-    <t>50.43</t>
+    <t>Евгения Бармина</t>
+  </si>
+  <si>
+    <t>51.19</t>
+  </si>
+  <si>
+    <t>37.23</t>
   </si>
   <si>
     <t>Роман Михеев</t>
   </si>
   <si>
     <t>51.55</t>
   </si>
   <si>
     <t>43.84</t>
   </si>
   <si>
     <t>Степан Приданников</t>
   </si>
   <si>
-    <t>52.88</t>
-[...2 lines deleted...]
-    <t>47.79</t>
+    <t>52.30</t>
+  </si>
+  <si>
+    <t>45.83</t>
+  </si>
+  <si>
+    <t>Дмитрий Зимин</t>
+  </si>
+  <si>
+    <t>52.83</t>
+  </si>
+  <si>
+    <t>48.73</t>
   </si>
   <si>
     <t>Александр Корняков</t>
   </si>
   <si>
     <t>53.91</t>
   </si>
   <si>
-    <t>49.02</t>
+    <t>43.29</t>
+  </si>
+  <si>
+    <t>Павел Киселёв</t>
+  </si>
+  <si>
+    <t>54.41</t>
+  </si>
+  <si>
+    <t>47.70</t>
   </si>
   <si>
     <t>Дмитрий Балуев</t>
   </si>
   <si>
     <t>54.84</t>
   </si>
   <si>
     <t>46.36</t>
   </si>
   <si>
-    <t>Евгения Бармина</t>
-[...7 lines deleted...]
-  <si>
     <t>Никита Шагапов</t>
   </si>
   <si>
     <t>56.71</t>
   </si>
   <si>
     <t>51.42</t>
   </si>
   <si>
-    <t>Павел Киселёв</t>
-[...5 lines deleted...]
-    <t>56.78</t>
+    <t>Светлана Дуганова</t>
+  </si>
+  <si>
+    <t>1:00.30</t>
+  </si>
+  <si>
+    <t>41.15</t>
   </si>
   <si>
     <t>Илья Исаев</t>
   </si>
   <si>
     <t>1:00.44</t>
   </si>
   <si>
     <t>54.24</t>
   </si>
   <si>
     <t>Кирилл Гадеев</t>
   </si>
   <si>
     <t>1:02.31</t>
   </si>
   <si>
     <t>49.82</t>
   </si>
   <si>
-    <t>Дмитрий Зимин</t>
-[...7 lines deleted...]
-  <si>
     <t>Таисия Пивник</t>
   </si>
   <si>
     <t>1:05.29</t>
   </si>
   <si>
     <t>1:00.96</t>
-  </si>
-[...7 lines deleted...]
-    <t>1:02.62</t>
   </si>
   <si>
     <t>Александр Гущин</t>
   </si>
   <si>
     <t>1:12.31</t>
   </si>
   <si>
     <t>Прохор Шепелев</t>
   </si>
   <si>
     <t>1:25.32</t>
   </si>
   <si>
     <t>1:06.39</t>
   </si>
   <si>
     <t>Макар Бондаренко</t>
   </si>
   <si>
     <t>Михаил Ковязин</t>
   </si>
   <si>
     <t>Николай Мижвинский</t>
   </si>
@@ -1452,592 +1449,592 @@
     <row r="31" spans="1:4">
       <c r="A31">
         <v>30</v>
       </c>
       <c r="B31" t="s">
         <v>90</v>
       </c>
       <c r="C31" s="1" t="s">
         <v>91</v>
       </c>
       <c r="D31" t="s">
         <v>92</v>
       </c>
     </row>
     <row r="32" spans="1:4">
       <c r="A32">
         <v>31</v>
       </c>
       <c r="B32" t="s">
         <v>93</v>
       </c>
       <c r="C32" s="1" t="s">
         <v>94</v>
       </c>
       <c r="D32" t="s">
-        <v>95</v>
+        <v>64</v>
       </c>
     </row>
     <row r="33" spans="1:4">
       <c r="A33">
         <v>32</v>
       </c>
       <c r="B33" t="s">
+        <v>95</v>
+      </c>
+      <c r="C33" s="1" t="s">
         <v>96</v>
       </c>
-      <c r="C33" s="1" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D33" t="s">
-        <v>98</v>
+        <v>73</v>
       </c>
     </row>
     <row r="34" spans="1:4">
       <c r="A34">
         <v>33</v>
       </c>
       <c r="B34" t="s">
+        <v>97</v>
+      </c>
+      <c r="C34" s="1" t="s">
+        <v>98</v>
+      </c>
+      <c r="D34" t="s">
         <v>99</v>
-      </c>
-[...4 lines deleted...]
-        <v>101</v>
       </c>
     </row>
     <row r="35" spans="1:4">
       <c r="A35">
         <v>34</v>
       </c>
       <c r="B35" t="s">
+        <v>100</v>
+      </c>
+      <c r="C35" s="1" t="s">
+        <v>101</v>
+      </c>
+      <c r="D35" t="s">
         <v>102</v>
-      </c>
-[...4 lines deleted...]
-        <v>104</v>
       </c>
     </row>
     <row r="36" spans="1:4">
       <c r="A36">
         <v>35</v>
       </c>
       <c r="B36" t="s">
+        <v>103</v>
+      </c>
+      <c r="C36" s="1" t="s">
+        <v>104</v>
+      </c>
+      <c r="D36" t="s">
         <v>105</v>
-      </c>
-[...4 lines deleted...]
-        <v>107</v>
       </c>
     </row>
     <row r="37" spans="1:4">
       <c r="A37">
         <v>36</v>
       </c>
       <c r="B37" t="s">
+        <v>106</v>
+      </c>
+      <c r="C37" s="1" t="s">
+        <v>107</v>
+      </c>
+      <c r="D37" t="s">
         <v>108</v>
-      </c>
-[...4 lines deleted...]
-        <v>110</v>
       </c>
     </row>
     <row r="38" spans="1:4">
       <c r="A38">
         <v>37</v>
       </c>
       <c r="B38" t="s">
+        <v>109</v>
+      </c>
+      <c r="C38" s="1" t="s">
+        <v>110</v>
+      </c>
+      <c r="D38" t="s">
         <v>111</v>
-      </c>
-[...4 lines deleted...]
-        <v>94</v>
       </c>
     </row>
     <row r="39" spans="1:4">
       <c r="A39">
         <v>38</v>
       </c>
       <c r="B39" t="s">
+        <v>112</v>
+      </c>
+      <c r="C39" s="1" t="s">
+        <v>110</v>
+      </c>
+      <c r="D39" t="s">
         <v>113</v>
-      </c>
-[...4 lines deleted...]
-        <v>115</v>
       </c>
     </row>
     <row r="40" spans="1:4">
       <c r="A40">
         <v>39</v>
       </c>
       <c r="B40" t="s">
+        <v>114</v>
+      </c>
+      <c r="C40" s="1" t="s">
+        <v>115</v>
+      </c>
+      <c r="D40" t="s">
         <v>116</v>
-      </c>
-[...4 lines deleted...]
-        <v>118</v>
       </c>
     </row>
     <row r="41" spans="1:4">
       <c r="A41">
         <v>40</v>
       </c>
       <c r="B41" t="s">
+        <v>117</v>
+      </c>
+      <c r="C41" s="1" t="s">
+        <v>118</v>
+      </c>
+      <c r="D41" t="s">
         <v>119</v>
-      </c>
-[...4 lines deleted...]
-        <v>121</v>
       </c>
     </row>
     <row r="42" spans="1:4">
       <c r="A42">
         <v>41</v>
       </c>
       <c r="B42" t="s">
+        <v>120</v>
+      </c>
+      <c r="C42" s="1" t="s">
+        <v>121</v>
+      </c>
+      <c r="D42" t="s">
         <v>122</v>
-      </c>
-[...4 lines deleted...]
-        <v>124</v>
       </c>
     </row>
     <row r="43" spans="1:4">
       <c r="A43">
         <v>42</v>
       </c>
       <c r="B43" t="s">
+        <v>123</v>
+      </c>
+      <c r="C43" s="1" t="s">
+        <v>124</v>
+      </c>
+      <c r="D43" t="s">
         <v>125</v>
-      </c>
-[...4 lines deleted...]
-        <v>127</v>
       </c>
     </row>
     <row r="44" spans="1:4">
       <c r="A44">
         <v>43</v>
       </c>
       <c r="B44" t="s">
+        <v>126</v>
+      </c>
+      <c r="C44" s="1" t="s">
+        <v>127</v>
+      </c>
+      <c r="D44" t="s">
         <v>128</v>
-      </c>
-[...4 lines deleted...]
-        <v>130</v>
       </c>
     </row>
     <row r="45" spans="1:4">
       <c r="A45">
         <v>44</v>
       </c>
       <c r="B45" t="s">
+        <v>129</v>
+      </c>
+      <c r="C45" s="1" t="s">
+        <v>130</v>
+      </c>
+      <c r="D45" t="s">
         <v>131</v>
-      </c>
-[...4 lines deleted...]
-        <v>133</v>
       </c>
     </row>
     <row r="46" spans="1:4">
       <c r="A46">
         <v>45</v>
       </c>
       <c r="B46" t="s">
+        <v>132</v>
+      </c>
+      <c r="C46" s="1" t="s">
+        <v>133</v>
+      </c>
+      <c r="D46" t="s">
         <v>134</v>
-      </c>
-[...4 lines deleted...]
-        <v>136</v>
       </c>
     </row>
     <row r="47" spans="1:4">
       <c r="A47">
         <v>46</v>
       </c>
       <c r="B47" t="s">
+        <v>135</v>
+      </c>
+      <c r="C47" s="1" t="s">
+        <v>136</v>
+      </c>
+      <c r="D47" t="s">
         <v>137</v>
-      </c>
-[...4 lines deleted...]
-        <v>139</v>
       </c>
     </row>
     <row r="48" spans="1:4">
       <c r="A48">
         <v>47</v>
       </c>
       <c r="B48" t="s">
+        <v>138</v>
+      </c>
+      <c r="C48" s="1" t="s">
+        <v>139</v>
+      </c>
+      <c r="D48" t="s">
         <v>140</v>
-      </c>
-[...4 lines deleted...]
-        <v>142</v>
       </c>
     </row>
     <row r="49" spans="1:4">
       <c r="A49">
         <v>48</v>
       </c>
       <c r="B49" t="s">
+        <v>141</v>
+      </c>
+      <c r="C49" s="1" t="s">
+        <v>142</v>
+      </c>
+      <c r="D49" t="s">
         <v>143</v>
-      </c>
-[...4 lines deleted...]
-        <v>145</v>
       </c>
     </row>
     <row r="50" spans="1:4">
       <c r="A50">
         <v>49</v>
       </c>
       <c r="B50" t="s">
+        <v>144</v>
+      </c>
+      <c r="C50" s="1" t="s">
+        <v>145</v>
+      </c>
+      <c r="D50" t="s">
         <v>146</v>
-      </c>
-[...4 lines deleted...]
-        <v>148</v>
       </c>
     </row>
     <row r="51" spans="1:4">
       <c r="A51">
         <v>50</v>
       </c>
       <c r="B51" t="s">
+        <v>147</v>
+      </c>
+      <c r="C51" s="1" t="s">
+        <v>148</v>
+      </c>
+      <c r="D51" t="s">
         <v>149</v>
-      </c>
-[...4 lines deleted...]
-        <v>151</v>
       </c>
     </row>
     <row r="52" spans="1:4">
       <c r="A52">
         <v>51</v>
       </c>
       <c r="B52" t="s">
+        <v>150</v>
+      </c>
+      <c r="C52" s="1" t="s">
+        <v>151</v>
+      </c>
+      <c r="D52" t="s">
         <v>152</v>
-      </c>
-[...4 lines deleted...]
-        <v>154</v>
       </c>
     </row>
     <row r="53" spans="1:4">
       <c r="A53">
         <v>52</v>
       </c>
       <c r="B53" t="s">
+        <v>153</v>
+      </c>
+      <c r="C53" s="1" t="s">
+        <v>154</v>
+      </c>
+      <c r="D53" t="s">
         <v>155</v>
-      </c>
-[...4 lines deleted...]
-        <v>157</v>
       </c>
     </row>
     <row r="54" spans="1:4">
       <c r="A54">
         <v>53</v>
       </c>
       <c r="B54" t="s">
+        <v>156</v>
+      </c>
+      <c r="C54" s="1" t="s">
+        <v>157</v>
+      </c>
+      <c r="D54" t="s">
         <v>158</v>
-      </c>
-[...4 lines deleted...]
-        <v>160</v>
       </c>
     </row>
     <row r="55" spans="1:4">
       <c r="A55">
         <v>54</v>
       </c>
       <c r="B55" t="s">
+        <v>159</v>
+      </c>
+      <c r="C55" s="1" t="s">
+        <v>160</v>
+      </c>
+      <c r="D55" t="s">
         <v>161</v>
-      </c>
-[...4 lines deleted...]
-        <v>141</v>
       </c>
     </row>
     <row r="56" spans="1:4">
       <c r="A56">
         <v>55</v>
       </c>
       <c r="B56" t="s">
+        <v>162</v>
+      </c>
+      <c r="C56" s="1" t="s">
         <v>163</v>
       </c>
-      <c r="C56" s="1" t="s">
+      <c r="D56" t="s">
         <v>164</v>
-      </c>
-[...1 lines deleted...]
-        <v>165</v>
       </c>
     </row>
     <row r="57" spans="1:4">
       <c r="A57">
         <v>56</v>
       </c>
       <c r="B57" t="s">
+        <v>165</v>
+      </c>
+      <c r="C57" s="1" t="s">
         <v>166</v>
       </c>
-      <c r="C57" s="1" t="s">
+      <c r="D57" t="s">
         <v>167</v>
-      </c>
-[...1 lines deleted...]
-        <v>168</v>
       </c>
     </row>
     <row r="58" spans="1:4">
       <c r="A58">
         <v>57</v>
       </c>
       <c r="B58" t="s">
+        <v>168</v>
+      </c>
+      <c r="C58" s="1" t="s">
         <v>169</v>
       </c>
-      <c r="C58" s="1" t="s">
+      <c r="D58" t="s">
         <v>170</v>
-      </c>
-[...1 lines deleted...]
-        <v>171</v>
       </c>
     </row>
     <row r="59" spans="1:4">
       <c r="A59">
         <v>58</v>
       </c>
       <c r="B59" t="s">
+        <v>171</v>
+      </c>
+      <c r="C59" s="1" t="s">
         <v>172</v>
       </c>
-      <c r="C59" s="1" t="s">
+      <c r="D59" t="s">
         <v>173</v>
-      </c>
-[...1 lines deleted...]
-        <v>174</v>
       </c>
     </row>
     <row r="60" spans="1:4">
       <c r="A60">
         <v>59</v>
       </c>
       <c r="B60" t="s">
+        <v>174</v>
+      </c>
+      <c r="C60" s="1" t="s">
         <v>175</v>
       </c>
-      <c r="C60" s="1" t="s">
+      <c r="D60" t="s">
         <v>176</v>
-      </c>
-[...1 lines deleted...]
-        <v>177</v>
       </c>
     </row>
     <row r="61" spans="1:4">
       <c r="A61">
         <v>60</v>
       </c>
       <c r="B61" t="s">
+        <v>177</v>
+      </c>
+      <c r="C61" s="1" t="s">
         <v>178</v>
       </c>
-      <c r="C61" s="1" t="s">
+      <c r="D61" t="s">
         <v>179</v>
-      </c>
-[...1 lines deleted...]
-        <v>180</v>
       </c>
     </row>
     <row r="62" spans="1:4">
       <c r="A62">
         <v>61</v>
       </c>
       <c r="B62" t="s">
+        <v>180</v>
+      </c>
+      <c r="C62" s="1" t="s">
         <v>181</v>
       </c>
-      <c r="C62" s="1" t="s">
+      <c r="D62" t="s">
         <v>182</v>
-      </c>
-[...1 lines deleted...]
-        <v>183</v>
       </c>
     </row>
     <row r="63" spans="1:4">
       <c r="A63">
         <v>62</v>
       </c>
       <c r="B63" t="s">
+        <v>183</v>
+      </c>
+      <c r="C63" s="1" t="s">
         <v>184</v>
       </c>
-      <c r="C63" s="1" t="s">
+      <c r="D63" t="s">
         <v>185</v>
-      </c>
-[...1 lines deleted...]
-        <v>186</v>
       </c>
     </row>
     <row r="64" spans="1:4">
       <c r="A64">
         <v>63</v>
       </c>
       <c r="B64" t="s">
+        <v>186</v>
+      </c>
+      <c r="C64" s="1" t="s">
         <v>187</v>
       </c>
-      <c r="C64" s="1" t="s">
+      <c r="D64" t="s">
         <v>188</v>
-      </c>
-[...1 lines deleted...]
-        <v>189</v>
       </c>
     </row>
     <row r="65" spans="1:4">
       <c r="A65">
         <v>64</v>
       </c>
       <c r="B65" t="s">
+        <v>189</v>
+      </c>
+      <c r="C65" s="1" t="s">
         <v>190</v>
       </c>
-      <c r="C65" s="1" t="s">
+      <c r="D65" t="s">
         <v>191</v>
-      </c>
-[...1 lines deleted...]
-        <v>192</v>
       </c>
     </row>
     <row r="66" spans="1:4">
       <c r="A66">
         <v>65</v>
       </c>
       <c r="B66" t="s">
+        <v>192</v>
+      </c>
+      <c r="C66" s="1" t="s">
         <v>193</v>
       </c>
-      <c r="C66" s="1" t="s">
+      <c r="D66" t="s">
         <v>194</v>
-      </c>
-[...1 lines deleted...]
-        <v>195</v>
       </c>
     </row>
     <row r="67" spans="1:4">
       <c r="A67">
         <v>66</v>
       </c>
       <c r="B67" t="s">
+        <v>195</v>
+      </c>
+      <c r="C67" s="1" t="s">
         <v>196</v>
       </c>
-      <c r="C67" s="1" t="s">
+      <c r="D67" t="s">
         <v>197</v>
-      </c>
-[...1 lines deleted...]
-        <v>198</v>
       </c>
     </row>
     <row r="68" spans="1:4">
       <c r="A68">
         <v>67</v>
       </c>
       <c r="B68" t="s">
+        <v>198</v>
+      </c>
+      <c r="C68" s="1" t="s">
         <v>199</v>
       </c>
-      <c r="C68" s="1" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D68" t="s">
-        <v>164</v>
+        <v>166</v>
       </c>
     </row>
     <row r="69" spans="1:4">
       <c r="A69">
         <v>68</v>
       </c>
       <c r="B69" t="s">
+        <v>200</v>
+      </c>
+      <c r="C69" s="1" t="s">
         <v>201</v>
       </c>
-      <c r="C69" s="1" t="s">
+      <c r="D69" t="s">
         <v>202</v>
-      </c>
-[...1 lines deleted...]
-        <v>203</v>
       </c>
     </row>
     <row r="70" spans="1:4">
       <c r="B70" t="s">
-        <v>204</v>
+        <v>203</v>
       </c>
       <c r="C70" s="1"/>
     </row>
     <row r="71" spans="1:4">
       <c r="B71" t="s">
-        <v>205</v>
+        <v>204</v>
       </c>
       <c r="C71" s="1"/>
     </row>
     <row r="72" spans="1:4">
       <c r="B72" t="s">
-        <v>206</v>
+        <v>205</v>
       </c>
       <c r="C72" s="1"/>
     </row>
     <row r="73" spans="1:4">
       <c r="B73" t="s">
-        <v>207</v>
+        <v>206</v>
       </c>
       <c r="C73" s="1"/>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>