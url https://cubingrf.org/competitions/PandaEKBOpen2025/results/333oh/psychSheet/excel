--- v0 (2026-01-15)
+++ v1 (2026-01-16)
@@ -17,300 +17,300 @@
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="333oh" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="85">
   <si>
     <t>#</t>
   </si>
   <si>
-    <t>Имя и фамилия участника</t>
-[...8 lines deleted...]
-    <t>Артём Сосновских</t>
+    <t>Competitor</t>
+  </si>
+  <si>
+    <t>Average</t>
+  </si>
+  <si>
+    <t>Best</t>
+  </si>
+  <si>
+    <t>Artem Sosnovskikh</t>
   </si>
   <si>
     <t>11.58</t>
   </si>
   <si>
     <t>10.07</t>
   </si>
   <si>
-    <t>Андрей Колеватых</t>
+    <t>Andrey Kolevatykh</t>
   </si>
   <si>
     <t>14.26</t>
   </si>
   <si>
     <t>10.59</t>
   </si>
   <si>
-    <t>Дарья Белоногова</t>
+    <t>Darya Belonogova</t>
   </si>
   <si>
     <t>16.16</t>
   </si>
   <si>
     <t>13.75</t>
   </si>
   <si>
-    <t>Анна Дуганова</t>
+    <t>Anna Duganova</t>
   </si>
   <si>
     <t>22.38</t>
   </si>
   <si>
     <t>18.85</t>
   </si>
   <si>
-    <t>Степан Щевелёв</t>
+    <t>Stepan Shchevelev</t>
   </si>
   <si>
     <t>22.97</t>
   </si>
   <si>
     <t>16.91</t>
   </si>
   <si>
-    <t>Даниил Абдулов</t>
+    <t>Daniil Abdulov</t>
   </si>
   <si>
     <t>24.37</t>
   </si>
   <si>
     <t>15.59</t>
   </si>
   <si>
-    <t>Дмитрий Сидоренко</t>
+    <t>Dmitry Sidorenko</t>
   </si>
   <si>
     <t>24.78</t>
   </si>
   <si>
     <t>16.65</t>
   </si>
   <si>
-    <t>Егор Гущин</t>
+    <t>Egor Gushchin</t>
   </si>
   <si>
     <t>27.10</t>
   </si>
   <si>
     <t>23.60</t>
   </si>
   <si>
-    <t>Тимофей Терещенко</t>
+    <t>Timofey Tereshchenko</t>
   </si>
   <si>
     <t>27.40</t>
   </si>
   <si>
     <t>21.61</t>
   </si>
   <si>
-    <t>Матвей Бурков</t>
+    <t>Matvey Burkov</t>
   </si>
   <si>
     <t>28.34</t>
   </si>
   <si>
     <t>24.51</t>
   </si>
   <si>
-    <t>Данил Зубков</t>
+    <t>Danil Zubkov</t>
   </si>
   <si>
     <t>28.55</t>
   </si>
   <si>
     <t>23.35</t>
   </si>
   <si>
-    <t>Матвей Прытков</t>
+    <t>Matvey Prytkov</t>
   </si>
   <si>
     <t>31.06</t>
   </si>
   <si>
     <t>28.96</t>
   </si>
   <si>
-    <t>Владимир Кочергин</t>
+    <t>Vladimir Kochergin</t>
   </si>
   <si>
     <t>32.77</t>
   </si>
   <si>
     <t>25.90</t>
   </si>
   <si>
-    <t>Семён Рудик</t>
+    <t>Semën Rudik</t>
   </si>
   <si>
     <t>33.59</t>
   </si>
   <si>
     <t>28.70</t>
   </si>
   <si>
-    <t>Таир Дадашев</t>
+    <t>Tair Dadashev</t>
   </si>
   <si>
     <t>35.27</t>
   </si>
   <si>
     <t>30.93</t>
   </si>
   <si>
-    <t>Антон Лагунов</t>
+    <t>Anton Lagunov</t>
   </si>
   <si>
     <t>35.82</t>
   </si>
   <si>
     <t>30.61</t>
   </si>
   <si>
-    <t>Василий Стасьев</t>
+    <t>Vasily Stasyev</t>
   </si>
   <si>
     <t>35.85</t>
   </si>
   <si>
     <t>28.88</t>
   </si>
   <si>
-    <t>Степан Кобелев</t>
+    <t>Stepan Kobelev</t>
   </si>
   <si>
     <t>39.11</t>
   </si>
   <si>
     <t>33.73</t>
   </si>
   <si>
-    <t>Григорий Чуваков</t>
+    <t>Grigorii Chuvakov</t>
   </si>
   <si>
     <t>41.34</t>
   </si>
   <si>
     <t>38.03</t>
   </si>
   <si>
-    <t>Николай Кустов</t>
+    <t>Nikolay Kustov</t>
   </si>
   <si>
     <t>49.54</t>
   </si>
   <si>
     <t>42.12</t>
   </si>
   <si>
-    <t>Егор Мелкозеров</t>
+    <t>Egor Melkozerov</t>
   </si>
   <si>
     <t>1:00.70</t>
   </si>
   <si>
     <t>41.90</t>
   </si>
   <si>
-    <t>Ростислав Бурков</t>
+    <t>Rostislav Burkov</t>
   </si>
   <si>
     <t>42.10</t>
   </si>
   <si>
-    <t>Николай Котов</t>
+    <t>Nikolay Kotov</t>
   </si>
   <si>
     <t>48.76</t>
   </si>
   <si>
-    <t>Михаил Замятин</t>
+    <t>Mikhail Zamyatin</t>
   </si>
   <si>
     <t>58.76</t>
   </si>
   <si>
-    <t>Тимур Братухин</t>
+    <t>Timur Bratukhin</t>
   </si>
   <si>
     <t>1:01.44</t>
   </si>
   <si>
-    <t>Мария Емшанова</t>
+    <t>Maria Emshanova</t>
   </si>
   <si>
     <t>1:02.39</t>
   </si>
   <si>
-    <t>Дмитрий Дуганов</t>
+    <t>Dmitriy Duganov</t>
   </si>
   <si>
     <t>1:07.19</t>
   </si>
   <si>
-    <t>Александр Кашпаров</t>
+    <t>Aleksandr Kashparov</t>
   </si>
   <si>
     <t>1:14.11</t>
   </si>
   <si>
-    <t>Алексей Барвинк</t>
+    <t>Aleksey Bakulin</t>
   </si>
   <si>
     <t>1:27.10</t>
   </si>
   <si>
-    <t>Владислав Овсяников</t>
-[...2 lines deleted...]
-    <t>Дмитрий Ишуткин</t>
+    <t>Vladislav Ovsanikov</t>
+  </si>
+  <si>
+    <t>Dmitry Ishutkin</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -633,51 +633,51 @@
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:D32"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="C32" sqref="C32"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="3.428" bestFit="true" customWidth="true" style="0"/>
-    <col min="2" max="2" width="28.136" bestFit="true" customWidth="true" style="0"/>
+    <col min="2" max="2" width="24.708" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="9.283" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:4">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
         <v>2</v>
       </c>
       <c r="D1" s="1" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="2" spans="1:4">
       <c r="A2">
         <v>1</v>
       </c>
       <c r="B2" t="s">
         <v>4</v>
       </c>