--- v1 (2026-01-16)
+++ v2 (2026-03-03)
@@ -12,305 +12,320 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="333oh" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="85">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="90">
   <si>
     <t>#</t>
   </si>
   <si>
-    <t>Competitor</t>
-[...8 lines deleted...]
-    <t>Artem Sosnovskikh</t>
+    <t>Имя и фамилия участника</t>
+  </si>
+  <si>
+    <t>Среднее</t>
+  </si>
+  <si>
+    <t>Лучшее</t>
+  </si>
+  <si>
+    <t>Артём Сосновских</t>
   </si>
   <si>
     <t>11.58</t>
   </si>
   <si>
     <t>10.07</t>
   </si>
   <si>
-    <t>Andrey Kolevatykh</t>
+    <t>Андрей Колеватых</t>
   </si>
   <si>
     <t>14.26</t>
   </si>
   <si>
     <t>10.59</t>
   </si>
   <si>
-    <t>Darya Belonogova</t>
-[...2 lines deleted...]
-    <t>16.16</t>
+    <t>Дарья Белоногова</t>
+  </si>
+  <si>
+    <t>15.94</t>
   </si>
   <si>
     <t>13.75</t>
   </si>
   <si>
-    <t>Anna Duganova</t>
-[...2 lines deleted...]
-    <t>22.38</t>
+    <t>Анна Дуганова</t>
+  </si>
+  <si>
+    <t>20.57</t>
   </si>
   <si>
     <t>18.85</t>
   </si>
   <si>
-    <t>Stepan Shchevelev</t>
+    <t>Дмитрий Сидоренко</t>
+  </si>
+  <si>
+    <t>21.79</t>
+  </si>
+  <si>
+    <t>16.65</t>
+  </si>
+  <si>
+    <t>Степан Щевелёв</t>
   </si>
   <si>
     <t>22.97</t>
   </si>
   <si>
     <t>16.91</t>
   </si>
   <si>
-    <t>Daniil Abdulov</t>
+    <t>Даниил Абдулов</t>
   </si>
   <si>
     <t>24.37</t>
   </si>
   <si>
     <t>15.59</t>
   </si>
   <si>
-    <t>Dmitry Sidorenko</t>
-[...8 lines deleted...]
-    <t>Egor Gushchin</t>
+    <t>Егор Гущин</t>
   </si>
   <si>
     <t>27.10</t>
   </si>
   <si>
     <t>23.60</t>
   </si>
   <si>
-    <t>Timofey Tereshchenko</t>
+    <t>Матвей Бурков</t>
+  </si>
+  <si>
+    <t>27.32</t>
+  </si>
+  <si>
+    <t>21.14</t>
+  </si>
+  <si>
+    <t>Тимофей Терещенко</t>
   </si>
   <si>
     <t>27.40</t>
   </si>
   <si>
     <t>21.61</t>
   </si>
   <si>
-    <t>Matvey Burkov</t>
-[...11 lines deleted...]
-    <t>28.55</t>
+    <t>Данил Зубков</t>
+  </si>
+  <si>
+    <t>27.66</t>
   </si>
   <si>
     <t>23.35</t>
   </si>
   <si>
-    <t>Matvey Prytkov</t>
+    <t>Матвей Прытков</t>
   </si>
   <si>
     <t>31.06</t>
   </si>
   <si>
-    <t>28.96</t>
-[...2 lines deleted...]
-    <t>Vladimir Kochergin</t>
+    <t>28.81</t>
+  </si>
+  <si>
+    <t>Семён Рудик</t>
+  </si>
+  <si>
+    <t>32.55</t>
+  </si>
+  <si>
+    <t>28.70</t>
+  </si>
+  <si>
+    <t>Владимир Кочергин</t>
   </si>
   <si>
     <t>32.77</t>
   </si>
   <si>
     <t>25.90</t>
   </si>
   <si>
-    <t>Semën Rudik</t>
-[...8 lines deleted...]
-    <t>Tair Dadashev</t>
+    <t>Таир Дадашев</t>
   </si>
   <si>
     <t>35.27</t>
   </si>
   <si>
-    <t>30.93</t>
-[...11 lines deleted...]
-    <t>Vasily Stasyev</t>
+    <t>27.58</t>
+  </si>
+  <si>
+    <t>Василий Стасьев</t>
   </si>
   <si>
     <t>35.85</t>
   </si>
   <si>
-    <t>28.88</t>
-[...11 lines deleted...]
-    <t>Grigorii Chuvakov</t>
+    <t>32.18</t>
+  </si>
+  <si>
+    <t>Владислав Овсяников</t>
+  </si>
+  <si>
+    <t>36.99</t>
+  </si>
+  <si>
+    <t>27.77</t>
+  </si>
+  <si>
+    <t>Антон Лагунов</t>
+  </si>
+  <si>
+    <t>37.61</t>
+  </si>
+  <si>
+    <t>28.47</t>
+  </si>
+  <si>
+    <t>Григорий Чуваков</t>
   </si>
   <si>
     <t>41.34</t>
   </si>
   <si>
-    <t>38.03</t>
-[...11 lines deleted...]
-    <t>Egor Melkozerov</t>
+    <t>37.12</t>
+  </si>
+  <si>
+    <t>Николай Котов</t>
+  </si>
+  <si>
+    <t>41.45</t>
+  </si>
+  <si>
+    <t>31.39</t>
+  </si>
+  <si>
+    <t>Ростислав Бурков</t>
+  </si>
+  <si>
+    <t>42.45</t>
+  </si>
+  <si>
+    <t>31.47</t>
+  </si>
+  <si>
+    <t>Степан Кобелев</t>
+  </si>
+  <si>
+    <t>42.72</t>
+  </si>
+  <si>
+    <t>29.95</t>
+  </si>
+  <si>
+    <t>Михаил Замятин</t>
+  </si>
+  <si>
+    <t>47.83</t>
+  </si>
+  <si>
+    <t>39.25</t>
+  </si>
+  <si>
+    <t>Александр Кашпаров</t>
+  </si>
+  <si>
+    <t>48.45</t>
+  </si>
+  <si>
+    <t>41.44</t>
+  </si>
+  <si>
+    <t>Егор Мелкозеров</t>
   </si>
   <si>
     <t>1:00.70</t>
   </si>
   <si>
     <t>41.90</t>
   </si>
   <si>
-    <t>Rostislav Burkov</t>
-[...17 lines deleted...]
-    <t>Timur Bratukhin</t>
+    <t>Мария Емшанова</t>
+  </si>
+  <si>
+    <t>49.80</t>
+  </si>
+  <si>
+    <t>Николай Кустов</t>
+  </si>
+  <si>
+    <t>53.71</t>
+  </si>
+  <si>
+    <t>Тимур Братухин</t>
   </si>
   <si>
     <t>1:01.44</t>
   </si>
   <si>
-    <t>Maria Emshanova</t>
-[...5 lines deleted...]
-    <t>Dmitriy Duganov</t>
+    <t>Дмитрий Дуганов</t>
   </si>
   <si>
     <t>1:07.19</t>
   </si>
   <si>
-    <t>Aleksandr Kashparov</t>
-[...5 lines deleted...]
-    <t>Aleksey Bakulin</t>
+    <t>Алексей Барвинк</t>
   </si>
   <si>
     <t>1:27.10</t>
   </si>
   <si>
-    <t>Vladislav Ovsanikov</t>
-[...2 lines deleted...]
-    <t>Dmitry Ishutkin</t>
+    <t>Дмитрий Ишуткин</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -633,51 +648,51 @@
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:D32"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="C32" sqref="C32"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="3.428" bestFit="true" customWidth="true" style="0"/>
-    <col min="2" max="2" width="24.708" bestFit="true" customWidth="true" style="0"/>
+    <col min="2" max="2" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="9.283" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:4">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
         <v>2</v>
       </c>
       <c r="D1" s="1" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="2" spans="1:4">
       <c r="A2">
         <v>1</v>
       </c>
       <c r="B2" t="s">
         <v>4</v>
       </c>
@@ -953,148 +968,162 @@
       <c r="D21" t="s">
         <v>63</v>
       </c>
     </row>
     <row r="22" spans="1:4">
       <c r="A22">
         <v>21</v>
       </c>
       <c r="B22" t="s">
         <v>64</v>
       </c>
       <c r="C22" s="1" t="s">
         <v>65</v>
       </c>
       <c r="D22" t="s">
         <v>66</v>
       </c>
     </row>
     <row r="23" spans="1:4">
       <c r="A23">
         <v>22</v>
       </c>
       <c r="B23" t="s">
         <v>67</v>
       </c>
-      <c r="C23" s="1"/>
+      <c r="C23" s="1" t="s">
+        <v>68</v>
+      </c>
       <c r="D23" t="s">
-        <v>68</v>
+        <v>69</v>
       </c>
     </row>
     <row r="24" spans="1:4">
       <c r="A24">
         <v>23</v>
       </c>
       <c r="B24" t="s">
-        <v>69</v>
-[...1 lines deleted...]
-      <c r="C24" s="1"/>
+        <v>70</v>
+      </c>
+      <c r="C24" s="1" t="s">
+        <v>71</v>
+      </c>
       <c r="D24" t="s">
-        <v>70</v>
+        <v>72</v>
       </c>
     </row>
     <row r="25" spans="1:4">
       <c r="A25">
         <v>24</v>
       </c>
       <c r="B25" t="s">
-        <v>71</v>
-[...1 lines deleted...]
-      <c r="C25" s="1"/>
+        <v>73</v>
+      </c>
+      <c r="C25" s="1" t="s">
+        <v>74</v>
+      </c>
       <c r="D25" t="s">
-        <v>72</v>
+        <v>75</v>
       </c>
     </row>
     <row r="26" spans="1:4">
       <c r="A26">
         <v>25</v>
       </c>
       <c r="B26" t="s">
-        <v>73</v>
-[...1 lines deleted...]
-      <c r="C26" s="1"/>
+        <v>76</v>
+      </c>
+      <c r="C26" s="1" t="s">
+        <v>77</v>
+      </c>
       <c r="D26" t="s">
-        <v>74</v>
+        <v>78</v>
       </c>
     </row>
     <row r="27" spans="1:4">
       <c r="A27">
         <v>26</v>
       </c>
       <c r="B27" t="s">
-        <v>75</v>
+        <v>79</v>
       </c>
       <c r="C27" s="1"/>
       <c r="D27" t="s">
-        <v>76</v>
+        <v>80</v>
       </c>
     </row>
     <row r="28" spans="1:4">
       <c r="A28">
         <v>27</v>
       </c>
       <c r="B28" t="s">
-        <v>77</v>
+        <v>81</v>
       </c>
       <c r="C28" s="1"/>
       <c r="D28" t="s">
-        <v>78</v>
+        <v>82</v>
       </c>
     </row>
     <row r="29" spans="1:4">
       <c r="A29">
         <v>28</v>
       </c>
       <c r="B29" t="s">
-        <v>79</v>
+        <v>83</v>
       </c>
       <c r="C29" s="1"/>
       <c r="D29" t="s">
-        <v>80</v>
+        <v>84</v>
       </c>
     </row>
     <row r="30" spans="1:4">
       <c r="A30">
         <v>29</v>
       </c>
       <c r="B30" t="s">
-        <v>81</v>
+        <v>85</v>
       </c>
       <c r="C30" s="1"/>
       <c r="D30" t="s">
-        <v>82</v>
+        <v>86</v>
       </c>
     </row>
     <row r="31" spans="1:4">
+      <c r="A31">
+        <v>30</v>
+      </c>
       <c r="B31" t="s">
-        <v>83</v>
+        <v>87</v>
       </c>
       <c r="C31" s="1"/>
+      <c r="D31" t="s">
+        <v>88</v>
+      </c>
     </row>
     <row r="32" spans="1:4">
       <c r="B32" t="s">
-        <v>84</v>
+        <v>89</v>
       </c>
       <c r="C32" s="1"/>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>