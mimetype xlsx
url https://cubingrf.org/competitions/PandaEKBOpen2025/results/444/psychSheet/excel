--- v0 (2026-01-15)
+++ v1 (2026-03-03)
@@ -12,338 +12,350 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="444" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="102">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="106">
   <si>
     <t>#</t>
   </si>
   <si>
     <t>Имя и фамилия участника</t>
   </si>
   <si>
     <t>Среднее</t>
   </si>
   <si>
     <t>Лучшее</t>
   </si>
   <si>
     <t>Артём Сосновских</t>
   </si>
   <si>
     <t>29.18</t>
   </si>
   <si>
     <t>24.52</t>
   </si>
   <si>
     <t>Дмитрий Сидоренко</t>
   </si>
   <si>
-    <t>33.12</t>
-[...2 lines deleted...]
-    <t>27.03</t>
+    <t>30.96</t>
+  </si>
+  <si>
+    <t>25.82</t>
   </si>
   <si>
     <t>Андрей Колеватых</t>
   </si>
   <si>
-    <t>35.85</t>
+    <t>34.84</t>
   </si>
   <si>
     <t>29.66</t>
   </si>
   <si>
     <t>Анна Дуганова</t>
   </si>
   <si>
     <t>40.71</t>
   </si>
   <si>
     <t>37.61</t>
   </si>
   <si>
     <t>Тимофей Терещенко</t>
   </si>
   <si>
     <t>43.87</t>
   </si>
   <si>
-    <t>35.87</t>
+    <t>37.85</t>
   </si>
   <si>
     <t>Даниил Абдулов</t>
   </si>
   <si>
-    <t>45.27</t>
+    <t>44.48</t>
   </si>
   <si>
     <t>37.68</t>
   </si>
   <si>
+    <t>Степан Кобелев</t>
+  </si>
+  <si>
+    <t>45.05</t>
+  </si>
+  <si>
+    <t>39.36</t>
+  </si>
+  <si>
     <t>Егор Гущин</t>
   </si>
   <si>
     <t>45.44</t>
   </si>
   <si>
     <t>37.98</t>
   </si>
   <si>
-    <t>Степан Кобелев</t>
-[...7 lines deleted...]
-  <si>
     <t>Алексей Плешков</t>
   </si>
   <si>
     <t>47.98</t>
   </si>
   <si>
-    <t>45.56</t>
+    <t>45.18</t>
   </si>
   <si>
     <t>Степан Щевелёв</t>
   </si>
   <si>
     <t>49.57</t>
   </si>
   <si>
     <t>42.25</t>
   </si>
   <si>
     <t>Данил Зубков</t>
   </si>
   <si>
+    <t>50.98</t>
+  </si>
+  <si>
+    <t>46.08</t>
+  </si>
+  <si>
+    <t>Матвей Прытков</t>
+  </si>
+  <si>
+    <t>55.87</t>
+  </si>
+  <si>
+    <t>43.46</t>
+  </si>
+  <si>
+    <t>Матвей Бурков</t>
+  </si>
+  <si>
+    <t>59.39</t>
+  </si>
+  <si>
+    <t>48.29</t>
+  </si>
+  <si>
+    <t>Алексей Барвинк</t>
+  </si>
+  <si>
+    <t>59.40</t>
+  </si>
+  <si>
+    <t>50.38</t>
+  </si>
+  <si>
+    <t>Фёдор Артамонов</t>
+  </si>
+  <si>
+    <t>1:03.69</t>
+  </si>
+  <si>
+    <t>59.09</t>
+  </si>
+  <si>
+    <t>Василий Стасьев</t>
+  </si>
+  <si>
+    <t>1:03.70</t>
+  </si>
+  <si>
+    <t>58.02</t>
+  </si>
+  <si>
+    <t>Антон Лагунов</t>
+  </si>
+  <si>
+    <t>1:05.93</t>
+  </si>
+  <si>
+    <t>57.13</t>
+  </si>
+  <si>
+    <t>Владимир Кочергин</t>
+  </si>
+  <si>
+    <t>1:06.98</t>
+  </si>
+  <si>
     <t>53.63</t>
   </si>
   <si>
-    <t>50.04</t>
-[...50 lines deleted...]
-    <t>1:06.98</t>
+    <t>Николай Котов</t>
+  </si>
+  <si>
+    <t>1:10.94</t>
+  </si>
+  <si>
+    <t>59.45</t>
   </si>
   <si>
     <t>Таир Дадашев</t>
   </si>
   <si>
     <t>1:11.07</t>
   </si>
   <si>
     <t>1:06.88</t>
   </si>
   <si>
-    <t>Николай Котов</t>
-[...5 lines deleted...]
-    <t>1:05.35</t>
+    <t>Владислав Овсяников</t>
+  </si>
+  <si>
+    <t>1:11.35</t>
+  </si>
+  <si>
+    <t>1:01.97</t>
   </si>
   <si>
     <t>Григорий Чуваков</t>
   </si>
   <si>
-    <t>1:19.27</t>
-[...2 lines deleted...]
-    <t>1:13.85</t>
+    <t>1:12.51</t>
+  </si>
+  <si>
+    <t>1:04.21</t>
+  </si>
+  <si>
+    <t>Ростислав Бурков</t>
+  </si>
+  <si>
+    <t>1:18.86</t>
+  </si>
+  <si>
+    <t>1:03.39</t>
   </si>
   <si>
     <t>Николай Кустов</t>
   </si>
   <si>
     <t>1:20.52</t>
   </si>
   <si>
     <t>1:11.44</t>
   </si>
   <si>
-    <t>Ростислав Бурков</t>
-[...7 lines deleted...]
-  <si>
     <t>Юлия Дерновая</t>
   </si>
   <si>
     <t>1:23.65</t>
   </si>
   <si>
-    <t>1:18.09</t>
+    <t>1:12.43</t>
   </si>
   <si>
     <t>Семён Рудик</t>
   </si>
   <si>
     <t>1:24.41</t>
   </si>
   <si>
     <t>1:13.26</t>
   </si>
   <si>
     <t>Михаил Замятин</t>
   </si>
   <si>
-    <t>1:30.01</t>
-[...2 lines deleted...]
-    <t>1:24.91</t>
+    <t>1:24.69</t>
+  </si>
+  <si>
+    <t>1:09.96</t>
+  </si>
+  <si>
+    <t>Тимур Братухин</t>
+  </si>
+  <si>
+    <t>1:29.59</t>
+  </si>
+  <si>
+    <t>1:14.07</t>
   </si>
   <si>
     <t>Дмитрий Дуганов</t>
   </si>
   <si>
     <t>1:30.40</t>
   </si>
   <si>
     <t>1:15.87</t>
   </si>
   <si>
-    <t>Тимур Братухин</t>
-[...7 lines deleted...]
-  <si>
     <t>Егор Мелкозеров</t>
   </si>
   <si>
     <t>1:34.64</t>
   </si>
   <si>
     <t>1:26.71</t>
   </si>
   <si>
-    <t>Фёдор Артамонов</t>
-[...4 lines deleted...]
-  <si>
     <t>Мария Емшанова</t>
   </si>
   <si>
     <t>2:07.92</t>
   </si>
   <si>
     <t>Артём Алиев</t>
   </si>
   <si>
     <t>2:18.14</t>
   </si>
   <si>
     <t>Максим Терентьев</t>
   </si>
   <si>
     <t>4:29.20</t>
-  </si>
-[...1 lines deleted...]
-    <t>Владислав Овсяников</t>
   </si>
   <si>
     <t>Дмитрий Ишуткин</t>
   </si>
   <si>
     <t>Евгения Бармина</t>
   </si>
   <si>
     <t>Иван Асатрян</t>
   </si>
   <si>
     <t>Лаврентий Бурков</t>
   </si>
   <si>
     <t>Олег Меньшиков</t>
   </si>
   <si>
     <t>Роман Курьянов</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
@@ -938,294 +950,304 @@
     <row r="17" spans="1:4">
       <c r="A17">
         <v>16</v>
       </c>
       <c r="B17" t="s">
         <v>49</v>
       </c>
       <c r="C17" s="1" t="s">
         <v>50</v>
       </c>
       <c r="D17" t="s">
         <v>51</v>
       </c>
     </row>
     <row r="18" spans="1:4">
       <c r="A18">
         <v>17</v>
       </c>
       <c r="B18" t="s">
         <v>52</v>
       </c>
       <c r="C18" s="1" t="s">
         <v>53</v>
       </c>
       <c r="D18" t="s">
-        <v>35</v>
+        <v>54</v>
       </c>
     </row>
     <row r="19" spans="1:4">
       <c r="A19">
         <v>18</v>
       </c>
       <c r="B19" t="s">
-        <v>54</v>
+        <v>55</v>
       </c>
       <c r="C19" s="1" t="s">
-        <v>55</v>
+        <v>56</v>
       </c>
       <c r="D19" t="s">
-        <v>56</v>
+        <v>57</v>
       </c>
     </row>
     <row r="20" spans="1:4">
       <c r="A20">
         <v>19</v>
       </c>
       <c r="B20" t="s">
-        <v>57</v>
+        <v>58</v>
       </c>
       <c r="C20" s="1" t="s">
-        <v>58</v>
+        <v>59</v>
       </c>
       <c r="D20" t="s">
-        <v>59</v>
+        <v>60</v>
       </c>
     </row>
     <row r="21" spans="1:4">
       <c r="A21">
         <v>20</v>
       </c>
       <c r="B21" t="s">
-        <v>60</v>
+        <v>61</v>
       </c>
       <c r="C21" s="1" t="s">
-        <v>61</v>
+        <v>62</v>
       </c>
       <c r="D21" t="s">
-        <v>62</v>
+        <v>63</v>
       </c>
     </row>
     <row r="22" spans="1:4">
       <c r="A22">
         <v>21</v>
       </c>
       <c r="B22" t="s">
-        <v>63</v>
+        <v>64</v>
       </c>
       <c r="C22" s="1" t="s">
-        <v>64</v>
+        <v>65</v>
       </c>
       <c r="D22" t="s">
-        <v>65</v>
+        <v>66</v>
       </c>
     </row>
     <row r="23" spans="1:4">
       <c r="A23">
         <v>22</v>
       </c>
       <c r="B23" t="s">
-        <v>66</v>
+        <v>67</v>
       </c>
       <c r="C23" s="1" t="s">
-        <v>67</v>
+        <v>68</v>
       </c>
       <c r="D23" t="s">
-        <v>68</v>
+        <v>69</v>
       </c>
     </row>
     <row r="24" spans="1:4">
       <c r="A24">
         <v>23</v>
       </c>
       <c r="B24" t="s">
-        <v>69</v>
+        <v>70</v>
       </c>
       <c r="C24" s="1" t="s">
-        <v>70</v>
+        <v>71</v>
       </c>
       <c r="D24" t="s">
-        <v>71</v>
+        <v>72</v>
       </c>
     </row>
     <row r="25" spans="1:4">
       <c r="A25">
         <v>24</v>
       </c>
       <c r="B25" t="s">
-        <v>72</v>
+        <v>73</v>
       </c>
       <c r="C25" s="1" t="s">
-        <v>73</v>
+        <v>74</v>
       </c>
       <c r="D25" t="s">
-        <v>74</v>
+        <v>75</v>
       </c>
     </row>
     <row r="26" spans="1:4">
       <c r="A26">
         <v>25</v>
       </c>
       <c r="B26" t="s">
-        <v>75</v>
+        <v>76</v>
       </c>
       <c r="C26" s="1" t="s">
-        <v>76</v>
+        <v>77</v>
       </c>
       <c r="D26" t="s">
-        <v>77</v>
+        <v>78</v>
       </c>
     </row>
     <row r="27" spans="1:4">
       <c r="A27">
         <v>26</v>
       </c>
       <c r="B27" t="s">
-        <v>78</v>
+        <v>79</v>
       </c>
       <c r="C27" s="1" t="s">
-        <v>79</v>
+        <v>80</v>
       </c>
       <c r="D27" t="s">
-        <v>80</v>
+        <v>81</v>
       </c>
     </row>
     <row r="28" spans="1:4">
       <c r="A28">
         <v>27</v>
       </c>
       <c r="B28" t="s">
-        <v>81</v>
+        <v>82</v>
       </c>
       <c r="C28" s="1" t="s">
-        <v>82</v>
+        <v>83</v>
       </c>
       <c r="D28" t="s">
-        <v>83</v>
+        <v>84</v>
       </c>
     </row>
     <row r="29" spans="1:4">
       <c r="A29">
         <v>28</v>
       </c>
       <c r="B29" t="s">
-        <v>84</v>
+        <v>85</v>
       </c>
       <c r="C29" s="1" t="s">
-        <v>85</v>
+        <v>86</v>
       </c>
       <c r="D29" t="s">
-        <v>86</v>
+        <v>87</v>
       </c>
     </row>
     <row r="30" spans="1:4">
       <c r="A30">
         <v>29</v>
       </c>
       <c r="B30" t="s">
-        <v>87</v>
-[...1 lines deleted...]
-      <c r="C30" s="1"/>
+        <v>88</v>
+      </c>
+      <c r="C30" s="1" t="s">
+        <v>89</v>
+      </c>
       <c r="D30" t="s">
-        <v>88</v>
+        <v>90</v>
       </c>
     </row>
     <row r="31" spans="1:4">
       <c r="A31">
         <v>30</v>
       </c>
       <c r="B31" t="s">
-        <v>89</v>
-[...1 lines deleted...]
-      <c r="C31" s="1"/>
+        <v>91</v>
+      </c>
+      <c r="C31" s="1" t="s">
+        <v>92</v>
+      </c>
       <c r="D31" t="s">
-        <v>90</v>
+        <v>93</v>
       </c>
     </row>
     <row r="32" spans="1:4">
       <c r="A32">
         <v>31</v>
       </c>
       <c r="B32" t="s">
-        <v>91</v>
+        <v>94</v>
       </c>
       <c r="C32" s="1"/>
       <c r="D32" t="s">
-        <v>92</v>
+        <v>95</v>
       </c>
     </row>
     <row r="33" spans="1:4">
       <c r="A33">
         <v>32</v>
       </c>
       <c r="B33" t="s">
-        <v>93</v>
+        <v>96</v>
       </c>
       <c r="C33" s="1"/>
       <c r="D33" t="s">
-        <v>94</v>
+        <v>97</v>
       </c>
     </row>
     <row r="34" spans="1:4">
+      <c r="A34">
+        <v>33</v>
+      </c>
       <c r="B34" t="s">
-        <v>95</v>
+        <v>98</v>
       </c>
       <c r="C34" s="1"/>
+      <c r="D34" t="s">
+        <v>99</v>
+      </c>
     </row>
     <row r="35" spans="1:4">
       <c r="B35" t="s">
-        <v>96</v>
+        <v>100</v>
       </c>
       <c r="C35" s="1"/>
     </row>
     <row r="36" spans="1:4">
       <c r="B36" t="s">
-        <v>97</v>
+        <v>101</v>
       </c>
       <c r="C36" s="1"/>
     </row>
     <row r="37" spans="1:4">
       <c r="B37" t="s">
-        <v>98</v>
+        <v>102</v>
       </c>
       <c r="C37" s="1"/>
     </row>
     <row r="38" spans="1:4">
       <c r="B38" t="s">
-        <v>99</v>
+        <v>103</v>
       </c>
       <c r="C38" s="1"/>
     </row>
     <row r="39" spans="1:4">
       <c r="B39" t="s">
-        <v>100</v>
+        <v>104</v>
       </c>
       <c r="C39" s="1"/>
     </row>
     <row r="40" spans="1:4">
       <c r="B40" t="s">
-        <v>101</v>
+        <v>105</v>
       </c>
       <c r="C40" s="1"/>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>